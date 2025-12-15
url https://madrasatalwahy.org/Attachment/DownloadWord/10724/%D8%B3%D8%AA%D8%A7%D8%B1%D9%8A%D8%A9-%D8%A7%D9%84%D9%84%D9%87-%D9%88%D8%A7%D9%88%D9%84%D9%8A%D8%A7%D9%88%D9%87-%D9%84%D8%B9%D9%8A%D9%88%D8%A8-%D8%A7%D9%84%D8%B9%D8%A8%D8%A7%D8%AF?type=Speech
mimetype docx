--- v0 (2025-11-13)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ستاريّة الله وأولياؤه لعيوب العباد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة الخامسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -1182,133 +1195,140 @@
         </w:rPr>
         <w:t xml:space="preserve">نسأل الله أن يوفّقنا في هذا الشهر المبارك لإدراك هذه الحقائق وفهمها والعمل بها، فإنّها طريق الأولياء العظام ونهجهم، وسائر الطرق تنتهي إلى الباطل، ولا تصل بالإنسان إلى مكان، أو على الأقلّ تؤدّي إلى توقّف الإنسان، فلو لم تؤدّ في أحسن الأحوال إلى المعاصي والانحرافات وأمثال ذلك، فإنّها على الأقلّ تسبّب وقوفه وعدم تكامله وعدم حركته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7110063E-F808-4CA7-A5EF-A345FD0AAFCB}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{847F5C32-B260-4B6B-A57B-A3918F91018D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D8C0B602-14CE-40B0-AE6F-78F6947B8055}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FF8EE65C-1C72-4391-A39E-92D2B141C63B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1612,97 +1632,97 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة البقرة، من الآية ٢٥٥.</w:t>
+        <w:t xml:space="preserve">  سورة البقرة، من الآية ٢٥٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> إشارة إلى ما فعله عمرو بن العاص عندما كشف عورته لينجو من قتل أمير المؤمنين عليه السلام له. (المترجم)</w:t>
+        <w:t xml:space="preserve">  إشارة إلى ما فعله عمرو بن العاص عندما كشف عورته لينجو من قتل أمير المؤمنين عليه السلام له. (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> قال الشيخ المفيد في الإرشاد ج٢، ص ۷۸: وجاء القوم زهاء ألف فارس مع الحر بن يزيد التميمي حتى وقف هو وخيله مقابل الحسين عليه السلام في حر الظهيرة، والحسين وأصحابه معتمون متقلدوا أسيافهم، فقال الحسين عليه السلام لفتيانه: </w:t>
+        <w:t xml:space="preserve">  قال الشيخ المفيد في الإرشاد ج٢، ص ۷۸: وجاء القوم زهاء ألف فارس مع الحر بن يزيد التميمي حتى وقف هو وخيله مقابل الحسين عليه السلام في حر الظهيرة، والحسين وأصحابه معتمون متقلدوا أسيافهم، فقال الحسين عليه السلام لفتيانه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"اسقوا القوم وأرووهم من الماء، ورشفوا الخيل ترشيفًا"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ففعلوا وأقبلوا يملؤون القصاع والطساس من الماء ثم يدنونها من الفرس، فإذا عبّ فيها ثلاثًا أو أربعًا أو خمسًا عزلت عنه وسقوا آخر، حتى سقوها كلها . فقال علي بن الطعان المحاربي: كنت مع الحر يومئذ فجئت في آخر من جاء من أصحابه، فلما رأى الحسين عليه السلام ما بي وبفرسي من العطش قال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"أنخ الراوية"</w:t>
       </w:r>
       <w:r>
@@ -1768,143 +1788,143 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقصد الراوي أنّ الإمام طلب منه أن يُجلس الجمل فقال له أنخ الراوية فلم يفهم مراده، لأنّ معنى الراوية عند الكوفيين آلة للسقاء، ولا معنى لإناختها، وعند الحجازيين الراوية هي الناقة التي يستسقى عليها، فأعاد عليه الإمام حتّى فهم ما يريد. وأعانه في تناول السقاء وعطفه حتّى شرب. (م)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> جلال الدین الرومي، مثنوي معنوي، الدفتر الأول، ص ۷.</w:t>
+        <w:t xml:space="preserve"> *** جلال الدین الرومي، مثنوي معنوي، الدفتر الأول، ص ۷.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الخلاف للشيخ الطوسي، ج ٥، ص ٤٦٩.</w:t>
+        <w:t xml:space="preserve">  الخلاف للشيخ الطوسي، ج ٥، ص ٤٦٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تاريخ الطبري، ج٢ص ٣٣۱.</w:t>
+        <w:t xml:space="preserve">  تاريخ الطبري، ج٢ص ٣٣۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة يوسف، الآية ٩۱.</w:t>
+        <w:t xml:space="preserve">  سورة يوسف، الآية ٩۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة يوسف، الآية ٩٢.</w:t>
+        <w:t xml:space="preserve">  سورة يوسف، الآية ٩٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2394,51 +2414,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3217,61 +3237,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3546,63 +3641,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>