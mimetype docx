--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -389,121 +390,121 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيفيّة مشاهدة الأعمال يوم القيامة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ كُنْتَ في‏ غَفْلَةٍ مِنْ هذا فَكَشَفْنا عَنْكَ غِطاءَكَ فَبَصَرُكَ الْيَوْمَ حَديدٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ كُنْتَ في‏ غَفْلَةٍ مِنْ هذا فَكَشَفْنا عَنْكَ غِطاءَكَ فَبَصَرُكَ الْيَوْمَ حَديدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كنت تتغافل في هذه الدنيا، وكنت تظنّ بأنّ هذه الأعمال وهذا الكلام الذي تقوله وهذا النهج الذي تتّبعه غائب عنّا، لكنّك لا تعلم بأنّك في هذه الحالة التي أنت عليها حينما تقوم بهذا العمل، وتتكلّم بذلك الكلام، وتُخطر في نفسك تلك الخاطرة.. في نفس هذه اللحظة كان سقوطك إلى الحضيض، وكان ذلك وقت حرمانك من الارتقاء، ومن رحماتنا وبركاتنا؛ وها قد أتيت الآن إلى هنا، فكشفنا الستار ووضعناه جانبًا، فانظر إلى نفسك، لترى جميع حركاتك وسكناتك وأفكارك بعينها، لا أنّهم يضعون أمامك فيلمًا وصورة!! فحينما يُصوّر الإنسان بالكاميرا، ويريد أن يُلق على ما صوّره نظرة أخرى، فإنّه يبدأ به من الأوّل؛ فيرى أنّه قال كذا، وفعل كذا، وهكذا إلى آخر الفيلم؛ فيرى أنّ جميع الأمور محفوظة بشكل جيّد؛ أليس هذا بصحيح؟ كلاّ، ليس الأمر كذلك هناك؛ ففي ذلك العالم، لا تشاهد فيلمًا ولا ترى صورة، بل ترى نفسك فعلاً.. كيف تشعر الآن أنت بنفسك؟ فهل تجلس الآن أنت هنا، أم صورتك؟ أنت نفسك جالس هنا، على يمينك فلان، وعلى يسارك فلان؛ فأنت الآن وفي هذا المجلس تشعر بوجودك بشكل حقيقي وواقعي، لا صورة وفيلم، أو تصوّر وخيال، وتعلم به حضورًا بوجود ذهني وبعلم حضوريّ، لا بعلم حصوليّ؛ بمعنى أنّ نفس المعلوم يحضر عند العالم؛ فأنت ترى نفسك في هذا المجلس وتشعر بها أيضًا بهذا العلم والإدراك. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ونفس هذا الشعور والإدراك الذي لديك الآن يحصل لك يوم القيامة؛ فنحن جلسنا في ليلة الأحد الساعة الحادية عشر وعشر دقائق في المجلس الكذائي في قمّ حرم السيّدة المعصومة سلام الله عليها، وفي يوم القيامة، سنشعر بنفس هذا الأمر تمامًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَبَصَرُكَ الْيَوْمَ حَديدٌ}</w:t>
+        <w:t xml:space="preserve">﴿فَبَصَرُكَ الْيَوْمَ حَديدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هناك لا يمكنك أن تقول للّه تعالى: «لقد لفّقت لي ملفًّا!!»، نعم، هنا يمكننا أن نقول ذلك، وذلك حينما نريد ـ مثلاً ـ أن نردّ دعوى الآخرين، فنقول: «لم نفعل ذلك!» أو «لم نقل هذا الكلام!»، ولكن، عندما ترى نفسك، وتشعر بما عملته وقمت به وبالخواطر التي خطرت على ذهنك، فماذا تريد أن تنكر؟! أوَهل يمكنك أن تنكر وجودك الآن، بأن تقول: «أنا لست حاضرًا، بل أنا في المنزل، وما تراه عينك فهو خطأ»؟! لأنّني سأقول لك حينئذ: «ها أنا أراك جالسًا أمامي، فأين الخطأ في المقام؟»؛ فنفس هذه الحالة موجودة في ذاك العالم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعند ذلك، سنعلم أنّنا قد خُدعنا، ونعلم أيّة خسارة حلّت بنا.. وهذا هو معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لقد كنت في غفلة}</w:t>
+        <w:t xml:space="preserve">﴿لقد كنت في غفلة﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">! يعني أنّك كنت غافلاً عن الخسران الذي يحلّ بك، وكنت تظنّ بعدم وجود أيّة مشكلة ما دامت لا توجد كاميرا تُصوِّر.. أيّها العبد المسكين، إنّ هناك أشدّ من الكاميرا تراقبك! بل حتّى لو فرضنا أنّه لا أحد يراك، فماذا عنك أنت؟ وماذا عن نفسك؟ وماذا عن حالة التهيّؤ والاستعداد التي جعلها الله فيك والتي ينبغي أن توصلها إلى الفعليّة؟ والحال أنّه لا علاقة لها بالكاميرا والأمور الأخرى، ولا علاقة لها بمَلَكي اليمين واليسار، بل لنفرض أنّه لا وجود لهما أساسًا، ولا يدوّنان شيئًا من فعلك، لكنّ هذا لا يغيّر من واقع الأمر شيئًا؛ إذ إنّ ذاك العمل المخالف الذي أقوم به سيكون سببًا في أن أسقط عن تلك الفعليّة، وتنتهي المسألة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، قد يتاح لك فصل آخر وملفّ آخر وصفحة أخرى لوقت آخر، لكنّك في هذه المرحلة، توقّفت، وتخلّفت عن الركب، ورسبت في هذا الامتحان.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -752,96 +753,96 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا؟ لأنّنا نستعمل في حكمنا هذه العين وحدها؛ والحال أنّها لا تصلح للحكم، ولكن مع ذلك، فإنّنا نعتمدها؛ فهي تصلح للرؤية ليس إلاّ، وأمّا الحكم، فهو من مهمّة أداة أخرى، ولكن، نحن جعلنا الحكم والفكر وكلّ شيء في هذه العين ذات القزحيّة والصلبة والجسم الزجاجي والبؤبؤ والقرنيّة؛ والحال أنّ هذه الأمور تحتاج عينًا أخرى؛ وهي عين لا يُمكنها أن تخبرنا أنا وأنت بما ترى! لماذا؟ لأنّا لا نحتمل؛ فلو أخبرتنا لاعترضنا وقلنا: «لا! ماذا تقول يا فلان؟! ما هذا الكلام الذي تقوله؟»، ثمّ نسعى بعد ذلك للتبرير.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ومن غير حقد يتخاصمون: ليس لديهم حقد؛ ولو قمنا بالتفكير قليلاً في هذه المسائل، لأرانا الله وأفهمنا؛ ونحن لدينا آية شريفة تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَكَأَيِّنْ مِنْ آيَةٍ فِي اَلسَّمٰاوٰاتِ واَلْأَرْضِ يَمُرُّونَ عَلَيْهٰا وهُمْ عنها مُعْرِضُونَ}</w:t>
+        <w:t xml:space="preserve">﴿وَكَأَيِّنْ مِنْ آيَةٍ فِي اَلسَّمٰاوٰاتِ واَلْأَرْضِ يَمُرُّونَ عَلَيْهٰا وهُمْ عنها مُعْرِضُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ يقول الحقّ تعالى: إنّ آياتنا تأتي وتمرّ عليهم، فيأتون، وينظرون، ويطأطئون رؤوسهم إلى الأسفل: وهم عنها معرضون؛ والحال أنّ عليك أن تأخذ كلّ آية تقع، وتطبّقَها على نفسك؛ فإن رأيت قضيّة، فخذها وطبّقها على نفسك، وهكذا القضيّة الثانية والثالثة... فعلى الإنسان أن يتلقّف كلّ قضيّة من هذه القضايا كلّ يوم، وفي مختلف الأحداث والموارد التي تواجهه، ويطبّقها على نفسه؛ فعليك أن تقرأ الأحداث التي وقعت في زمان رسول الله، وتطبّقها على نفسك؛ فلو كنت في ذلك الزمان، ماذا كنت صنعت؟ وما كان موقفك؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واقرأ الأحداث التي حصلت في زمان سيّد الشهداء، حيث يأتي المبلّغ والداعي لمسلم بن عقيل ـ والذي كان يلبس عمامة وجبّة وعباءة كما نلبس نحن ـ في يوم عاشوراء حاملاً بيده سيفًا، ويسدّ طريق الإمام الحسين! عجبًا! لقد كنتَ الداعي إلى مسلم! أنت من كان يذهب إلى الناس ويأخذ البيعة منهم لمسلم! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما كلّ هذا؟! هذا كلّه عبرة لنا؛ فلا تنظر إلى ذاك الزمان الذي تبلّغ فيه، بل انظر إلى هذا التبليغ في أيّ موضع هو من قلبك.. إلى هذا فلتنظر! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وهم عنها معرضون}</w:t>
+        <w:t xml:space="preserve">﴿وهم عنها معرضون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهذا ما يجب على الإنسان [أن يفكّر فيه].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الاعتراف بالخطأ وعدم السعي للتبرير يسرّعان السلوك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1173,88 +1174,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5E5996EF-069F-4055-B477-A502FD6ABB5A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B629AA76-1895-4C18-ABDB-D6E046D0741C}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4CBBAACD-C32E-4882-B790-CD62A895C4E6}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{609F0DB7-D802-43FC-8F14-D51AC33EE482}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1558,135 +1566,135 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">  سورة ق، الآية ٢٢.</w:t>
+        <w:t xml:space="preserve">   سورة ق، الآية ٢٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">  أي وادي برهوت؛ راجع في هذا الصدد: معرفة المعاد، ج ٣، ص ۱٥٦. م</w:t>
+        <w:t xml:space="preserve">   أي وادي برهوت؛ راجع في هذا الصدد: معرفة المعاد، ج ٣، ص ۱٥٦. م</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">  عن النبيّ صلى الله عليه وآله: </w:t>
+        <w:t xml:space="preserve">   عن النبيّ صلى الله عليه وآله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنِّي احِبُّ مِنَ الصِّبْيَانِ خَمْسَةَ خِصَالٍ: الأوَّلُ أنَّهُمْ البَاكُونَ، الثَّانِي: على التُّرَابِ يَجْتَمِعُونَ، الثَّالِثُ: يَخْتَصِمُونَ مِنْ غَيْرِ حِقْدٍ، الرَّابِعُ: لَا يَدَّخِرُونَ لِغَدٍ، الخَامِسُ: يَعْمُرُونَ ثُمَّ يُخْرِبُونَ.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> زهر الربيع‌، السيّد نعمة‌ الله‌ الجزائري‌ّ، ص‌ ٢٩٥، الطبعة‌ الحجريّة‌. م</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">  سورة يوسف‏، الآية ۱۰٥.</w:t>
+        <w:t xml:space="preserve">   سورة يوسف‏، الآية ۱۰٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2176,51 +2184,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2999,61 +3007,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3328,63 +3411,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>