--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تأثير المحيط على مسير الانسان وسلوكه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۸ هـ ق - المحاضرة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -524,51 +537,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[أولئك الذين بنظرة منهم يبدّلون التراب إلى كيمياء]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واقعاً ماذا تفعل مسألة الولاية بالإنسان؟ وما هي مسألة أهل البيت؟ عندما يوضع هذا الإكسير على نفس الإنسان وروحه ترفع جميع الكدورات الموجودة لديه وتغسلها وتمحوها، وبدلًا منها تأتي بالنورانية والانبساط.. كلّ ذلك لأجل الولاية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ}</w:t>
+        <w:t xml:space="preserve">﴿أُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتمام سيّئاتهم تتبدّل إلى نور، وهي مسألة عجيبة، عجيبة جدًا! وحتّى من الناحية الفلسفيّة عليها دليل وبرهان، وهي أنّه كيف تحدث هذه المسألة مع أن الصفة التي يتصف بها تكون هي الظلمة والكدورة تتبدّل هي نفسها إلى نور وبهجة مع أن الشيء لا ينفكّ عن ذاته؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان هذا الشخص [وهو الخطيب] كذلك في آخر شهر رمضان! وفي أحد الأيام كان يتحدّث عن العلاقة بالعظماء، وكيف أنّ العلاقة بالعظماء تؤثّر بالإنسان، قال: مثلًا نفس هذا... مع أنّ المرحوم العلامة كان يؤكّد دائماً على الخطباء أن لا يذكروا اسمه على المنبر ولا يمتدحوه، وكان ينزعج حقيقة إذا ذكر أحدهم اسمه على المنبر، بل كان يؤكّد على الاقتصار على المحاضرة وذكر كلمات الإمام الباقر والإمام الصادق، ولا يُلتفت إلى أحد غيرهم.. لكن قال هذا الشخص في ذلك اليوم على المنبر وأنا أذكر ذلك جيدًا، قال: لا يعلم الإنسان عندما يكون جالسًا إلى جانب هؤلاء العظماء كيف يتغيّر حاله؛ فهو يتغيّر شاء أم أبى، سواء أراد ذلك أم أبى! ثم ضرب مثلًا على ذلك، وقال: هذا جناب السيد الطهراني ـ فطأطأ المرحوم العلامة رأسه واحمرّ لونه [ولسان حاله] يا عزيزي دعني وشأني واهتمّ بشغلك! ـ هذا السيّد لا أعلم ما هو الأثر الذي يتركه عليّ؛ بحيث إنّه كلّما أجلس إلى جانبه بعد الانتهاء من الخطبة ـ وكان يجلس ربع أو ثلث ساعة ثم يمشي ـ، قال: كلّما أجلس إلى جانبه أشعر بتأثير نفسه عليّ بوضوح! وهذا الأمر كان واضحاً فحاله في البداية يختلف عن حاله في نهاية الشهر.. لكن يا عزيزي ما دمت تشعر بهذا التأثير فعليّك أن تلزمه! فهذا هو موضع كلامنا، إذ لا يكفي مجرّد شعورك بتأثيره، فأنت الذي تقول وتعترف بأنّك تشعر بهذه المسألة، لماذا لا تأتي إليه بعد شهر رمضان؟! حتى يتماس هذا الإكسير مع وجودك... فالمسألة المهمّة هي مسألة المتابعة، فالشيء الذي يشعر به الإنسان عليه أن يتابعه، ويكون لديه همّة على المتابعة.</w:t>
@@ -1368,88 +1381,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F3E76AE9-AD32-4DF0-A415-625849BB6592}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3642F1F4-3E57-4E65-993D-EDF411627FEB}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8CDEB486-2A77-4630-835D-CB5C0770EB8B}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D396E815-9937-4DCC-945B-14E1F32EB44C}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1753,74 +1773,74 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الفرقان، من الآية ۷۰.</w:t>
+        <w:t xml:space="preserve">  سورة الفرقان، من الآية ۷۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> رباعيات أبي سعيد أبي الخير، الرباعية رقم ٣٢٢.</w:t>
+        <w:t xml:space="preserve"> *** رباعيات أبي سعيد أبي الخير، الرباعية رقم ٣٢٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2310,51 +2330,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3133,61 +3153,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3462,63 +3557,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>