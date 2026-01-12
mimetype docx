--- v0 (2025-10-06)
+++ v1 (2026-01-12)
@@ -12,101 +12,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى البرهان من الله تعالى</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۷ هـ ق - المحاضرة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -438,51 +451,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى "البرهان" في قصّة يوسف عليه السلام ودوره في الردع عن المعصية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبناء على ذلك، ينبغي أن ننتبه جيدًا، فما أكّد عليه الأنبياء والأولياء وأهل المراقبة، وكانوا يتحفّظون عليه كثيرًا هو قطع الارتباط الذي يحصل أثناء ارتكاب الذنب والمعصية، هذا هو الذي يقال له "برهان"؛ فالذي انكشف للنبيّ يوسف عليه السلام هو هذا الأمر، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلَقَدْ هَمَّتْ بِهِ وَهَمَّ بِها لَوْ لا أَنْ رَأى‏ بُرْهانَ رَبِّه}</w:t>
+        <w:t xml:space="preserve">﴿وَلَقَدْ هَمَّتْ بِهِ وَهَمَّ بِها لَوْ لا أَنْ رَأى‏ بُرْهانَ رَبِّه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يعني لو لم ينكشف هذا البرهان لكان قد وقع في المعصية، لكن ماذا كان هذا البرهان؟ هل كان عبارة عن سوط أنزله الله من السماء وشقّ له السقف فخاف يوسف أن يقع على رأسه؟! لم يكن كذلك! هل كان سيفًا أو نارًا؟ لم يكن ذلك! هل هو جهنّم؟ لا، ليس شيء من ذلك! بل كان عبارة عن مشاهدته حالة انقطاع العلاقة بينه وبين الله في حالة ما أقدم على هذا الفعل؛ [قيل له] إن أردت القيام بهذا العمل فإنّ علاقتك بالله سوف تنقطع! هذا هو البرهان من ربّه، وهي حالة من الظلمة! ففي نهاية الأمر، عندما يكون للإنسان علاقة بربّه، فإنّ هذه الحالة سوف تظهر بشكل تلقائي، فالله لا يدع الإنسان وحيدًا، ويقول له: اذهب وافعل ما يحلو لك، كلاّ! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الله الذي جعل في الإنسان هذه الغرائز هو نفسه الذي يأتي في الوقت المناسب ويبيّن للإنسان الأفعال التي توجب انحراف هذه الغرائز، لا أنّه يعطي شيئًا دون الآخر، وإلاّ يصير ذلك ظلمًا؛ فإن أعطى شيئًا ولم يعط الآخر يكون قد ظلم، وإلاّ لصار [الإنسان] مثل الحيوانات، فالحيوانات لا يفهمون هذا الكلام أساسًا، ولا توجّه لهم إلى ذلك.. كلاّ، بل الله الذي أودع في الإنسان الميل والشوق نحو المخالفة ـ فالإنسان لديه هذا الميل نحو المخالفة، ولو لم يكن لديه ذلك لما أتى به ـ هو الذي جعل له في المقابل ما يمكّنه من التغلّب على ما يوجب انحرافه وخسارته؛ لذا، فالإنسان يرى الطرف المقابل أيضًا، لا أنّه يرى طرفًا واحدًا فقط، بل يرى كلا الطرفين. ولو كان الإنسان يرى طرفًا واحدًا فقط دون الطرف الآخر، فلا عقاب على فعله؛ ولذا، نرى أنّ الكثير من الذين يرتكبون المخالفة ـ وهذه مسألة فقهيّة وحقوقيّة وقضائيّة ـ ويكونون مدانين من الناحية الظاهريّة، لا يكونوا قد ارتكبوا معصية في الواقع؛ لأنّ الطرف المقابل للمعصية غير واضح لهم.</w:t>
@@ -668,133 +681,140 @@
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، نكتفي بهذا المقدار، ونترك تتمّة المطالب لوقت آخر إن شاء الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمَّ صلِّ على محمَّد وآل محمَّد.</w:t>
+        <w:t xml:space="preserve">اللهمَّ صلِّ على محمَّد وآل محمَّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D720A530-4370-4417-B354-D83AB85FE425}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{160BC260-D996-4905-A62D-63BFB6FF608F}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BE854A61-CDB5-4CC3-A122-C1C802ADBB0E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E72505CB-6BFE-4573-9FCD-CDE622CFCAC4}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1098,74 +1118,74 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة يوسف، صدر الآية ٢٤.</w:t>
+        <w:t xml:space="preserve">  سورة يوسف (۱٢) صدر الآية ٢٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> إناء خاصّ لإعداد الشاي (المترجم)</w:t>
+        <w:t xml:space="preserve">  إناء خاصّ لإعداد الشاي (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -1655,51 +1675,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2478,61 +2498,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2807,63 +2902,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>