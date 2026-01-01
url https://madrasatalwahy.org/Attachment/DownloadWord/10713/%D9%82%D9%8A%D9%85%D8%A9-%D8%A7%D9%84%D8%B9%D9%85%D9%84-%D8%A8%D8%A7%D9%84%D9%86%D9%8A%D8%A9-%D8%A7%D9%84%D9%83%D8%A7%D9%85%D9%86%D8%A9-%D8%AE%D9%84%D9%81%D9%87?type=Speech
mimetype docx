--- v0 (2025-11-01)
+++ v1 (2026-01-01)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,62 +75,74 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قيمة العمل بالنيّة الكامنة خلفه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۷ هـ ق - المحاضرة الاولي</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣۷ هـ ق - المحاضرة الاولى</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
@@ -365,51 +378,51 @@
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المثال الأوّل: الأضحية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هناك آية في القرآن تتكلّم عن الأضحية يقول الله تعالى فيها: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَنْ يَنالَ اللَّهَ لُحُومُها وَ لا دِماؤُها وَ لكِنْ يَنالُهُ التَّقْوى‏ مِنْكُمْ}</w:t>
+        <w:t xml:space="preserve">﴿لَنْ يَنالَ اللَّهَ لُحُومُها وَ لا دِماؤُها وَ لكِنْ يَنالُهُ التَّقْوى‏ مِنْكُمْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فهذه الأضحية التي تُضحّون بها لله، لن يصل لحمها ولا عظمها ولا جلدها إلى الله، فالتضحية عملٌ ظاهريٌّ وخارجيٌ، إنّ للخروف وزنٌ معيّن، وأنتم تقومون بتقسيم لحمه ونزع جلده عنه وتُقسِّمون اللحم على أهلكم وعوائلكم وجيرانكم فلا يصل منها شيء إلى الله عزّ وجلّ، إنّ الله مجرّد، أمّا الأضحية فماديّة، إنّ الله ليس بمحتاج، وأمّا ما يصل إلى الله فهو باطن هذه المسألة والأمر الذي هو خلفها، وهو مسألة الدافع من هذه الأضحية، ولماذا ضَحّيت بها؟ هذا هو ما يصل إلى الله، إنّ ما يصل هو الهدف من هذه الأضحية، فلأيِّ سبب قمت بالتضحية؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل ضحّيت بالأضحية في يوم عيد الأضحى لأنّ الأضحية مستحبة؟ أم أنّه كان في طيّات قلبك أيضًا أنّه إن لم تضحِّ هذا العام لقال عنك الناس: لماذا لم يضح فلان هذه السنة ؟! فأنت تخلط معها هذه النية، فهل كانت نيّتك خالصةً أم كان هناك معها شيء آخر؟ فالناس سيقولون بأن فلان يضحي في كلّ عام بخروف أو خروفين أو ثلاثة فلماذا لم يضحِّ بشيء هذه السنة فتشعر النفس بنوعٍ من الذلّة والحقارة [أمام الناس]، هل التفتم؟ فهذه النيّة تأتي وتُخرّب العمل، ولذا فإنّ الذي كان ينبغي أن يصعد لا يصعد؛ لأنّ النيّة نيّة كثرةٍ والكثرة لا تتحرّك نحو الوِحدة، الكثرة تبقى في عالم الكثرة، تبقى في عالم التعلّقات، في عالم الجزئيّات، في عالم التقيّدات، في عالم المادّة، في عالم الاعتبارات، إنّها تبقى في هذه العوالم ولا تتحرّك أو تتقدّم نحو عالم الوحدة، هل التفتم؟! فإذن ما الذي يصعد إلى الله؟ لا شيء. </w:t>
@@ -884,72 +897,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما يُبرز مدى إطاعة التلميذ لأستاذه ليس في إطاعته عندما يأمره بتناول الطعام والأرز والماء والتفاح والبطّيخ ...،‌ فهذه كلّها أمورٌ عاديّة ومباحة! وهي لا تبيّن مدى الإطاعة، إنّ الذي يُبيّن مدى الإطاعة هو التسليم المحض مقابل الأستاذ، وبالأخص أستاذٌ كهذا الأستاذ، لا كلّ من ادعى أنّه أستاذ، هذه هي المسألة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وإذا كان الكلام في أنّ أصل طرح هذه المسألة خطأ من الأساس؛ لأنّه إذا أمره بتناول النجس فقد أمر بالمعصية، والأمر بالمعصية لا يمكن أن يصدر من الإنسان. فإن كان [الاعتراض] كذلك، فماذا تقول بالنسبة إلى الخطاب بذبح إسماعيل، ألم يكن معصيةً؟ فهل قتل الابن أسوأ حالًا، أم تناول المتنجّس؟ أصلًا لا يمكن المقارنة بينهما! فلماذا أمر الله بارتكاب المعصية؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قالَ يا بُنَيَّ إِنِّي أَرى‏ فِي الْمَنامِ أَنِّي أَذْبَحُكَ}</w:t>
+        <w:t xml:space="preserve">﴿قالَ يا بُنَيَّ إِنِّي أَرى‏ فِي الْمَنامِ أَنِّي أَذْبَحُكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يعني: رأيت أنّي أقطع رأسك بالسكين، لا أنّي أُلاعبكَ!! فقد أخذت السكين الحادّ القاطع وحززتُ رقبتك. وفعلًا قام بذلك؛ فحزّ رقبته بالسكين، لكنّ السكين لم تذبح، وذاك أمرٌ آخر، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَانْظُرْ ماذا تَرى‏ قالَ يا أَبَتِ افْعَلْ ما تُؤْمَرُ سَتَجِدُني‏ إِنْ شاءَ اللَّهُ مِنَ الصَّابِرين}</w:t>
+        <w:t xml:space="preserve">﴿فَانْظُرْ ماذا تَرى‏ قالَ يا أَبَتِ افْعَلْ ما تُؤْمَرُ سَتَجِدُني‏ إِنْ شاءَ اللَّهُ مِنَ الصَّابِرين﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ماذا تنتظر يا أبي؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، لم يأتِ أحدٌ ويعترض على النبيّ إبراهيم ويقول: ما هذا الأمر الصادر من الله المخالف للشرع؟ أليس قتل الابن والولد الصغير الذي لم يرتكب ذنبًا، والذي سيكون خليفةً لإبراهيم ... ،‌ أليس قتل الولد مخالفًا للشرع؟! لا شكّ في أنّه مخالفٌ للشرع حتماً ومائة بالمائة، ودون أيّ شبهةٍ في ذلك ...، فلماذا أمر الله به؟ كان بالإمكان أن يأمر الله بأوامر أخرى، فلماذا طلب منه ذبح ابنه إذن؟!</w:t>
@@ -1053,111 +1066,111 @@
         </w:rPr>
         <w:t xml:space="preserve">فهارون إنّما دخل التنور باعتقاده أنه سيتحوّل إلى جمرةٍ، هذا كان اعتقاده! فلماذا أمره الإمام الصادق؟! أليس إهلاك إنسانٍ مؤمنٍ مخالفًا للشرع؟! فلماذا فعل ذلك؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكان ذاك الخراساني قد جاء الإمام وتكلّم كثيرًا معه، فرأى الإمام أنه يتكلّم كثيرًا، وعادةً يتكلّمون كثيرًا، فقال الإمام لا تُكثر من كلامك، فإن كنتَ صادقًا فادخل التنور! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- فقال له: ماذا يا ابن رسول الله؟! </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve">- قال الإمام حسناً، الظاهر أنّك من أهل الكلام فقط.</w:t>
+        <w:t xml:space="preserve">-فقال له: ماذا يا ابن رسول الله؟! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-قال: بدلًا من كثرة كلامك، قم وادخل التنور!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-يا ابن رسول الله ماذا تريد من روحي، فماذا قلتُ لك؟ لقد قلتُ بأنّ لك موالين ومحبّين في خراسان!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-إذا كان لديّ محبين فأنت أحدهم، فادخل التنور. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-يا ابن رسول الله، أين الرحمة والمروّة؟ لقد تراجعت في كلامي</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-قال الإمام حسناً، الظاهر أنّك من أهل الكلام فقط.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي هذه الأثناء أتى هارون المكي وسلّم، فأجابه الإمام وقال له قبل أن تجلس تفضل وادخل التنور، فهو أكثر دفأً لك.‌</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلم يقل: نعم أو لا أو لماذا؟ بل وضع ما في يديه وذهب مباشرةً إلى التنور ودخل فيه! فتعجّب الخراساني من ذلك! </w:t>
       </w:r>
@@ -1426,88 +1439,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{723C32A8-CAC6-4E7E-B13E-95D0E033ACC9}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C2C81E71-C108-416C-937F-4CA577F9E4DE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{B7E47C8A-A237-4E4B-A666-4FE8AB72778E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{47434AD4-AFCE-4768-9F27-1602C657D899}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1556,61 +1576,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="11" name="_x0000_i0011">
+                <wp:docPr id="7" name="_x0000_i0007">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0011"/>
+                        <pic:cNvPr id="0" name="_x0000_i0007"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1713,61 +1733,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="12" name="_x0000_i0012">
+          <wp:docPr id="8" name="_x0000_i0008">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0012"/>
+                  <pic:cNvPr id="0" name="_x0000_i0008"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1811,97 +1831,97 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الحجّ، الآية ٣۷.‌</w:t>
+        <w:t xml:space="preserve">  سورة الحجّ (٢٢) الآية ٣۷.‌</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الصافات، الآية ۱۰٢.‌</w:t>
+        <w:t xml:space="preserve">  سورة الصافات (٣۷) الآية ۱۰٢.‌</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الصافات، الآية ۱۰٢.‌</w:t>
+        <w:t xml:space="preserve">  سورة الصافات (٣۷) الآية ۱۰٢.‌</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2391,51 +2411,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3214,61 +3234,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3543,63 +3638,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>