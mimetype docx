--- v0 (2025-10-06)
+++ v1 (2026-01-12)
@@ -12,101 +12,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مكانة الله في عالم الوجود وموقع الإنسان أمامه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الخامسة عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1612,88 +1625,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{FB62E995-ABA9-4183-9EEC-8FEA03968046}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{10A2942F-6053-4504-8090-23D364150166}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{5AE5B095-B90A-41AF-9C52-FD922304DA8E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{93A5C6B2-0AB6-4179-9E51-6AA5E63832B5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1742,61 +1762,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="7" name="_x0000_i0007">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0007"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1899,61 +1919,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="8" name="_x0000_i0008">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0008"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1997,166 +2017,166 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الوافي، ج ٢٦، ص ۱۸٥؛ مكارم الأخلاق، ص ٤٥٩.</w:t>
+        <w:t xml:space="preserve">  الوافي، ج ٢٦، ص ۱۸٥؛ مكارم الأخلاق، ص ٤٥٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الكافي، ج٢، ص ٥٤.</w:t>
+        <w:t xml:space="preserve">  الكافي، ج٢، ص ٥٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مقطع من دعاء أبي حمزة الثمالي.</w:t>
+        <w:t xml:space="preserve">  مقطع من دعاء أبي حمزة الثمالي.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> إشارة إلى قصّة خلاصتها أنَّ الشاه عبّاس الصفوي كان قد خرج متنكرًا بلباس رجل فقير ليلًا، فوجد ثلاثة من اللصوص يعملون على حفر جدار القصر، فاقترب منهم قائلًا: ماذا تفعلون، فقالوا له: نريد أن نحفر بئرًا، فقال لهم: أفي الليل وعند جدار القصر تحفرون بئركم؟ بل أنتم لصوص؛ فاتّفق معهم على مشاركتهم في عملهم، فقال له أحدهم: إنَّ لكل واحد منّا موهبةً تؤهله للعمل معنا، فأنا أستطيع معرفة أيّ رجل لمجرد رؤيته وإن كان ذلك في ظلام الليل الدامس، فما هي موهبتك التي تتمتّع بها لكي تشاركنا عملنا؟ فقال لهم: وأنا أستطيع ـ وبمجرد هزّ لحيتي ـ إخراجكم من السجن إن تمّ القبض عليكم؛ فاتفقوا على العمل سويّة وأحدثوا ثقبًا في الجدار وسرقوا خزانة الملك، فقبُض عليهم؛ وفي الصباح أمر الملك بإحضار اللصوص، فقال لهم: كيف تتجرّؤون على سرقة قصر الملك، فقال له ذلك الرجل: أتسمح لي بالكلام يا جناب الملك؟ فقال له: قل ما عندك، فقال الرجل: إنَّ لكل واحد منَّا مهمّة هو مكلّف بالقيام بها، فلقد قام صاحباي بمهمتهما الليلة الماضية، وها أنا أقوم الآن بمهمتي وهي التعرّف على رابعنا الذي شاركنا في السرقة، فعلى الرابع والحال هذه القيام بمهمته في هزّ لحيته وإخراجنا من السجن، فضحك الملك عباس وأطلق سراحهم. [المترجم]</w:t>
+        <w:t xml:space="preserve">  إشارة إلى قصّة خلاصتها أنَّ الشاه عبّاس الصفوي كان قد خرج متنكرًا بلباس رجل فقير ليلًا، فوجد ثلاثة من اللصوص يعملون على حفر جدار القصر، فاقترب منهم قائلًا: ماذا تفعلون، فقالوا له: نريد أن نحفر بئرًا، فقال لهم: أفي الليل وعند جدار القصر تحفرون بئركم؟ بل أنتم لصوص؛ فاتّفق معهم على مشاركتهم في عملهم، فقال له أحدهم: إنَّ لكل واحد منّا موهبةً تؤهله للعمل معنا، فأنا أستطيع معرفة أيّ رجل لمجرد رؤيته وإن كان ذلك في ظلام الليل الدامس، فما هي موهبتك التي تتمتّع بها لكي تشاركنا عملنا؟ فقال لهم: وأنا أستطيع ـ وبمجرد هزّ لحيتي ـ إخراجكم من السجن إن تمّ القبض عليكم؛ فاتفقوا على العمل سويّة وأحدثوا ثقبًا في الجدار وسرقوا خزانة الملك، فقبُض عليهم؛ وفي الصباح أمر الملك بإحضار اللصوص، فقال لهم: كيف تتجرّؤون على سرقة قصر الملك، فقال له ذلك الرجل: أتسمح لي بالكلام يا جناب الملك؟ فقال له: قل ما عندك، فقال الرجل: إنَّ لكل واحد منَّا مهمّة هو مكلّف بالقيام بها، فلقد قام صاحباي بمهمتهما الليلة الماضية، وها أنا أقوم الآن بمهمتي وهي التعرّف على رابعنا الذي شاركنا في السرقة، فعلى الرابع والحال هذه القيام بمهمته في هزّ لحيته وإخراجنا من السجن، فضحك الملك عباس وأطلق سراحهم. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> روضة المتقين، لمحمد تقي المجلسي، ج ٢، ص ٣۱۸.</w:t>
+        <w:t xml:space="preserve">  روضة المتقين، لمحمد تقي المجلسي، ج ٢، ص ٣۱۸.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> جاء في وسائل الشيعة ج۱٣ ص ٤۷۸: كان أمير المؤمنين ( عليه السلام ) إذا صعد الصفا استقبل الكعبة ثم يرفع يديه ثم يقول: ...</w:t>
+        <w:t xml:space="preserve">  جاء في وسائل الشيعة ج۱٣ ص ٤۷۸: كان أمير المؤمنين ( عليه السلام ) إذا صعد الصفا استقبل الكعبة ثم يرفع يديه ثم يقول: ...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم افعل بي ما أنت أهله فإنك إن تفعل بي ما أنت أهله ترحمني، وإن تعذبني فأنت غني عن عذابي، وأنا محتاج إلى رحمتك، فيا من أنا محتاج إلى رحمته ارحمني</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وجاء في مستدرك وسائل الشيعة ج٥ ص ۱٤٣: وكان أبو الحسن ( عليه السلام ) يقول في سجوده : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
@@ -2694,51 +2714,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3517,61 +3537,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3846,63 +3941,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>