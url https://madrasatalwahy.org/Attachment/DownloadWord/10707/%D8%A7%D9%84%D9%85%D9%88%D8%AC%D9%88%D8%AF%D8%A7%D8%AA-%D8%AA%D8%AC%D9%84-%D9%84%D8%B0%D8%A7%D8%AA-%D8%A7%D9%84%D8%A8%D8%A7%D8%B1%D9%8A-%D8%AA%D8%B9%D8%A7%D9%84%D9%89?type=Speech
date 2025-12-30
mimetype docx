--- v0 (2025-10-26)
+++ v1 (2025-12-30)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الموجودات تجلٍ لذات الباري تعالى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الثانية عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -728,72 +741,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الممكنات هي تجلٍ وظهور للباري تعالى لا انفصال بينهما</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولا تعني كلمة التولّد هنا الانفصال، بل تعني الظهور، والظهور غير التولّد؛ فعندما تلد الأمّ طفلها، ينفصل هذا المولود عن أمّه، فينام إلى جانبها، في الوقت الذي تقوم فيه الأمّ بمراقبته ورعايته.. لا معنى لهذا النوع من التولّد في ذات الله، بل يعتبر ذلك من الشرك والكفر. فعندما يُولد الطفل من أمّه، يكون للأمّ اسم وللطفل اسم مختلف، ويكون لكلّ منهما مكانه الخاص به، أمّا ما يتعلّق بذات الله، فالآية الكريمة تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَمْ يَلِدْ وَ لَمْ يُولَدْ ، وَ لَمْ يَكُنْ لَهُ كُفُواً أَحَدٌ}</w:t>
+        <w:t xml:space="preserve">﴿لَمْ يَلِدْ وَ لَمْ يُولَدْ ، وَ لَمْ يَكُنْ لَهُ كُفُواً أَحَدٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فنفي الولادة المشار إليها في لمْ يَلِدْ تعني عدم حصول انفصال وجود عن وجود آخر؛ بحيث تكوّن هذا الوجود الجديد وانفصل عن الأصل. وعبارة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لَمْ يَلِدْ وَ لَمْ يُولَدْ</w:t>
+        <w:t xml:space="preserve">﴿لَمْ يَلِدْ وَ لَمْ يُولَدْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> تعني لا هو يلد بحيث ينفصل عنه الخلق بطريقة الولادة، ولا يكون وُلِد هو من موجود آخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بناءً على هذا، فإنَّ ظهور جميع مخلوقات الله عنه يكون بمعنى تشكّل وتشخّص وتعيِّن شيء معيّن بالشكل الذي يكون فيه هذا الشيء الجديد، بما لا يقبل الانفكاك والانفصال والافتراق والتمايز المكاني والزماني عن الأصل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1306,88 +1319,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C7D3B66A-1FC7-4E6E-9DDE-C1F8325CDD67}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2A4BDCA4-E0EA-4A06-B9DA-FC4BF8656B2E}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{0F1026C0-4F35-4C85-8EBA-A5D1732FD8F5}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9128AAAA-06E3-406E-AB12-C1C585BA0F32}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1436,61 +1456,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1593,61 +1613,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1691,265 +1711,265 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> جاء في كتاب قوت القلوب، ج ۱، ص ٣٦٥: </w:t>
+        <w:t xml:space="preserve">  جاء في كتاب قوت القلوب، ج ۱، ص ٣٦٥: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعن جعفر الصادق رضي الله عنه في معنى هذه النعم التي أوجبنا الشكر في إخفائها قال: إن الله تعالى خبأ ثلاثاً في ثلاث، رضاه في طاعته، فلا تحتقروا منها شيئاً لعلّ رضاه فيه؛ وخبأ غضبه في معاصيه، فلا تحتقروا منها شيئاً لعلّ غضبه فيه؛ وخبأ ولايته في عباده المؤمنين، فلا تحتقروا منهم أحدا لعلَّه وليّ الله تعالى</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> من قبيل ما ورد عن رسول الله صلى الله عليه وآله: </w:t>
+        <w:t xml:space="preserve">  من قبيل ما ورد عن رسول الله صلى الله عليه وآله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من عرف نفسه فقد عرف ربه»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ، راجع بحار الأنوار، ج ٢، ص ٣٢</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> هذه الأبيات من الشعر هي من قصيدة للحكيم السنائي. [المترجم]</w:t>
+        <w:t xml:space="preserve">  هذه الأبيات من الشعر هي من قصيدة للحكيم السنائي. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الإخلاص (۱۱٢)، الآيتان ٣ و ٤.</w:t>
+        <w:t xml:space="preserve">  سورة الإخلاص (۱۱٢)، الآيتان ٣ و ٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة طه (٢۰)، الآية ٥.</w:t>
+        <w:t xml:space="preserve">  سورة طه (٢۰)، الآية ٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لمزيد من الاطلاع على انحراف عقائد فرقة الشيخية، وهي الفرقة التي تتبع أفكار الشيخ أحمد الإحسائي، راجع كتاب معرفة الإمام، ج ٥، ص ۱٦٦. [المترجم]</w:t>
+        <w:t xml:space="preserve">  لمزيد من الاطلاع على انحراف عقائد فرقة الشيخية، وهي الفرقة التي تتبع أفكار الشيخ أحمد الإحسائي، راجع كتاب معرفة الإمام، ج ٥، ص ۱٦٦. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لمزيد من الاطلاع عن الرواية المروية عن أمير المؤمنين عليه السلام في هذا المجال، راجع كتاب معرفة الإمام، ج ٤، ص ٢۰٦؛ وراجع كتاب معرفة المعاد، ج ۷، ص ٢٣٥ وما بعدها بالنسبة إلى الرواية المنقولة عن الإمام السجّاد عليه السلام؛ وكتاب ولاية الفقيه في حكومة الإسلام، ج ٢، ص ۸٢ وما بعدها بالنسبة إلى الرواية المنقولة عن الإمام الحسن العسكري عن جدّه الإمام جعفر الصادق عليهما السلام. [المترجم]</w:t>
+        <w:t xml:space="preserve">  لمزيد من الاطلاع عن الرواية المروية عن أمير المؤمنين عليه السلام في هذا المجال، راجع كتاب معرفة الإمام، ج ٤، ص ٢۰٦؛ وراجع كتاب معرفة المعاد، ج ۷، ص ٢٣٥ وما بعدها بالنسبة إلى الرواية المنقولة عن الإمام السجّاد عليه السلام؛ وكتاب ولاية الفقيه في حكومة الإسلام، ج ٢، ص ۸٢ وما بعدها بالنسبة إلى الرواية المنقولة عن الإمام الحسن العسكري عن جدّه الإمام جعفر الصادق عليهما السلام. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> جاء في كتاب مصباح الشريعة، ص ۱٦۱: قال عيسى ( عليه السلام ) جالسوا من يذكركم الله رؤيته. [المترجم]</w:t>
+        <w:t xml:space="preserve">  جاء في كتاب مصباح الشريعة، ص ۱٦۱: قال عيسى ( عليه السلام ) جالسوا من يذكركم الله رؤيته. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> بحار الأنوار، ج ٣۱، ص ٣٩۰.</w:t>
+        <w:t xml:space="preserve">  بحار الأنوار، ج ٣۱، ص ٣٩۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2439,51 +2459,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3262,61 +3282,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3591,63 +3686,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>