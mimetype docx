--- v0 (2025-10-06)
+++ v1 (2026-01-12)
@@ -12,101 +12,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واقعيّة حالات الإمام عليه السلام عند الدعاء</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الحادية عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1427,88 +1440,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C860F087-5948-406A-A45F-3951FD71AA1F}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{FA95B165-AE92-471A-AB6F-B32B9DF9580F}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C244A2CC-AF67-4BB1-AB7C-CEFDAA135C54}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{72BE5EEE-EED8-4649-86E8-C3CF19535A64}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1557,61 +1577,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1714,61 +1734,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1812,358 +1832,358 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المراد منه كتاب مفاتيح الجنان للشيخ عبّاس القمّي . (المترجم)</w:t>
+        <w:t xml:space="preserve">  المراد منه كتاب مفاتيح الجنان للشيخ عبّاس القمّي . (المترجم)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مناجاة أمير المؤمنين عليه السلام في مسجد الكوفة.</w:t>
+        <w:t xml:space="preserve">  مناجاة أمير المؤمنين عليه السلام في مسجد الكوفة.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> عَوَالِي اللآلِي، عَنِ النَّبِيِّ صلّى الله عليه وآله وسلّم قَالَ: </w:t>
+        <w:t xml:space="preserve">  عَوَالِي اللآلِي، عَنِ النَّبِيِّ صلّى الله عليه وآله وسلّم قَالَ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الشَّرِيعَةُ أَقْوَالِي والطَّرِيقَةُ أَقْوَالِي والْحَقِيقَةُ أَحْوَالِي والْمَعْرِفَةُ رَأْسُ مَالِي والْعَقْلُ أَصْلُ دِينِي والْحُبُّ أَسَاسِي والشَّوْقُ مَرْكَبِي والْخَوْفُ رَفِيقِي والْعِلْمُ سِلَاحِي والْحِلْمُ صَاحِبِي والتَّوَكُّلُ زَادِي والْقَنَاعَةُ كَنْزِي والصِّدْقُ مَنْزِلِي والْيَقِينُ مَأْوَايَ والْفَقْرُ فَخْرِي وبِهِ أَفْتَخِرُ عَلَى سَائِرِ الْأَنْبِيَاءِ والْمُرْسَلِينَ.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مناقب بن شهر آشوب، ج ٣، ص ٤٣٣. [المترجم]</w:t>
+        <w:t xml:space="preserve">  مناقب بن شهر آشوب، ج ٣، ص ٤٣٣. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ذكر سماحة آية الله الحاج السيِّد محمّد محسن الحسيني الطهراني في كتابه "نوروز در اسلام" ص ٢۷٣، نقلاً عن الآلوسي في كتابه بلوغ الأرب في معرفة أحوال العرب، ج ۱، ص ٣٦٤: قدم النبي المدينة ولهم يومان يلعبون فيهما، فقال: </w:t>
+        <w:t xml:space="preserve">  ذكر سماحة آية الله الحاج السيِّد محمّد محسن الحسيني الطهراني في كتابه "نوروز در اسلام" ص ٢۷٣، نقلاً عن الآلوسي في كتابه بلوغ الأرب في معرفة أحوال العرب، ج ۱، ص ٣٦٤: قدم النبي المدينة ولهم يومان يلعبون فيهما، فقال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هذان اليومان؟ فقالوا: كنَّا نلعب فيهما في الجاهلية، فقال: قد أبدلكم الله تعالى بهما خيرًا منهما، يوم الأضحى ويوم الفطر. قيل: هما النيروز والمهرجان. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انتهى [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> معرفة الإمام، ج ٩، ص ٢۱٣: روى فُرات بن إبراهيم الكوفي عن محمّد بن ظهير، عن عبدالله بن الفضل الهاشميّ، عن الإمام جعفر الصادق، عن أبيه، عن آبائه عليهم السلام: </w:t>
+        <w:t xml:space="preserve">  معرفة الإمام، ج ٩، ص ٢۱٣: روى فُرات بن إبراهيم الكوفي عن محمّد بن ظهير، عن عبدالله بن الفضل الهاشميّ، عن الإمام جعفر الصادق، عن أبيه، عن آبائه عليهم السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قَالَ رَسُولُ اللهِ صلّى الله عَلَيْهِ وَ آلِهِ: يَوْمُ غَدِيرِ خُمٍّ أفْضَلُ أعْيَادِ امَّتِي، وَهُوَ اليَوْمُ الذي أمَرَنِي اللهُ تَعَالَى ذِكْرُهُ بِنَصْبِ أخِي عَلِيّ بْنِ أبي طَالِبٍ عَلَماً لُامَّتِي يَهْتَدُونَ بِهِ مِنْ بَعْدِي، وَ هُوَ اليَوْمَ الذي أكْمَلَ اللهُ فِيهِ الدِّينَ، وَ أتَمَّ على امَّتِي فِيهِ النِّعْمَةَ وَ رَضِيَ لَهُمُ الإسْلَامَ دِيناً.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> شهر فروردين هو الشهر الأوّل من الأشهر الفارسيّة الشمسيّة ويتوافق الأوّل منه مع اليوم ٢۰ أو ٢۱ من شهر مارس الميلادي. [المترجم]</w:t>
+        <w:t xml:space="preserve">  شهر فروردين هو الشهر الأوّل من الأشهر الفارسيّة الشمسيّة ويتوافق الأوّل منه مع اليوم ٢۰ أو ٢۱ من شهر مارس الميلادي. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> شهر خرداد هو الشهر الثالث من الأشهر الفارسية الشمسية ويتوافق الثاني عشر منه مع اليوم الأوّل أو الثاني من شهر يونيو الميلادي. [المترجم]</w:t>
+        <w:t xml:space="preserve">  شهر خرداد هو الشهر الثالث من الأشهر الفارسية الشمسية ويتوافق الثاني عشر منه مع اليوم الأوّل أو الثاني من شهر يونيو الميلادي. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> كلمة نوروز هي كلمة الفارسية تتكوّن من مقطعين وهما "نو" ويعني الجديد و"روز" ويعني اليوم؛ فيصبح معنى الكلمة والحال هذه: اليوم الجديد. [المترجم]</w:t>
+        <w:t xml:space="preserve">  كلمة نوروز هي كلمة الفارسية تتكوّن من مقطعين وهما "نو" ويعني الجديد و"روز" ويعني اليوم؛ فيصبح معنى الكلمة والحال هذه: اليوم الجديد. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تم طباعة كتاب الرسالة النكاحية، تحديد النسل ضربة قاصمة لكيان الأمة الإسلامية عام ۱٤۱٥ للهجرة، أي مضى على طباعته حتّى هذا اليوم أكثر من عشرين عامًا. [المترجم]</w:t>
+        <w:t xml:space="preserve">  تم طباعة كتاب الرسالة النكاحية، تحديد النسل ضربة قاصمة لكيان الأمة الإسلامية عام ۱٤۱٥ للهجرة، أي مضى على طباعته حتّى هذا اليوم أكثر من عشرين عامًا. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المثنوي، ج ٣، ص ٤٤٦.</w:t>
+        <w:t xml:space="preserve"> *** المثنوي، ج ٣، ص ٤٤٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> وهو ما يمثّل الهلال الأحمر زمن الطاغية البهلوي [المترجم].</w:t>
+        <w:t xml:space="preserve">  وهو ما يمثّل الهلال الأحمر زمن الطاغية البهلوي [المترجم].</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ذكر القاضي نور الله التستري في كتابه الصوارم المهرقة، ص ۷۸ هذا البيت من الشعر: </w:t>
+        <w:t xml:space="preserve"> *** ذكر القاضي نور الله التستري في كتابه الصوارم المهرقة، ص ۷۸ هذا البيت من الشعر: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNPoetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">غلط الأمين فجازها عن حيدرٍ *** والله ما كان الأمين أمينا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهو يقول بأنَّ هذا الشعر هو لأحد شعراء أهل البيت، والشاعر يقصد بالخائن هنا أبا عبيدة الجرّاح الذي يسمّيه القوم بأمين الأمّة، حيث كان هو الذي خاصم وتجادل مع علي عليه السلام في أمر الخلافة عند إحضارهم إيّاه إلى مسجد النبيّ بعد بيعة السقيفة ليأخذوا منه البيعة.</w:t>
       </w:r>
@@ -2178,51 +2198,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولعلّ هذا البيت من الشعر هو ذلك البيت الذي كان يردّده الرجل. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مقطع من مناجاة الشيخ عبد الله الأنصاري. [المترجم]</w:t>
+        <w:t xml:space="preserve">  مقطع من مناجاة الشيخ عبد الله الأنصاري. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2712,51 +2732,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3535,61 +3555,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3864,63 +3959,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>