--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -12,101 +12,114 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الاستقامة شرط السلوك إلى الله</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة التاسعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1537,88 +1550,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{7121F9C3-E606-4D02-BD75-13F50AF5AB6D}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{492D3472-E3D6-473F-9FCF-746457F01AC5}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EFA5CCFA-8276-42DA-B058-CBB0D8B84245}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{AF8F639B-3BD7-4371-9574-B07ECF10080B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1922,189 +1942,189 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تنسب بعض المصادر هذا القول إلى جورج جرداق، بينما تنسبه مصادر أخرى إلى جبران خليل جبران. وقد وجدت بأنَّ جورج جرداق كان قد ذكر هذه العبارة في مقابلة أجريت معه قبل وفاته بأشهر. [المترجم]</w:t>
+        <w:t xml:space="preserve">  تنسب بعض المصادر هذا القول إلى جورج جرداق، بينما تنسبه مصادر أخرى إلى جبران خليل جبران. وقد وجدت بأنَّ جورج جرداق كان قد ذكر هذه العبارة في مقابلة أجريت معه قبل وفاته بأشهر. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> نهج البلاغة، تحقيق صبحي الصالح، ص ٦٩، الخطبة ٢۷.</w:t>
+        <w:t xml:space="preserve">  نهج البلاغة، تحقيق صبحي الصالح، ص ٦٩، الخطبة ٢۷.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الأعراف (۷)، جزء من الآية ۸.</w:t>
+        <w:t xml:space="preserve">  سورة الأعراف (۷)، جزء من الآية ۸.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> القصة مجملًا هي أن الشيخ محمد تقي الشيرازي كان هو المرجع في زمان السيد أحمد الكربلائي، وقد سمع السيد الكربلائي أن الشيخ محمد تقي الشيرازي أرجع الناس له في المسائل الاحتياطية، فكانوا يسألونه: لو أنّك مت أو حدث لك حادث فإلى من نرجع؟ فيجيبهم (ارجعوا للسيد الكربلائي فإني لا أجد أحدًا أرجعكم إليه غيره). فانزعج السيد من ذلك كثيرًا فكتب للمرجع محمد تقي الشيرازي: (يا أيّها الميرزا محمد تقي إن الحكومة في الأمور الدنيويّة بيدكم؛ و إذا ما قمتم بهذا العمل مرّةً أخرى وأرجعتم إليّ أحداً فإنّي غداً في يوم القيامة وفي محضر جدّي رسول الله ستكون الحكومة إلينا آنذاك، فسأشكوكم إليه، وسوف لن أرضى عنكم). كتاب توحيد علمي وعيني(فارسي) ص٢٤،٢٥. ونقل أيضًا قصة أخرى عنه في ص٢٥،وهي: عندما توفي أحد مراجع التقليد في ذلك الزمان اجتمع عدّة من علماء طهران وتجارها وكسبتها إلى السيد أحمد الكربلائي ليقلدوه ـ وكان الناس آنذاك عندما يُجمع أهالي طهران من العلماء والكسبة والتجار على تقليد شخصٍ فإن ذلك الشخص يصير هو المرجع لجميع الشيعة تبعًا لطهران في كل البلدان ـ ولكن السيد أحمد لم يقبل بذلك وقال لهم: (إن كان دخول النار واجب كفائي، فهناك من به الكفاية).</w:t>
+        <w:t xml:space="preserve">  القصة مجملًا هي أن الشيخ محمد تقي الشيرازي كان هو المرجع في زمان السيد أحمد الكربلائي، وقد سمع السيد الكربلائي أن الشيخ محمد تقي الشيرازي أرجع الناس له في المسائل الاحتياطية، فكانوا يسألونه: لو أنّك مت أو حدث لك حادث فإلى من نرجع؟ فيجيبهم (ارجعوا للسيد الكربلائي فإني لا أجد أحدًا أرجعكم إليه غيره). فانزعج السيد من ذلك كثيرًا فكتب للمرجع محمد تقي الشيرازي: (يا أيّها الميرزا محمد تقي إن الحكومة في الأمور الدنيويّة بيدكم؛ و إذا ما قمتم بهذا العمل مرّةً أخرى وأرجعتم إليّ أحداً فإنّي غداً في يوم القيامة وفي محضر جدّي رسول الله ستكون الحكومة إلينا آنذاك، فسأشكوكم إليه، وسوف لن أرضى عنكم). كتاب توحيد علمي وعيني(فارسي) ص٢٤،٢٥. ونقل أيضًا قصة أخرى عنه في ص٢٥،وهي: عندما توفي أحد مراجع التقليد في ذلك الزمان اجتمع عدّة من علماء طهران وتجارها وكسبتها إلى السيد أحمد الكربلائي ليقلدوه ـ وكان الناس آنذاك عندما يُجمع أهالي طهران من العلماء والكسبة والتجار على تقليد شخصٍ فإن ذلك الشخص يصير هو المرجع لجميع الشيعة تبعًا لطهران في كل البلدان ـ ولكن السيد أحمد لم يقبل بذلك وقال لهم: (إن كان دخول النار واجب كفائي، فهناك من به الكفاية).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ليس من المستساغ في اللغة الفارسية استعمال كلمة "قال" «گفت» إن كان الكلام يُنقل عن أحد العظماء؛ حيث تعتبر إهانة له، بل ينبغي استخدام كلمة «فرمود» والتي تعني تفضّل قائلاً. وهذا بخلاف اللغة العربية التي لا تميّز بين الحالتين [المترجم]</w:t>
+        <w:t xml:space="preserve">  ليس من المستساغ في اللغة الفارسية استعمال كلمة "قال" «گفت» إن كان الكلام يُنقل عن أحد العظماء؛ حيث تعتبر إهانة له، بل ينبغي استخدام كلمة «فرمود» والتي تعني تفضّل قائلاً. وهذا بخلاف اللغة العربية التي لا تميّز بين الحالتين [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ديوان حافظ، الغزل ٣۷.</w:t>
+        <w:t xml:space="preserve"> *** ديوان حافظ، الغزل ٣۷.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لقد رويت خطبته بعبارات مختلفة منها ما أخرج ابن حجر ـ في بيان موت يزيد، قال: إنَّ معاوية ابن يزيد قال ـ فيما قال:</w:t>
+        <w:t xml:space="preserve">  لقد رويت خطبته بعبارات مختلفة منها ما أخرج ابن حجر ـ في بيان موت يزيد، قال: إنَّ معاوية ابن يزيد قال ـ فيما قال:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ومِن أعظم الأُمور علينا علمُنا بسوءِ مصرعه ( يعني أباه يزيد )، وبؤسِ مُنقلَبهِ، وقد قتل عترةَ رسول الله ( صلَّى الله عليه [ وآله ] وسلَّم )، وأباح الخمر وخرَّب الكعبة. ولم أذقْ حلاوة الخلافة، فلا أتقلَّد مرارتها، فشأنكم أمركم. واللهِ، لَئن كانت الدنيا خيراً فقد نلنا منها حَظَّاً، ولئن كانت شرَّاً فكفى ذُرَّيةَ أبي سفيان ما أصابوا منها (الصواعق المحرقة ص۱٣٤)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال ابن حجَر بعد ذلك: فرحمه الله، أنصف مِن أبيه، وعرَف الحقَّ لأهله.</w:t>
       </w:r>
@@ -2131,51 +2151,51 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ثمَّ بكى وقال: مِن أعظم الأُمور علينا علمُنا بسوء مصرعه... (الصواعق المحرقة ص۱٣٤) ثمَّ اختنقته العَبرةُ فبكى طويلاً وعلا نحيبُه، ثمَّ قال: وصرتُ أنا ثالثَ القوم، والساخطُ علَيَّ مِن الراضي. وما كنتُ لأتحَّملَ آثامَكم، ولا يراني الله (جلَّت قُدرتُه) مُتقلِّداً أوزاركم، وألقاه بتبعاتكم، فشأنكم أمركم فخُذوه، ومَن رضِيتُم به عليكم فولُّوه، فلقد خلعتُ بيعتي مِن أعناقكم، والسلام. راجع حياة الحيوان للدميري، ج۱،ص۸۸.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> قال في كتاب (سمط النجوم العوالي ٣:٢۱٢) ثم نزل [من المنبر] فدخل عليه أقاربه وأُمًّه فوجدوه يبكي، فقالت له أُمُّه: ليتك كنت حيضة، ولم أسمع بخبرك، فقال: وددت ـ والله ـ ذلك، ثمَّ قال: ويلي ! إنْ لم يرحمني ربِّي.</w:t>
+        <w:t xml:space="preserve">  قال في كتاب (سمط النجوم العوالي ٣:٢۱٢) ثم نزل [من المنبر] فدخل عليه أقاربه وأُمًّه فوجدوه يبكي، فقالت له أُمُّه: ليتك كنت حيضة، ولم أسمع بخبرك، فقال: وددت ـ والله ـ ذلك، ثمَّ قال: ويلي ! إنْ لم يرحمني ربِّي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمَّ إنَّ بني أُميَّة قالوا لمُؤدِّبه القصوص: أنت علَّمته هذا ولقَّنته إيَّاه وصددته عن الخلافة، وزيَّنت له حُبَّ عليٍّ وأولاده، وحملته على ما وَسَمَنا به مِن الظلم، وحسنت له البدع حتَّى نطق بما نطق وقال ما قال !! فقال: والله، ما فعلته ولكنَّه مجبول ومطبوع على حُبِّ عليٍّ وأولاده، فلم يقبلوا منه ذلك، وأخذوه ودفنوه حيَّا حتَّى مات رحمه الله.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -2677,51 +2697,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3500,61 +3520,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3829,63 +3924,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>