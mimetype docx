--- v0 (2025-10-26)
+++ v1 (2025-12-18)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تجسّم الأعمال يوم القيامة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الخامسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -419,132 +432,132 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تجسّم الأعمال وحضورها يوم القيامة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولدينا في الآية القرآنيّة الشريفة أنّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَوَجَدُوا ما عَمِلُوا حاضِرًا}</w:t>
+        <w:t xml:space="preserve">﴿وَوَجَدُوا ما عَمِلُوا حاضِرًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ أي أنّ المشركين والكفّار سيرون جميع مع قاموا به حاضرًا بين أيديهم، وهي من الآيات القرآنيّة التي تدلّ على الوجود والبقاء العينيّين للأعمال، وأنّ الأعمال التي نقوم بها لها وجود خارجي، فهذا الكلام الذي أتحدّث به له وجود؛ بدليل أنّ جميع آلات التسجيل هذه تُسجّله، كما أنّ هذه الأجهزة المفصّلة التي وضعوها هنا لأجلنا تقوم بتسجيل صوتي وإظهار هذا المُحيّا غير المبارك وغير المحمود [ضحك].. فتجدنا نقف أمامها متسمّرين لا نُحرّك طرفًا ولا يُسمع لنا صوت.. فالأمر قد صار في هذا العصر بهذا النحو. ولطالما قلت: لو أنّ عُشر القيمة التي نُعطيها لهذا البلاستيك وهذه الأسلاك الكهربائيّة وهذا الخشب أعطيناها لله تعالى وملائكته، لانحلّت أمورنا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وسنسعى إن شاء الله لبيان هذه المسألة في الفقرات الآتية إنّ وفّقنا تعالى لذلك؛ فحينما كنت أطالع هذه الفقرات، اكتشفت أنّه ما أعجبها من فقرات! وبحقّ، فإنّ الإمام السجّاد عليه السلام لم يُهمل في هذا المجال أيّ شيء.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ويَقُولُونَ يا وَيْلَتَنا ما لِهذَا الْكِتابِ لا يُغادِرُ صَغيرَةً وَلا كَبيرَةً إِلاَّ أَحْصاها}</w:t>
+        <w:t xml:space="preserve">﴿ويَقُولُونَ يا وَيْلَتَنا ما لِهذَا الْكِتابِ لا يُغادِرُ صَغيرَةً وَلا كَبيرَةً إِلاَّ أَحْصاها﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فأيّ كتاب هذا؟! وما هي قصّته؟! وما هي حقيقته بحيث إنّ أيّ عمل أقوم به ـ قلّ أو كثر ـ سيُسجّل فيه؟ إنّ حقيقته ترجع إلى ما ذكرناه.. إنّها بكلّ بساطة الصورة العينيّة والواقعيّة للأعمال في يوم القيامة.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَوَجَدُوا ما عَمِلُوا حاضِرًا}</w:t>
+        <w:t xml:space="preserve">﴿وَوَجَدُوا ما عَمِلُوا حاضِرًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ وكلمة (حاضرًا) مهمّة جدًّا هنا؛ لأنّها تعني أنّ كلّ ما نقوم به نراه حاضرًا يوم القيامة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، فأنتم تُشاهدون الآن بأنّهم يُسجّلون كلام أحدهم، وحينما يُنكر ما قاله، يأتونه بالشريط، ويقولون له: تفضّل يا سيّدي، هذا ما قلته في السنة الماضية.. قبل ستّة أشهر.. قبل ثلاثة أشهر! وعندما يرى الإنسان كلامه حاضرًا، لا يستطيع الإنكار، بل لا يُفسح له المجال للإنكار أبدًا، وحتّى لو أصرّ على إنكاره، فسوف يأتونه بنفس الفيلم، ويقولون له: انظر يا سيّدي إلى هذا الفيلم، فنحن قد سجّلناه من دون أن تشعر أنت بذلك، وإلاّ لو كان يشعر بذلك، لما فعل ما فعل! وعليه، من الواضح أنّه بالإمكان تسجيل فيلم بنحوٍ لا يشعر معه أيّ أحد بذلك، لكن يبقى أنّ هذا العمل هو عمل الملائكة! إلاّ أنّني لا أعلم هل يقدر الإنسان في هذا العالم على القيام بمثل هذا العمل أم لا، حيث ينبغي التحقيق في هذه المسألة لنرى هل بالمقدور تسجيل صوت شخص وصورته من دون أن يحسّ بذلك!! لأنّ هذا العمل هو عمل الملائكة، غير أّنه من الممكن للإنسان أن يرتقي إلى درجة تُمكّنه من إنجاز أعمال الملائكة، والظاهر أنّه وصل إلى ذلك! نعم، يُقال بأنّه وصل إلى حدّ صار بمقدوره أداء بعض أفعال الله تعالى! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَوَجَدُوا ما عَمِلُوا حاضِرًا}</w:t>
+        <w:t xml:space="preserve">﴿وَوَجَدُوا ما عَمِلُوا حاضِرًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فـ(حاضرًا) تعني أنّ ما نقوم به هنا نراه بعينه هناك. نحن الآن جالسون هنا، وأنا أتحدّث، بينما الرفقاء يُصغون إلى هذه المسائل التي أتحدّث عنها؛ فهل لهذا الأمر واقعيّة أم أنّه فيلم؟ حتمًا له واقعيّة! نعم، صحيح أنّ ما تُسجّله هذه الأجهزة عبارة عن فيلم وتسجيل وأمثال ذلك، إلاّ أنّ نفس هذه الواقعيّة الخارجيّة ليست فيلمًا، بل هي حقيقة وواقعيّة، وحينما يأتي يوم القيامة، سنرى بأجمعنا هذه الحادثة بعينها؛ عندما كنت جالسًا أتحدّث، وأنتم تصغون إلى هذه المسائل؛ أي أنّنا سنرى نفس هذه الواقعيّة الخارجيّة التي تحدث الآن، لا أنّهم سيرُوننا فيلمًا عنها؛ لأنّ هذه مسألة أخرى، وهي مسألة طبيعيّة؛ فلو أنّكم أرجعتم شريط الأحداث التي وقعت هنا، سترون أنفسكم، لكنّكم ستُلاحظون بأنّه عبارة عن فيلم عنكم، لا أنّه يُمثّل شخصكم وذاتكم، فتقولون: ذاتي أنا هي الجالسة في هذا المكان، وأمّا هذا الفيلم، فيُظهر صورتي فقط.. ألا تقولون ذلك؟ إنّه يُبرز صورتي وحسب، لا أنّه يُمثّل ذاتي وشخصي؛ لأنّ ذاتي هي الجالسة هنا والتي تُشاهد الفيلم، وتستمع إلى هذا الصوت.. هل التفتّم إلى الأمر؟ فحينما تُغادرون هذه الجلسة، وترغبون في مشاهدة الجهاز الذي سجّلها، تضغطون على الزرّ، وترون السيّد الطهراني يتحدّث، بينما أنتم جالسون وتستمعون. فهل ما ترونه في الفيلم هو ذاتكم أم صورتكم؟ فأنتم عبارة عن هذا الشخص الجالس هنا، وهو شخص واحد لا شخصين.. أفهل نحن شخصان: شخص يُمثّل ذاتنا وشخص موجود في الفيلم؟ فإذا كان الأمر كذلك، فسوف يضاف علينا هذا الشخص الذي يظهر في الجهاز الآخر فنصير ثلاثة، بل سنصير عشرة آلاف شخص بعدد الأجهزة التي تُظهرنا! كلا يا عزيزي، فأنا شخص واحد، لكنّ صوره متعدّدة، حيث من الممكن أن تظهر صورتنا في هذا الجهاز وفي ذاك، ومن الممكن أن تكون الأصوات متعدّدة، إلاّ أنّ شخصنا واحد، ووجودنا واحد؛ فوجودنا العيني واحد، إلاّ أنّ تلك الآثار ـ وهي عبارة عن صورنا وكلماتنا وحركاتنا ـ قد تكون متعدّدة، حيث قد تتكثّر الصور التي تُلتقط لآثارنا، فيُظهرها هذا الجهاز وذاك. ومن باب المثال، بمقدوركم أن تضعوا أمامكم ألف جهاز لاقط، فتُشاهدون ألف صورة عنكم، ففي هذه الحالة، لن تصيروا ألف شخص، بل صورتكم هي التي ستصير ألف صورة؛ فأنتم هو هذا الشخص الذي يُشاهد هذه الأجهزة. وفي يوم القيامة، سيُظهرون لكم أنفسكم عند قيامكم بهذا العمل، لا أنّهم سيأتون بجهاز وفيلم وتسجيل؛ أي سيُحضرون نفس حالتنا الآن والتي حصلت بشكل تدريجي؛ لأنّ تحقّق الحوادث المادية يكون في الزمان، وحينئذ، لا يُمكن للإنسان أن يشعر بالحضور العيني لهذه الحوادث في اللحظة السابقة، ولا في اللحظة اللاحقة؛ لأنّ الإنسان يعيش دائمًا في الحال، وفي نفس هذه اللحظة، وأمّا الثانية السابقة، فماذا صار لها؟ لقد انقضت، ولا يُمكنك الإمساك بها! فالساعة الآن تُشير إلى الحادية عشر وثلاث دقائق، فلِنَرَ هل بمقدورك أن تُحضر الساعة الحادية عشر ودقيقتين! لا يُمكنك ذلك؛ لأنّها انقضت، وخرجت عن قدرتي وقدرتك، فالزمان ليس بأيدينا وهو ينقضي شئنا أم أبينا. كما أنّه ليس بوسعكم أيضًا أن تُحضروا الساعة الحادية عشر وأربعة دقائق، لأنّها متأخّرة بدقيقة واحدة. بل إنّ دقيقة واحدة كثيرة، فلا يُمكنكم أن تُحضروا الساعة بعد خمسة ثوانٍ، لكن ما إن تمرّ هذه الثواني الخمس حتّى تتحقّق على رأسها تلك الساعة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبناءً عليه، فإنّ جميع الأعمال التي نؤدّيها تتحقّق في الآنات؛ أي في نفس تلك اللحظة، وما ذكرناه انقضى ولا يُمكننا الإمساك به، كما أنّ الكلام الذي لم نذكره إلاّ بعد ثانية أو ثانيتين لم يأت بعدُ وهو عدمٌ. وعليه، فإنّنا نعيش في الآن وفي الزمان الحالي، وفي نفس هذه اللحظة نشعر بالوجود. وأمّا بالنسبة للكلام الذي تحدّثنا به في الساعة الحادية عشر ودقيقتين، وفي الساعة الحادية عشر إلاّ بضعة دقائق، فهل كان له وجود أم أنّه أمر عدمي؟ من المحتّم أنّه كان أمرًا وجوديًّا، وإلاّ لما كنتم تنظرون إليّ وتصغون إليّ، ولما كنت أتحدّث معكم، فجميع تلك الأمور وجوديّة، إلاّ أنّها خارجة عن يدي، ولا أستطيع الوصول إليها؛ لأنّني أتقدّم بدوري مع تقدّم الزمان؛ فالساعة الآن هي الحادية عشرة وخمس دقائق، وأنا الآن أمشي مع الزمان، فتصير الساعة الحادية عشرة وستّ دقائق، ثمّ تصير الحادية عشرة وسبع دقائق، إذا بقي من العمر شيء؛ لأنّه من غير المعلوم أن نبقى على قيد الحياة أم لا؛ إذ العمر ليس بأيدينا نحن! رحم الله المرحوم خندق آبادي، وهو من الوعّاظ الصلحاء الذين رأيتهم، حيث كان يتحدّث في شهر رمضان، بينما كانت النساء تُثرن الضوضاء كما هي عادتهنّ.. وهنا نعلم كم عانى والدنا المظلوم في مسجد القائم من هؤلاء النسوة، وكم كان يقول: أيّتها النسوة اسكتن! من دون أن يُصغي إليه أحد. وأذكر في إحدى الليالي أنّها كانت ليلة الثالث والعشرين من شهر رمضان المبارك، وهي ليلة القدر، ومهما حاول إسكاتهنّ، لم يُصغن إليه، واستمررن فيما كنّ عليه؛ فكيف لهنّ أن يسكتن، وقد كنّ ينتظرن حلول شهر رمضان ومجيء مثل هذه الليلة، لكي يجتمعن ويقصصن همومهنّ على بعضهنّ!!! فبالنسبة لهنّ، لم يكن هناك أيّ معنى لهذا الكلام، بل إنّ المرحوم العلاّمة كان يُوجّهه للجالسين أسفل المنبر وليس إليهنّ!! وخلاصة الأمر، أنّ المرحوم العلاّمة تعب، وقال لهنّ: بالله عليكنّ، أليس من الخسارة أن يكون لدينا ليلة واحدة في السنة ـ بعنوان ليلة الثالث والعشرين ـ ، ثمّ تقضونها في الحديث العبثي؟! غير أنّ كلامه لم يُفد شيئًا، حيث بقين على حالهن، إلى أن أتى أحد الأشخاص من أهل المسجد، ولا أعلم هل هو حيّ أم لا؛ وعلى كلّ حال، أرجو من الله تعالى أن يحفظه إن كان حيًّا، وقد كان شخصًا ذا قبضة قويّة، فكان هو الوحيد الذي يستطيع مجابهة أولئك النسوة، وإلاّ فإنّ أمثال العلاّمة الطهراني لا يقدر على ذلك!! فصعد المنبر، وبدأ يصيح فيهنّ بكلّ ما خطر على باله: يا أيّتها النسوة، اخرسن! اذهبن إلى حال سبيلكنّ! و... فصمتن، ولم ينبسن ببنت شفة إلى أن انتهى المجلس! فمهما قال لهنّ والدنا المظلوم، لم يُفلح، لكن ما إن تدخّل ذلك الشخص حتّى أصلح الأمور في دقيقتين، ليعمّ المجلس السكوت وتنحلّ المشكل إلى الأخير.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -873,86 +886,86 @@
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حلال محمّد حلال أبدًا إلى يوم القيامة، وحرامه حرام أبدًا إلى يوم القيامة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فبعد رحيل النبيّ انقطع الوحي الذي هو جعلٌ للشرائع والتكاليف وتنزيلٌ لها؛ ولكن، أليس لهذه التكاليف التي كان النبيّ يجعلها ويبيّنها وينزّلها من ذلك العالم إلى هذا العالم ويجعلها بين أيدينا.. أليس لهذه الأحكام والتكاليف حضور عينيّ في عالمها؟ لا شكّ أنّ لها حضورًا عينيًّا في عالمها، والذي يعبّر عنه باللوح المحفوظ لا لوح المحو والإثبات! فكافّة هذه الأحكام والتكاليف لها حضور عينيّ في ذلك اللوح المحفوظ. كما أنّ تمام أحداث العالم ثابتة فيه على نحو الحضور العينيّ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وكلّ شيء أحصيناه في إمام مبين}</w:t>
+        <w:t xml:space="preserve">﴿وكلّ شيء أحصيناه في إمام مبين﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ومعنى ذلك أنّا جمعنا حقائق وذوات جميع الأشياء في نفس الإمام المبين، لا صورها فقط؛ كما نحفظ نحن صور أبيات الشِّعر التي عندنا، وصور الحوادث التي في نفوسنا وفي أذهاننا، وصور القضايا التي لدينا، لا بل تعني آية "</w:t>
+        <w:t xml:space="preserve"> ومعنى ذلك أنّا جمعنا حقائق وذوات جميع الأشياء في نفس الإمام المبين، لا صورها فقط؛ كما نحفظ نحن صور أبيات الشِّعر التي عندنا، وصور الحوادث التي في نفوسنا وفي أذهاننا، وصور القضايا التي لدينا، لا بل تعني آية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وكلّ شيء</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">" أنّ الصور الحقيقيّة والخارجيّة العينيّة للأشياء قد جمعت وأحصيت في نفس الإمام عليه السلام، وإحصاؤها يعني الإحصاء العينيّ، أي أنّ نفس الإمام هي التي تبقي وتعطي الاستمرار لهذه الأشياء والحوادث الخارجيّة. تمامًا كما أنّ وجود الأشياء يرتبط في هذا الزمان بوجود بقيّة الله أرواحنا فداه، فإنّ الوجود العينيّ للأحكام متحقّق في وجود بقيّة الله أرواحنا فداه على نحو الحضور العينيّ لا العلميّ؛ ولذلك إذا سأل أحد إمام الزمان عليه السلام سؤالًا فإنّ الإمام يجيبه على أساس الحضور العينيّ الذي عنده، لا أنّه يفكّر وينظر في حكمه ثمّ ينتهي إلى أنّ النبيّ قال في هذا الأمر كذا وكذا، لا بل هو يرى ذلك في نفسه، الوحي انقطع، ولكن هناك حضور عينيّ للأحكام في نفس الإمام، وعليه فنحن لا نحتاج بعد ذلك إلى الوحي، لماذا؟ لأنّ الإمام موجود، الإمام بحضوره العينيّ موجود، فكما أنّ الوحي الذي كان ينزل على رسول الله كان يكشف له الوجود العينيّ، ويجعل رسول الله في تلك المرتبة من الوجود العينيّ، وهذا المعنى هو معنى الوحي، لا أنّ جبرائيل كان يقول للنبيّ: قل هذا، فهذا في مرتبة الظاهر، أما في مرتبة الباطن فإنّ نفس رسول الله كانت تصل إلى الحضور العيني لتلك المسائل والآيات الإلهيّة والقرآن الكريم، ولا يخفى أنّ كافّة الخلائق والموجودات والتكاليف والشرائع هي من تلك الأمور التي كانت تتنزّل بهذا النحو.</w:t>
+        <w:t xml:space="preserve">﴿وكلّ شيء﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أنّ الصور الحقيقيّة والخارجيّة العينيّة للأشياء قد جمعت وأحصيت في نفس الإمام عليه السلام، وإحصاؤها يعني الإحصاء العينيّ، أي أنّ نفس الإمام هي التي تبقي وتعطي الاستمرار لهذه الأشياء والحوادث الخارجيّة. تمامًا كما أنّ وجود الأشياء يرتبط في هذا الزمان بوجود بقيّة الله أرواحنا فداه، فإنّ الوجود العينيّ للأحكام متحقّق في وجود بقيّة الله أرواحنا فداه على نحو الحضور العينيّ لا العلميّ؛ ولذلك إذا سأل أحد إمام الزمان عليه السلام سؤالًا فإنّ الإمام يجيبه على أساس الحضور العينيّ الذي عنده، لا أنّه يفكّر وينظر في حكمه ثمّ ينتهي إلى أنّ النبيّ قال في هذا الأمر كذا وكذا، لا بل هو يرى ذلك في نفسه، الوحي انقطع، ولكن هناك حضور عينيّ للأحكام في نفس الإمام، وعليه فنحن لا نحتاج بعد ذلك إلى الوحي، لماذا؟ لأنّ الإمام موجود، الإمام بحضوره العينيّ موجود، فكما أنّ الوحي الذي كان ينزل على رسول الله كان يكشف له الوجود العينيّ، ويجعل رسول الله في تلك المرتبة من الوجود العينيّ، وهذا المعنى هو معنى الوحي، لا أنّ جبرائيل كان يقول للنبيّ: قل هذا، فهذا في مرتبة الظاهر، أما في مرتبة الباطن فإنّ نفس رسول الله كانت تصل إلى الحضور العيني لتلك المسائل والآيات الإلهيّة والقرآن الكريم، ولا يخفى أنّ كافّة الخلائق والموجودات والتكاليف والشرائع هي من تلك الأمور التي كانت تتنزّل بهذا النحو.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيفيّة تنزّل الوحي على قلب رسول الله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبناء على ذلك، فالأعمال التي يقوم بها الملائكة الإلهيون وجبرائيل في مقام أعلى.. جميع هذه الأعمال من آثار نفس رسول الله، ففي الوحي عبارة عن إيجاد تلك الحقائق الشرعيّة وحقائق التكليف، وهذا قسم من التكاليف فضلًا عن المسائل الأخلاقيّة أيضًا. كلامنا بالنسبة إلى نفس الأحكام والتكاليف الشرعيّة. </w:t>
       </w:r>
@@ -988,79 +1001,79 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد تعبت، والظاهر أنني تكلّمت كثيرًا، لقد قلت لكم بأني لا أعرف ما الذي سأقوله، لذا انظروا أين صرنا بحديثنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ففي يوم القيامة يقول الناس: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا وَيْلَتَنا ما لِهذَا الْكِتابِ لا يُغادِرُ صَغيرَةً وَ لا كَبيرَةً إِلاَّ أَحْصاها وَ وَجَدُوا ما عَمِلُوا حاضِرا}</w:t>
+        <w:t xml:space="preserve">﴿يا وَيْلَتَنا ما لِهذَا الْكِتابِ لا يُغادِرُ صَغيرَةً وَ لا كَبيرَةً إِلاَّ أَحْصاها وَ وَجَدُوا ما عَمِلُوا حاضِرا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. يعني أنّهم يجدونه بشكل عيني لا علمي؛ يعني أنّ نفس هذا المجلس بذاته يرونه، لكن إن كان فيلمًا، فقد يقال بأنّه أجري عليه تعديل ومونتاج؛ كما يفعلون اليوم بواسطة الفوتوشوب؛ حيث يضعون رأس الشخص في جسد آخر، أو يجعل ذيلًا في جسد إنسان وهكذا.. فقد يقال بأنّ هذا الفيلم معدّل وخضع لمونتاج، وبالتالي فلا نقبل به؛ لأنّ الصوت تبدّل والرأس تغيّر. أما هناك، فيقال هذا هو نفس المجلس، فهذا أنت بنفسك حاضر فيه، فعندئذٍ لا يعود لديه قدرة على الإنكار. هذا معنى "</w:t>
+        <w:t xml:space="preserve">. يعني أنّهم يجدونه بشكل عيني لا علمي؛ يعني أنّ نفس هذا المجلس بذاته يرونه، لكن إن كان فيلمًا، فقد يقال بأنّه أجري عليه تعديل ومونتاج؛ كما يفعلون اليوم بواسطة الفوتوشوب؛ حيث يضعون رأس الشخص في جسد آخر، أو يجعل ذيلًا في جسد إنسان وهكذا.. فقد يقال بأنّ هذا الفيلم معدّل وخضع لمونتاج، وبالتالي فلا نقبل به؛ لأنّ الصوت تبدّل والرأس تغيّر. أما هناك، فيقال هذا هو نفس المجلس، فهذا أنت بنفسك حاضر فيه، فعندئذٍ لا يعود لديه قدرة على الإنكار. هذا معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ووجدوا ما عملوا حاضرًا</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">"، يعني أنت الآن تنظر إليّ، فهذا بنفسه سوف تراه في يوم القيامة حاضرًا بعينه، ويقال لك تفضّل هذا فعلك! وعندئذٍ ستقول نحن بالخدمة يا إلهي! فهناك لا مجال للإنكار.. ووجدوا ما عملوا حاضرًا.. </w:t>
+        <w:t xml:space="preserve">﴿ووجدوا ما عملوا حاضرًا﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، يعني أنت الآن تنظر إليّ، فهذا بنفسه سوف تراه في يوم القيامة حاضرًا بعينه، ويقال لك تفضّل هذا فعلك! وعندئذٍ ستقول نحن بالخدمة يا إلهي! فهناك لا مجال للإنكار.. ووجدوا ما عملوا حاضرًا.. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ينبغي على السالك أن يوكل أمر وصوله إلى الله تعالى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا الإمام عليه السلام يقول هنا: إلهي بما أنّ لي مثل هذه الوضعيّة، فإن أردت أن تتعامل معي بعدلك فماذا سيكون مصيري في يوم القيامة، إذا أردت أن تعاملني بعدلك.. </w:t>
       </w:r>
@@ -1244,88 +1257,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3847D7CA-0706-420F-A0F7-355AE882DCC2}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{21EEAEC3-A6C5-4F80-9C71-0245074547C3}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{AAD97EA4-348C-4B84-B129-2023119B29E3}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8A0FFEF2-39AE-49E6-92AC-5E3348264ADF}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1629,197 +1649,197 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ورد هذا الدعاء في نهج البلاغة، الخطبة ٢٢۷ بهذا النحو: </w:t>
+        <w:t xml:space="preserve">  ورد هذا الدعاء في نهج البلاغة، الخطبة ٢٢۷ بهذا النحو: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَّهُمَّ احْمِلْنِي عَلَى عَفْوِكَ وَ لا تَحْمِلْنِي عَلَى عَدْلِكَ.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الكهف، مقطع من الآية ٤٩.</w:t>
+        <w:t xml:space="preserve">  سورة الكهف، مقطع من الآية ٤٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الكهف، مقطع من الآية ٤٩.</w:t>
+        <w:t xml:space="preserve">  سورة الكهف، مقطع من الآية ٤٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> يشير سماحته إلى بحث رؤية الهلال وأنها بالعين المجرّدة أم المسلّحة والذي ألقاه في الليلة الثامنة من ليالي شهر رمضان ۱٤٣٦.</w:t>
+        <w:t xml:space="preserve">  يشير سماحته إلى بحث رؤية الهلال وأنها بالعين المجرّدة أم المسلّحة والذي ألقاه في الليلة الثامنة من ليالي شهر رمضان ۱٤٣٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أصول الكافي، ج۱، ص ٥۷.</w:t>
+        <w:t xml:space="preserve">  أصول الكافي، ج۱، ص ٥۷.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة يس، الآية ۱٢.</w:t>
+        <w:t xml:space="preserve">  سورة يس، الآية ۱٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الكهف، الآية ٤٩.</w:t>
+        <w:t xml:space="preserve">  سورة الكهف، الآية ٤٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2309,51 +2329,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3132,61 +3152,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3461,63 +3556,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>