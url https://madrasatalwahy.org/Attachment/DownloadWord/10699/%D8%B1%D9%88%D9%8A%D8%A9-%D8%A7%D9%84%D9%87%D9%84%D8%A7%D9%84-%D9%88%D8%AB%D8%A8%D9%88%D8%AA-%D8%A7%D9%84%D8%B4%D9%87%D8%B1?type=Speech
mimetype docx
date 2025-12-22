--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رؤية الهلال وثبوت الشهر</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الرابعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -1014,97 +1027,109 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أو عندما يحصل للإنسان فرصة لعمل محرّم، فيأتي الشيطان ويوسوس للإنسان، بل لا حاجة لأن يأتي الشيطان ويوسوس لنا، بل نحن نكفّي ونوفّي، فنقوم بالمهمّة لوحدنا دون مساعدته! قال أحدهم: عفواً يا سيّد فالشيطان قد خدعني! فقلت له: كلاّ يا عزيزي، الشيطان لا يخدع مثلك بل أنت من يخدع الشيطانَ! فلا تحمّل المسؤولية للشيطان، هذا الشيطان المسكين!! فأنت ترتكب العمل ثمّ تلقي باللائمة على الشيطان، فهو يريد ان يتخلّى عن مسؤولية تصرّفاته ويلقي باللائمة على غيره، وهذا نفسه من ألاعيبه! كلاّ يا عزيزي! إنّ الشيطان لا يقصد أمثالك ولا ينشغل بهم، بل هو إنّما يذهب إلى أولئك الذين لا يستسلمون بسهولة، ولا يتّبعون كلّ وسوسة، يذهب إلى أولئك. أمّا نحن، فالشيطان يجب أن يركض وراءنا حتّى يلحق بنا! وهو ينادينا قائلاً: قف قليلاً يا هذا، فأنا قلت لك ارتكب المعصية وخالف، ولكنّني لم أقل لك أن تخالف إلى هذا الحدّ! فنحن نعطي الشيطان دروساً، ولذا فإنّه لا يشغل باله بنا كثيراً. الشيطان يذهب نحو أولياء الله، والأنبياء وأمثالهم، إنّه يذهب نحو أولئك الذين يمّموا وجوههم شطر العوالم العليا، ولا يضيّع وقته مع أمثالنا نحن. يقول: لقد خدعني الشيطان! دعك من هذا الكلام، فأين خدعك الشيطان؟! أنت من فعلت ذلك بنفسك، فلمَ تلقي باللائمة على الشيطان؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، عندما يشعر الإنسان بالوسوسة، ويرى أنّ المعصية حلوة، فهناك صحيح! وهو ما تشير إليه الآية الشريفة : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الَّذينَ اتَّقَوْا إِذا مَسَّهُمْ طائِفٌ مِنَ الشَّيْطانِ تَذَكَّرُوا فَإِذا هُمْ مُبْصِرُونَ ٢۰۱} </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(الأعراف، ٢۰۱)، يعني عندما تأتي مجموعة من الشياطين وتطوف بابن آدم وتمسّه بأجنحتها... لاحظوا أنّ هذا الإنسان لم يقع في المعصية بعد، بل ما يزال يفكّر في الأمر، وما يزال يتصوّر المعصية في ذهنه، ولكنه لم يقع في الخطأ بعد، فهو يفكّر في نفسه: هل أذهب وأقول لفلان: لا تشتر من البائع الفلاني لأنّك مغبون في هذه الصفقة في هذا الجانب، ولذا دعك منه وتعالَ واشترِ منّي أنا، ثمّ يضيف على ذلك كذبة من عنده ويتّهم ذلك الشخص بأمر هو بريء منه، أو غير ذلك من الأمثلة... هل اتّضح الأمر؟</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الَّذينَ اتَّقَوْا إِذا مَسَّهُمْ طائِفٌ مِنَ الشَّيْطانِ تَذَكَّرُوا فَإِذا هُمْ مُبْصِرُونَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، يعني عندما تأتي مجموعة من الشياطين وتطوف بابن آدم وتمسّه بأجنحتها... لاحظوا أنّ هذا الإنسان لم يقع في المعصية بعد، بل ما يزال يفكّر في الأمر، وما يزال يتصوّر المعصية في ذهنه، ولكنه لم يقع في الخطأ بعد، فهو يفكّر في نفسه: هل أذهب وأقول لفلان: لا تشتر من البائع الفلاني لأنّك مغبون في هذه الصفقة في هذا الجانب، ولذا دعك منه وتعالَ واشترِ منّي أنا، ثمّ يضيف على ذلك كذبة من عنده ويتّهم ذلك الشخص بأمر هو بريء منه، أو غير ذلك من الأمثلة... هل اتّضح الأمر؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">العبودية لله هي التي أنقذت يوسف عليه السلام في ابتلائه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذه القضية تبرز بوضوح في قضيّة النبي يوسف عليه السلام، وقد أشار تعالى إلى ذلك في قوله:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لَقَدْ هَمَّتْ بِهِ وَ هَمَّ بِها لَوْ لا أَنْ رَأى‏ بُرْهانَ رَبِّهِ} </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(يوسف، جزء من الآية٢٤) ، فالنبيّ يوسف لم يكن من الحديد والفولاذ والبرونز، بل كان بشراً من بني آدم، كان عنده نفس، ولنفسه رغبات وميول، وكان عنده فكر، كما كان عنده نفس الميول التي عند سائر البشر، فهو لم يكن من الملائكة، بل كان إنساناً، ولكنّ ما يميّز حضرة يوسف عليه السلام هو اعتماده على الله تعالى، إذ كان قد سلّم نفسه لربّه وتوكّل عليه، وقال له: يا ربّ، إنّني أفوّض جميع أموري إليك، فأنا لا حول لي ولا قوّة من نفسي، ولا اختيار لي من تلقاء نفسي، فأنت أعطني الاختيار من عندك، وأعطني القدرة من عندك، وأعطني الهمّة من عندك، وأعطني التوجّه من عندك، وأعطني التذكّر من عندك وأعطني التنبّه من عندك، أنت أعطني. لا أنّه يقول: أنا قادر وأنا أستطيع وأنا وأنا...</w:t>
+        <w:t xml:space="preserve">﴿وَ لَقَدْ هَمَّتْ بِهِ وَ هَمَّ بِها لَوْ لا أَنْ رَأى‏ بُرْهانَ رَبِّهِ﴾ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، فالنبيّ يوسف لم يكن من الحديد والفولاذ والبرونز، بل كان بشراً من بني آدم، كان عنده نفس، ولنفسه رغبات وميول، وكان عنده فكر، كما كان عنده نفس الميول التي عند سائر البشر، فهو لم يكن من الملائكة، بل كان إنساناً، ولكنّ ما يميّز حضرة يوسف عليه السلام هو اعتماده على الله تعالى، إذ كان قد سلّم نفسه لربّه وتوكّل عليه، وقال له: يا ربّ، إنّني أفوّض جميع أموري إليك، فأنا لا حول لي ولا قوّة من نفسي، ولا اختيار لي من تلقاء نفسي، فأنت أعطني الاختيار من عندك، وأعطني القدرة من عندك، وأعطني الهمّة من عندك، وأعطني التوجّه من عندك، وأعطني التذكّر من عندك وأعطني التنبّه من عندك، أنت أعطني. لا أنّه يقول: أنا قادر وأنا أستطيع وأنا وأنا...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولذا، فعندما وقع في ذلك الموقف الصعب وتلك الظروف الحرجة، وجاء الشيطان ليوسوس له، فإنّ ذلك التوّجه أنقذه، ذلك التسليم والالتجاء والابتهال إلى الله تعالى، فحضرة يوسف عليه السلام كان شاباً منزّهاً طاهراً، ولم يسمح للمعاصي أن تلوّثه فيما سبق، وطوال عمره كان يسعى لمرضاة الله تعالى والعمل بالتكليف، ورغم أنّه لم يكن قد وصل إلى مقام النبوّة بعد، إلاّ أنّ طريقه كان طريق الأنبياء وطريق التوحيد وطريق التقرّب إلى الله تعالى وكسب مرضاته في جميع المراتب وجميع الأعمال.. هكذا كان طريقه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في مثل هذا الظرف الحرج، يأتي الشيطان إلى النبي يوسف عليه السلام؛ لأنّ مثل هذا الشخص يأتي إليه الشيطان ليحاول إغواءه، أمّا نحن فلا يأتي إلينا.</w:t>
       </w:r>
@@ -1152,51 +1177,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهكذا تبدأ النفس تلين بالتدريج، وتميل إلى الإقدام على العمل، وهنا يأتي المدد الإلهي من الطرف المقابل، فيقول له: عجباً لك! أتقول: ليس ههنا أحد؟! أليس الله موجوداً وحاضراً؟! أليس الله شاهداً على ما يجري؟! ولو فرضنا أن الله لن يشاهدك، ألن يكون هذا الفعل منك سبباً لضياع تلك الاستعدادات والقابليّات التي عندك للتكامل؟! فذلك الاستعداد للتكامل والترقّي الموجود في نفسك الآن، هل يمكنك أن تستعيده لو ضاع منك؟! كلاّ! لن يمكنك أن تستعيده أبداً. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا معنى</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «بُرْهانَ رَبِّهِ»</w:t>
+        <w:t xml:space="preserve"> ﴿بُرْهانَ رَبِّهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، لا أنّه يقول له: إن فعلت ذلك فإنّ الله سوف يعذّبك ويعاقبك وأمثال ذلك. لا، بل المراد من ذلك هو إدراك حضرة يوسف عليه السلام أنّ الإقدام على هذا الفعل سوف يحرمه القابليّات التي عنده للترقّي، وسوف يمنعه من التكامل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، من ألقى ذلك في روعه وأفهمه إيّاه؟ الله تعالى هو الذي فعل ذلك. يعني عندما يفوّض الإنسان أموره ونفسه لله تعالى، ويقول له: يا ربّ، أنا لا أعرف، ولا أملك فهماً ولا عقلاً ولا قدرة، فتولّ أنت الأمر وأعطني من عندك؛ ففي مثل هذه الحالة إذا ما جاءه الشيطان، وحاول أن يزيّن له الأمر ويهيئ الأجواء لارتكاب المعصية مبرّراً له فعلها، ومقدماً له الأدلة للإقدام عليها، فإنّ الله تعالى سيأتي هنا ويرسل ملائكته أن اذهبوا وأنقذوا عبدي! فالشيطان يأتيه من هذا الطرف ليقول له: لماذا تهوّل الأمر؟! الأمر بسيط فلماذا أنت متصلّب في موقفك بهذا الشكل؟! هكذا يأتي الشيطان من هذا الطرف، وفي المقابل تأتي الملائكة لتقول له: ماذا؟! ليس مهماً؟! كلاّ يا عزيزي، ماذا تريد أن تفعل؟! إنّ في ذلك هلاكك، فكيف تقول: إنّه ليس بمهمّ. فيأتي الشيطان ويقول: ولكنّها غلّقت الأبواب، فلم يعد لي من حيلة، ولم أعد مقصّراً. فتجيبه الملائكة: فلتغلق الأبواب، لكنّها لم تأخذك من تلابيبك ولم تربط يديك أو تسلبك الاختيار. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1432,88 +1457,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F5F4D965-160D-43E1-8DA2-4551E53D055B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{86F234A9-1AEE-4CBB-8A18-9653269CFCF2}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{055BA44C-D1A7-425E-9452-75D0C79278BC}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{CB5BC08A-C06A-479A-97E7-6D80A254BEA4}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1817,82 +1849,128 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ولاية الفقيه، ج ٣، ص ۷۷ ورسالة جديدة، ص ٥٦: قال رسول الله صلّى الله عليه وآله وسلّم: </w:t>
+        <w:t xml:space="preserve">  ولاية الفقيه، ج ٣، ص ۷۷ ورسالة جديدة، ص ٥٦: قال رسول الله صلّى الله عليه وآله وسلّم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«صُومُوا لِرُؤيَتِهِ، وأَفْطِرُوا لِرُؤيَتِهِ»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أي أنّ اليوم الواقع بعد هذه الليلة التي شوهد الهلال فيها بهذا التلسكوب القويّ لا يعتبر غرّة الشهر الجديد بل يعدّ متمّما للشهر السابق.</w:t>
+        <w:t xml:space="preserve">  أي أنّ اليوم الواقع بعد هذه الليلة التي شوهد الهلال فيها بهذا التلسكوب القويّ لا يعتبر غرّة الشهر الجديد بل يعدّ متمّما للشهر السابق.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> سورة الأعراف (۷)  الآية٢۰۱.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> سورة يوسف (۱٢) ا جزء من الآية٢٤</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2382,51 +2460,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3205,61 +3283,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3534,63 +3687,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>