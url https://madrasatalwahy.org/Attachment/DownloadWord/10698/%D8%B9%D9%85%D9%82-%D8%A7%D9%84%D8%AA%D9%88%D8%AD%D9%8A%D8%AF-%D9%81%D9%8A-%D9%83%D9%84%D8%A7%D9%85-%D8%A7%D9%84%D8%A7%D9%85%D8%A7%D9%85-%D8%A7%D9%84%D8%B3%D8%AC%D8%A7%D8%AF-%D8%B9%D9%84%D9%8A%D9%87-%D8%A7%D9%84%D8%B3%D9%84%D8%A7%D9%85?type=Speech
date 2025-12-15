--- v0 (2025-11-01)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عمق التوحيد في كلام الإمام السجّاد عليه السلام</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الثالثة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -341,51 +354,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">على الإنسان أن يرى توفيق الهداية من اللـه تعالى ولا ينسبه لنفسه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انظروا أيّة ثقافة يريد الإسلام أن يعلّمنا، وأيّة نماذج يضعها بين أيدينا؛ فهذا هو الإمام السجّاد، ووظيفة الإمام عليه السلام تكمن في أن يعلّمنا هذا، ويقول لنا: يجب أن تكونوا هكذا، وينبغي أن تكونوا بهذا الشكل، وعليكم أن تساووا أنفسكم بسائر أفراد نوعكم، وأن تعتبروا أنفسكم بمستوى واحد مع الآخرين، وإذا كنتم قد وُفّقتم للانضواء تحت الولاية والدخول في التشيّع واتّباع أهل البيت عليهم السلام، فعليكم أن لا تغترّوا بذلك وتروا أنفسكم أعلى من اليهود والنصارى وغيرهم، وانتبهوا، فهنا أمران! فتارة يقول الإنسان: أحمدك يا إلهي على أن وفّقتني وبيّنت لي الطريق وهديتني، فأنت يا ربّ الذي هديتني.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَمَا بِكُم مِن نِعمَةٍ فَمِنَ اللهِ}</w:t>
+        <w:t xml:space="preserve">﴿وَمَا بِكُم مِن نِعمَةٍ فَمِنَ اللهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أفلم يكن بمقدور هؤلاء أن يتشيّعوا لو أراد الله تعالى ذلك؟! نعم، كان بمقدورهم أن يتشيّعوا ويصيروا من أتباع أهل البيت؛ وفي هذه الحالة، إذا كنّا قد وُفّقنا نحن لذلك، وتبيّنت لنا هذه المسائل، وانفتح فكرنا، وصار لدينا وعي بحقائق التشيّع، واتّضحت لنا المطالب، فبحساب من نضع ذلك؟ هل نضعه بحسابنا نحن أم بحساب الله تعالى؟ فإذا وضعناه بحسابنا نحن، فيا ويلاه! فمن الذي هدانا نحن؟ وهل تحقّق ذلك عن طريقنا نحن، أم أنّ هناك واسطة وصلتنا وبيّنت لنا الطريق؟ فمن منّا أتى وحده؟ فلو لم تأت تلك الواسطة، فهل كان بوسعنا أن نعثر على الطريق لوحدنا؟ لا، لم يكن الأمر كذلك. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -746,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في إحدى السنوات الماضية عندما كانت جلسة عنوان البصري عموميّة، أتذكّر بأنَّني تحدّثت مرّة بحدود الساعتين، وبعد انتهاء المجلس، جاءني أحدهم وقال لي: أريد منكم أن تنصحوني نصيحة خاصّة يا سيّد، فقد جئت [من مكان آخر]؛ فقلت له: هل كنت نائمًا خلال تلك الساعتين؟ قال: لا! فقلت له: لقد طرحت في تلكما الساعتين من النصائح ما يعادل ما يمكن طرحه في عدّة جلسات، فاذهب واعمل بموجب ما قلت؛ فهذه هي نصيحتي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حضر مجموعة من العلماء لدى المرحوم القاضي رضوان الله عليه في النجف وقالوا له: لقد جئنا نطلب منك برنامج عمل سلوكيّ، ولقد كان ذلك من باب التصنّع والمجاملة... كنت في محضر المرحوم العلاّمة يومًا، فجاءت مجموعة من طهران إلى مدينة مشهد، وحضروا إلى منزل المرحوم العلاّمة حيث كان هنالك مجلس للعزاء، وقد حصل ذلك في الماضي البعيد، وكان بينهم أفراد من أعضاء الحكومة وآخرون من أهل العلم؛ ولقد كان أحد أهل العلم يكرّر على المرحوم العلاّمة بأنَّ هذا الرجل هو الدكتور فلان وكيل وزير، فقلت في نفسي: لقد فهمنا ذلك منذ البداية! وقد كان مجيئهم للاستماع إلى نصيحة أو برنامج عمل؛ فسمعت المرحوم العلاّمة يقرأ هذه الآية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لا تَقْفُ ما لَيْسَ لَكَ بِهِ عِلْمٌ إِنَّ السَّمْعَ وَالْبَصَرَ وَالْفُؤادَ كُلُّ أُولئِكَ كانَ عَنْهُ مَسْؤُلاً}</w:t>
+        <w:t xml:space="preserve">﴿وَ لا تَقْفُ ما لَيْسَ لَكَ بِهِ عِلْمٌ إِنَّ السَّمْعَ وَالْبَصَرَ وَالْفُؤادَ كُلُّ أُولئِكَ كانَ عَنْهُ مَسْؤُلاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ولم يتكلّم بشيء آخر عدا هذه الآية، ولا أدري إن كانوا قد استوعبوا فحوى الكلام أم لم يستوعبوه.. أتلاحظون؟ فتلك هي آية من آيات القرآن، ونحن لم نأت بشيء من عند أنفسنا؛ أفهل نحن من العاملين بمضمون هذه الآية حقًّا؟ وهل نحن بالشكل الذي لا نقوم فيه بالإقدام على عمل ما، ما لم نكن على يقين من صحّته؟ فلا نقوم إلاّ بذلك العمل الذي نكون فيه على يقين واطمئنان؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كنت أقف في أحد شوارع طهران قبل عدّة سنوات منتظرًا مرور سيّارة أجرة لكي أستقلّها، فتوقّف أحدهم لإيصالي، فتعجّبت وقلت: كيف يمكن أن يرأف بحالنا هذه الأيّام أحد</w:t>
@@ -810,51 +823,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ فقلت له: أريد أن أسألك سؤالاً وهو: أمام مَن ستقف يوم القيامة؟ فهل ستقف أمامي أنا وأمثالي، أم أمام غيرنا؟ فإن كنت ستقف أمامي، فلا ضير عليك وافعل ما شئت أن تفعل! وأمّا إن كنت ستقف أمام غيرنا، فاعلم بأنَّ من ستقف أمامه لا يمكن أن يُخدع. فقال: ولكن هنالك من يقول كذا ويفعل كذا و... فقلت له بلهجة صريحة: يبدو أنَّك لا تريد أن تفهم ما أقول ــ ولقد كنت أتمازح معه أيضًا ــ فعندما تريد القيام بكذا عمل، وكان تعاملك مع فلان من الناس بدلاً من فلان، أكنت ستقوم به أم لا؟ فرأيت بأنَّه سكت فجأةً، فقلت له: هل فهمت الآن ما أقول؟ قال: نعم، فهمت الموضوع!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلا تَقْفُ ما لَيْسَ لَكَ بِهِ عِلْمٌ}</w:t>
+        <w:t xml:space="preserve">﴿وَلا تَقْفُ ما لَيْسَ لَكَ بِهِ عِلْمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. فعندما يريد الإنسان القيام بعمل ما، فعليه أن يكون مطمئنًّا من أنَّ عمله وتصرّفه هذا موافق لرضا الله، وعليه أن يقيس ذلك بما بين يديه من قواعد ومباني؛ فافرض بأنَّك تريد أن تحكم على رجل معيّن بشأن قضيّة ما، فانظر في نفسك لترى هل كنت ستتّخذ نفس هذا الحكم فيما إن كان ذلك الرجل هو أحد أقاربك أو عشيرتك أو أصدقائك؟ من المقطوع به أنّك لن تتّخذ نفس الحكم، فعليك إذن أن تعرف أين تكمن المشكلة، لكي تتمكّن من حلّها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، لقد جاءوا إلى المرحوم القاضي وطلبوا منه نصيحةً، فنظر إليهم، فوجدهم ليسوا من المؤهّلين لذلك، وسوف لن يقوموا بالأعمال التي يوصَوْن بها؛ فقال في نفسه: سأُجيبهم بشكل ما، فما دمتم لستم بمؤهّلين، فلماذا تقومون بإتلاف وقتي؟ فترى بعضهم يأتي ويُقسم عليّ لتخصيص وقت له للمقابلة، ويقول: كلّما أرسلت لكم رسالة، لم تجيبوا عليها، فحدّدوا لي وقت للمقابلة. وعندما يحضر ويتكلّم [يُعلم من خلال كلامه الحال الذي هو عليه]. فقال لهم المرحوم القاضي: هل عملتم بما تعلمون، لكي تطلبوا المزيد؟ أم لم تعملوا به بعد؟ فأنتم من أهل العلم والفضل وقرأتم الكثير من الكتب والروايات، ولكم دراية بأسلوب ومباني الأئمّة؛ فقالوا: لا، لم نعمل به! فقال لهم: فاعملوا بموجب ما تعلمون، ومتى ما قمتم بذلك، وبقي لكم شيء من المجهول، فتعالوا إليَّ عندها لرفدكم بالمزيد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1135,88 +1148,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3D583938-9F88-4513-8A02-ED5E4FF458CA}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{95ECF642-AAAE-43DE-BDC3-FAE6AB27E436}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{71B14132-08F8-4DF1-97A5-6E8D7A3E4B73}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{368A8A7C-916C-4331-B943-70696B9AF36E}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1265,61 +1285,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1422,61 +1442,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1520,166 +1540,166 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة النحل، صدر الآية ٥٣.</w:t>
+        <w:t xml:space="preserve">  سورة النحل، صدر الآية ٥٣.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> إشارة إلى هذه الفقرة من دعاء مكارم الأخلاق: «ولا تَرْفَعْنِي فِي النَّاسِ دَرَجَةً إِلاّ حطَطْتَنِي عِنْدَ نَفْسِي مِثْلَها وَلا تُحْدِثْ لِي عِزًّا ظاهِرًا إِلاّ أَحْدَثْتَ لِي ذِلَّةً باطِنَةً عِنْدَ نَفْسِي بِقَدَرِها». (الصحيفة السجاديّة، ص ٩٢)</w:t>
+        <w:t xml:space="preserve">  إشارة إلى هذه الفقرة من دعاء مكارم الأخلاق: «ولا تَرْفَعْنِي فِي النَّاسِ دَرَجَةً إِلاّ حطَطْتَنِي عِنْدَ نَفْسِي مِثْلَها وَلا تُحْدِثْ لِي عِزًّا ظاهِرًا إِلاّ أَحْدَثْتَ لِي ذِلَّةً باطِنَةً عِنْدَ نَفْسِي بِقَدَرِها». (الصحيفة السجاديّة، ص ٩٢)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> منارة المسبحة هي القطعة التي تقع في رأسها وتُشكّل ملتقى طرفي الخيط الذي يضمّ جميع حبّاتها. المترجم</w:t>
+        <w:t xml:space="preserve">  منارة المسبحة هي القطعة التي تقع في رأسها وتُشكّل ملتقى طرفي الخيط الذي يضمّ جميع حبّاتها. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الإسراء (۱۷)، الآية ٣٦.</w:t>
+        <w:t xml:space="preserve">  سورة الإسراء (۱۷)، الآية ٣٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أي أنّ كثيرًا من الناس لا يحترمون أهل العلم لبعض الأسباب. المترجم</w:t>
+        <w:t xml:space="preserve">  أي أنّ كثيرًا من الناس لا يحترمون أهل العلم لبعض الأسباب. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> وكأنّ السائق يتحجّج بعدم التزامه ببعض المسائل الدينيّة بكون بعض العلماء لا يلتزمون بدورهم بها. المترجم</w:t>
+        <w:t xml:space="preserve">  وكأنّ السائق يتحجّج بعدم التزامه ببعض المسائل الدينيّة بكون بعض العلماء لا يلتزمون بدورهم بها. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2169,51 +2189,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2992,61 +3012,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3321,63 +3416,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>