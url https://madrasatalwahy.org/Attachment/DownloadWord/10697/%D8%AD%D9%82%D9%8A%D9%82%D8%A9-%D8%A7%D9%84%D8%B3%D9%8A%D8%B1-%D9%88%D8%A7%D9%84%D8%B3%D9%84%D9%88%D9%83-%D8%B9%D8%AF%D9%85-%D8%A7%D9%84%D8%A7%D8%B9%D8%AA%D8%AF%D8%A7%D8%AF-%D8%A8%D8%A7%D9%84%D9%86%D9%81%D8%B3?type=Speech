--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حقيقة السير والسلوك عدم الاعتداد بالنفس</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الثانیة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -694,72 +707,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا عزيزي، إلى متى هذا التأجيل والتسويف؟! لماذا يحصل كلّ هذا ؟ حتّى لا ينكشف أمره فيظهر على حقيقته، لأنّه لو ظهر على حقيقته لتبيّن أنّه خالي الوفاض. فلَيتهم من أوّل الأمر قالوا: يا أخي إنّ إشكالك صحيح ونحن لا نملك جوابًا عليه، أو قالوا: إنّنا لا نريد أن نجيب على الإشكال، فقم واذهب حيث تشاء، فأنت أدرى بمصلحتك، أو قالوا: إنّ الإيراد الذي ذكرته صحيح، ونحن لا نملك الجواب فابحث عمّن يمكنه أن يجيب على أسئلتك! لماذا نحجز خلق الله ونقول لهم: تعالوا إلينا، واصبروا وابقوا ههنا، ولا تقولوا شيئًا.. نقول له: أغمض عينك، ولا تنبس ببنت شفة حتّى يحين الوقت المناسب لاحقًا! فليت شعري متى يأتي هذا الوقت اللاحق؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان خطاب رسول الله عندما جاء وخاطب المشركين أنّ عليكم أن تفتحوا عيونكم، وتفتحوا آذانكم لتروا الحقائق وتسمعوها، ثمّ تحكموا بأنفسكم.. قال تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَبَشِّرْ عِبادِ الَّذينَ يَسْتَمِعُونَ الْقَوْلَ فَيَتَّبِعُونَ أَحْسَنَه‏}</w:t>
+        <w:t xml:space="preserve">﴿فَبَشِّرْ عِبادِ الَّذينَ يَسْتَمِعُونَ الْقَوْلَ فَيَتَّبِعُونَ أَحْسَنَه‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فهؤلاء هم الذين بشّرهم الله تعالى في القرآن الكريم كما بشّر الشهداء، فالله تعالى يقول: بشّر هؤلاء بالصلاح وبشّرهم بالتكامل، وبشّرهم بالوصول إلى المقصد والغاية! هذا هو معنى البشارة وإلاّ فبأيّ شيء يبشّرهم، وما معنى البشارة هنا؟ ما معنى أن يقول تعالى: بشّر أولئك الذين يستمعون القول وينتخبون أحسنه فيتّبعونه؟! لنفرض أنّنا فعلنا ذلك، فما هي النتيجة؟ فبشارة الله تعالى لها حساب وكتاب! فالمراد: بشّر هؤلاء بأنّهم سيصلون من خلال هذا الطريق إلى ذلك الهدف وتلك الغاية التي ينشدونها والتي ينبغي أن يصلوا إليها، وأنّ الوصول وتحقّق هذا الهدف لا يحصلان إلا من خلال هذا الطريق، فلا يمكن أن تصل إلى الكمال إلّا من هذا الطريق وهو أن تسمع الكلمات المختلفة فهو يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَسْتَمِعُونَ الْقَوْلَ}</w:t>
+        <w:t xml:space="preserve">﴿يَسْتَمِعُونَ الْقَوْلَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ولم يقل: (يستمعون القول الحسن) ، وبالتالي فعلى الإنسان أن يسمع الكلمات المختلفة والآراء المختلفة. كما قال الشاعر: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مرد آن است که گیرد اندر گوش *** ور نوشته است پند بر دیوار</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
@@ -778,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ حضرة سليمان عليه السلام قد قبِل نصيحة عصفور، وتأثّر بها حتّى خرّ مغشيًا عليه... بسبب كلام عصفور!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و من هنا، فعلى الإنسان أن يتّبع هذا السبيل: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَبَشِّرْ عِبادِ الَّذينَ يَسْتَمِعُونَ الْقَوْلَ فَيَتَّبِعُونَ أَحْسَنَه‏}</w:t>
+        <w:t xml:space="preserve">﴿فَبَشِّرْ عِبادِ الَّذينَ يَسْتَمِعُونَ الْقَوْلَ فَيَتَّبِعُونَ أَحْسَنَه‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وليس سبيل من يكون جوابه عن الأسئلة والإشكالات: يا عزيزي إنّك لا تفهم الآن! فابق هنا حاليًا، واصبر أكثر...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، يمكن أن يكون هناك أمور لا تقبل الإدراك والفهم.. أجل، فهناك الكثير من المطالب التي لا يمكن إدراكها؛ ومثل هذه المطالب لا داعي لأن يذكرها الإنسان أصلًا، فهي مطالب لا يمكن أن يفهمها كلّ أحد، ولكلّ مقام مقال. ولكنّ الكلام في المطالب التي يطرحها الإنسان، ويذكرها أمام الناس، ويدعو الناس إليها، فهذه المسائل لا يصحّ أن يقول عنها هذا الكلام (أي أنّها لا تقبل الفهم) ، وإلاّ فإلى أيّ شيء يدعو الناس؟! فأنا عندما أكتب كتابًا وأذكر فيه أمرًا ما، وأطبعه وأنشره في الدنيا كلّها، فذلك يعني أنّني حاضر للجواب عنه.. هذا هو معنى ذلك، وإلاّ فلمَ تكتب هذه المطالب؟! إن لم تكن قادرًا على الجواب على الإشكالات، فلم تكتب أصلًا؟! كان عليك أن تبقي تلك الأمور في قلبك ولا تنشرها للناس.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1211,88 +1224,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{CD6CB33E-10E3-428D-965A-95FC011AF9FB}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E4714767-AF7C-476E-A3EE-A95EBD6B7D6E}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1F747E9A-74C4-4D58-9400-87CF3A7C186A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4781D5FA-CDD4-460A-BB35-9B13C31A34F0}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1341,61 +1361,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1498,61 +1518,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1596,135 +1616,135 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> عنِ ابْنِ عَبَّاسٍ، قَالَ بَيْنَا أَمْشِي مَعَ عُمَرَ يَوْمًا إِذْ تَنَفَّسَ نَفَسًا ظَنَنْتُ أَنَّهُ قَدْ قُصِمَتْ أَضْلاعُهُ، فَقُلْتُ سُبْحَانَ اللَّهِ واللَّهِ مَا أَخْرَجَ مِنْكَ هَذَا إِلاّ أَمْرٌ عَظِيمٌ. فَقَالَ وَيْحَكَ يَا ابْنَ عَبَّاسٍ مَا أَدْرِي مَا أَصْنَعُ بِأُمَّةِ مُحَمَّدٍ صَلَّى اللَّهُ عَلَيْهِ وآلِهِ. قُلْتُ ولِمَ، وأَنْتَ قَادِرٌ أَنْ تَضعَ ذَلِكَ مَكَانَ الثِّقَةِ. قَالَ إِنِّي أَرَاكَ تَقُولُ إِنَّ صَاحِبَكَ أَوْلَى النَّاسِ بِهَا يَعْنِي عَلِيًّا عَلَيْهِ السَّلامُ. قُلْتُ أَجَلْ واللَّهِ، إِنِّي لأَقُولُ ذَلِكَ فِي سَابِقَتِهِ وعِلْمِهِ وقَرَابَتِهِ وصِهْرِهِ. قَالَ إِنَّهُ كَمَا ذَكَرْتَ، ولَكِنَّهُ كَثِيرُ الدُّعَابَةِ (بحار الأنوار، ج ٣۱، ص ٣٦٣). المترجم</w:t>
+        <w:t xml:space="preserve">  عنِ ابْنِ عَبَّاسٍ، قَالَ بَيْنَا أَمْشِي مَعَ عُمَرَ يَوْمًا إِذْ تَنَفَّسَ نَفَسًا ظَنَنْتُ أَنَّهُ قَدْ قُصِمَتْ أَضْلاعُهُ، فَقُلْتُ سُبْحَانَ اللَّهِ واللَّهِ مَا أَخْرَجَ مِنْكَ هَذَا إِلاّ أَمْرٌ عَظِيمٌ. فَقَالَ وَيْحَكَ يَا ابْنَ عَبَّاسٍ مَا أَدْرِي مَا أَصْنَعُ بِأُمَّةِ مُحَمَّدٍ صَلَّى اللَّهُ عَلَيْهِ وآلِهِ. قُلْتُ ولِمَ، وأَنْتَ قَادِرٌ أَنْ تَضعَ ذَلِكَ مَكَانَ الثِّقَةِ. قَالَ إِنِّي أَرَاكَ تَقُولُ إِنَّ صَاحِبَكَ أَوْلَى النَّاسِ بِهَا يَعْنِي عَلِيًّا عَلَيْهِ السَّلامُ. قُلْتُ أَجَلْ واللَّهِ، إِنِّي لأَقُولُ ذَلِكَ فِي سَابِقَتِهِ وعِلْمِهِ وقَرَابَتِهِ وصِهْرِهِ. قَالَ إِنَّهُ كَمَا ذَكَرْتَ، ولَكِنَّهُ كَثِيرُ الدُّعَابَةِ (بحار الأنوار، ج ٣۱، ص ٣٦٣). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> نَوَادِرُ الرَّاوَنْدِيِّ، بِإِسْنَادِهِ عَنْ جَعْفَرِ بْنِ مُحَمَّدٍ عَنْ آبَائِهِ عليهم السلام قَالَ: </w:t>
+        <w:t xml:space="preserve">  نَوَادِرُ الرَّاوَنْدِيِّ، بِإِسْنَادِهِ عَنْ جَعْفَرِ بْنِ مُحَمَّدٍ عَنْ آبَائِهِ عليهم السلام قَالَ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«قَالَ عَلِيٌّ عليه السلام: بَصُرَ رَسُولُ اللَّهِ صلى الله عليه وآله وسلّم امْرَأَةً عَجُوزًا دَرْدَاءَ، فَقَالَ: أَمَا إِنَّهُ لَا يَدْخُلُ الْجَنَّةَ عَجُوزٌ دَرْدَاءُ، فَبَكَتْ فَقَالَ صلّى الله عليه وآله وسلّم لَهَا: مَا يُبْكِيكِ؟ فَقَالَتْ: يَا رَسُولَ اللَّهِ إِنِّي دَرْدَاءُ فَضَحِكَ رَسُولُ اللَّهِ صلى الله عليه وآله وسلّم وَ قَالَ: لا تَدْخُلِينَ الْجَنَّةَ عَلَى حَالِكِ»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (بحارالأنوار، ج ۱٦، ص ٢٩۸). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الزمر، ذيل الآية ۱۷ و صدر الآية ۱۸.</w:t>
+        <w:t xml:space="preserve">  سورة الزمر، ذيل الآية ۱۷ و صدر الآية ۱۸.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تاريخ الطبري، ج٣، ص ٢٩۱.</w:t>
+        <w:t xml:space="preserve">  تاريخ الطبري، ج٣، ص ٢٩۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2214,51 +2234,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3037,61 +3057,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3366,63 +3461,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>