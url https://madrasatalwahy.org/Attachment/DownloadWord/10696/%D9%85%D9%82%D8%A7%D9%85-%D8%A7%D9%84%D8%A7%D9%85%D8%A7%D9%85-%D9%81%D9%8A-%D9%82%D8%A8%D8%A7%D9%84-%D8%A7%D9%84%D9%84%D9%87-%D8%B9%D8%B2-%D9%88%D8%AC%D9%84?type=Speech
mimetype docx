--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,62 +75,74 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مقام الإمام في قبال الله عزّ وجل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الاولي</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٦ هـ ق - المحاضرة الاولى</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
@@ -744,72 +757,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أعيننا حولاء ترى المعاجز منتسبةً إلى الأنبياء فقط دون الباري </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ومع ذلك نحن في مثل هذه الموارد نقول [مثلًا في مورد معاجز النبيّ]: رسول الله، رسول الله خاتم النبيّين، هو الذي يمكنه أن يشقّ القمر، وهو الذي بإمكانه أن يحرّك العالم بإشارة من إصبعه، وأن يفعل كذا وكذا... ، أو [إذا نظرنا إلى ] النبيّ عيسى [فبإمكانه] أن يحي الميّت بإشارة واحدة، عجبًا عجبًا! وتغدو عيوننا واسعةً أن قد أحيا الميّت! وفضلًا عن إحيائه الميّت فإنّه يوجد إيجادًا ويخلق خلقًا، قال تعال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَإِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ}</w:t>
+        <w:t xml:space="preserve">﴿وَإِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ، تخلق، أي: أنتَ تخلق يا عيسى، فعندما يقال: وإذ تخلق... ، أو عندما تنظر إلى النبيّ ترى أنّه يشير إلى القمر فينقسم نصفين، نصفه يبقى في مكانه ونصفه، الآخر يسير ويطوف حول الكعبة سبع مرّات، ثمّ ينزل ويعرج من داخل ثوب رسول الله ويعود أدراجه إلى نصفه الآخر ليلتصق به، وقد نقل ذلك الجميع. فما هذه القضيّة؟ أن يأتي هذا النصف إلى الأرض ويراه الجميع قد دخل في كمّ رسول الله ثمّ خرج منه وصعد، فكم هو حجم هذا الكم؟ كم سانتيمترًا يبلغ؟ عشر سانتيمرات... وكم هو حجم نصف القمر؟! والآن لن نتكلّم عن خصوص هذا الأمر، لأنّ تعقّله ربّما يكون صعبًا جدًّا، ولنقصر حديثنا على الجزء الأوّل من الحادثة وأنّه صلّى الله عليه وآله شقّ القمر نصفين، وهي الحادثة التي شاهدها الجميع، حتّى شهد بنزوله إلى الأرض أولئك الذين كانوا خارج المدينة في الصحراء ضمن القوافل. فقد نزل وطاف حول الكعبة ثمّ عاد والتصق بنصفه الآخر، وهناك آية في القرآن تدلّ على ذلك: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{اقْتَرَبَتِ السَّاعَةُ وَانْشَقَّ الْقَمَرُ}</w:t>
+        <w:t xml:space="preserve">﴿اقْتَرَبَتِ السَّاعَةُ وَانْشَقَّ الْقَمَرُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وقد رآه الجميع حتّى المشركون.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فنحن ننظر فنجد أنّ رسول الله هو الذي فعل ذلك، وحين نعتقد بذلك فإنّ رسول الله يهمس في آذاننا بهدوء قائلًا: لا تنظروا إليّ، ولكن انظر إلى الذي فعل ذلك، فما أنا إلّا وسيلة، إنّه يهمس في آذاننا بذلك أي في قلوبنا، فيقول: لا تنظر إليّ وأنا أقوم بهذا العمل؛ فإنّما أتيت لكي أنقلك من النظر إليّ إلى النظر إليه، فلا تنظر إلى هذه الإشارة، ولا تنظر إلى أنّي أردت، ولكن انظر إلى أنّه هو أراد، وما دام هو الذي أراد فما هو دوري أنا في البين؟ لا دور لي أبدًا، لا دور لي بعد ذلك. وكلّ هدف الأنبياء والأولياء والأئمّة والعرفاء وعظماء الطريق هو أن يأخذوا منّا هذه النظرة الظاهريّة إلى الأسفل، وينتقلوا بنا إلى مبدئها وأصلها وحقيقتها ذاك.</w:t>
@@ -1034,72 +1047,72 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعليه، من دون تحقّق هذه المسألة، بماذا سيمتاز الإمام السجّاد عليه السلام عن الآخرين؟ بمعنى: لو أنّنا نزعنا من الإمام عليه السلام إمامته وولايته، فإنّه سيصير مثل بقيّة الناس الآخرين؛ وبالتالي، حينما يقول عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«وَمَا أَنَا يَا رَبِّ وَمَا خَطَرِي»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي: إلهي، من أكون أنا في البين؟! وما هي أهمّيتي وقيمتي؟! وما هي المنزلة التي أمتلكها في هذا المقام؟!، فإنّه يتحدّث بصدق؛ لأنّ مراده: إنّ هذه الولاية التي أمتلكها هي لك أنت، وليست لي أنا! فأنت الذي تُعطي هذا، وأنت الذي تأخذ من ذاك..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> {تُعِزُّ مَنْ تَشاءُ وَتُذِلُّ مَنْ تَشاءُ}</w:t>
+        <w:t xml:space="preserve"> ﴿تُعِزُّ مَنْ تَشاءُ وَتُذِلُّ مَنْ تَشاءُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{تُؤْتِي الْمُلْكَ مَنْ تَشاءُ وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء}</w:t>
+        <w:t xml:space="preserve">﴿تُؤْتِي الْمُلْكَ مَنْ تَشاءُ وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إرادة اللـه نافذة في كلّ عالم الوجود</w:t>
@@ -1112,51 +1125,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أفلم نُشاهد ذلك بأمّ أعيننا؟! فحينما كنّا في زمان الشاه، أفهل كنّا نُصدّق بأنّه سيُعزل عن المُلك؟! فلم يكن يخطر على بالنا ذلك أبدًا! لكن، فجأةً، وإذا بهذه السلالة تتهدّم وتنقرض؛ ومع أنّه كان بوسعهم فعل الكثير في ذلك الزمان، إلاّ أنّهم لم يقوموا بأيّ شيء، حيث كانت أيديهم وأفكارهم مغلولة؛ فحينما تصدر الإرادة الإلهيّة من العالم العلويّ، فإنّها تغلّ الأيدي وتشلّ الأفكار، وتُجري الوقائع والأحداث بنحوٍ يدفع الإنسان ـ شاء أم أبى ـ للتحرّك بطريقةٍ مغايرة وفي اتّجاه مختلف، بحيث يبدأ يتساءل: يا للعجب، لماذا صار الأمر بهذا الشكل؟! ألم أقل لكم افعلوا ذلك؟! يا سيّدي، لقد قلت لك: تصرّف بهذا الشكل، فلماذا تصرّفت بشكل آخر؟! لا، يا سيّدي لقد قلت لي: تصرّف بهذا الشكل! وقد يحصل للإنسان نظير هذا الأمر، حيث يكون متيقّنًا بأنّه ذكر مسألةً ما لأحد الأشخاص، فيظهر خلاف ذلك، ويقول له ذلك الشخص: يا سيّدي، لقد قلت هذا! فكثيرًا ما تحصل مثل هذه الأمور، وقد حصل ذلك معي أنا أيضًا. أفهل كنّا نُصدّق بوقوع ذلك؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لكن حينما تأتي الإرادة الإلهيّة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء}</w:t>
+        <w:t xml:space="preserve">﴿وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فإنّ الله تعالى يطوي ذلك الطومار</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">دفعةً واحدةً؛ فإذا أراد الله تعالى شيئًا، فإنّه يقدر على فعله، ولا يوجد أيّ شخص يُمكنه القيام بأيّ شيءٍ في مقابل ذلك! والأسوء من ذلك ما حدث في العراق وحصل مع صدّام؛ فإذا كان هناك احتمال بنسبة واحدٍ في المليون لسقوط الشاه، فإنّ سقوط صدّام لم يبلغ حتّى هذه النسبة من الاحتمال! لقد بلغ صدّام من الوحشيّة، بحيث كنّا نظنّ بأنّ جبرائيل عليه السلام لم يكن يقدر على زحزحته! لقد كان مخلوقًا عجيبًا جدًّا! وكان من الأشخاص القلائل الذين يمتلكون قدرة روحانيّة ونفسانيّة كبيرة، وكانت نفسه قويّة جدًّا وذات جاذبيّة وتأثير كبيرين، إلّا أنّ ذلك كان في منحى القساوة والظلمة والكدورة وأمثال ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1176,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما هو السبب في ذلك؟ سببه هو أنّنا ننظر للأمور من أسفل لا من أعلى، وعيوننا مرخاةٌ للأسفل، فنرى ماذا فعل هذا وماذا فعل ذاك، ولا ننظر إلى ما يحصل في الأعلى، ولا نهتمّ به أبدًا؛ ولهذا، ترانا ندور حول أنفسنا، وحينما تتغيّر الأمور، لا نُدرك ما الذي حصل لنا، ونبدأ نتساءل: ماذا؟ ما الذي حصل؟! يا عزيزي، لقد كان بوسعك من الأوّل أن تسلك طريقًا آخر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يا عزيزي، أنت لم تكن مضطرًّا منذ البداية لسلوك هذا الطريق حتّى عندما تصير المسألة خلاف ما كنت تتوقّع، تُصاب بالهلع والاضطراب؛ فلم يحصل شيءٌ ذي بال، غاية الأمر أنّ التقدير كان بذلك الشكل، لكنّك لم تكن مطّلعًا على حقيقة الأمر.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء}</w:t>
+        <w:t xml:space="preserve">﴿وَتَنْزِعُ الْمُلْكَ مِمَّنْ تَشاء﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وانتبهوا أيّها الرفقاء، فإنّ المسألة الآن هي بهذا النحو أيضًا، فلا ينبغي علينا أن ننخدع بهذه الظواهر! فهو يُعطي لمن يشاء، ويسلب ممّن يُريد، ويستودعنا الأمانة لمدّة يومين، ثمّ إنّه يسترجعها في الغد. واليوم ما زال بنا رمق، فنجلس ونتحدّث ونضحك مع بعضنا البعض، لكن من غير المعلوم ما الذي سيحدث في الغد، هل التفتّم؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيض اللـه وتوفيقه لا ينقطعان، ولكن هل نستغلّ الفرصة؟</w:t>
@@ -1432,88 +1445,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{76F2C89E-16A6-4AEB-86CA-4A5E5BB8F8B9}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{0B5B1020-265C-4EF7-A06C-EACBED09856D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{76B9B3D2-0D4C-4040-AF42-9C3714D20768}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9820B6D3-C54E-4EDB-BB74-D4531793E96A}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1817,320 +1837,320 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مقطع من دعاء أبي حمزة الثمالي، للإمام السجّاد عليه السلام، راجع: مصباح المتهجد وسلاح المتعبّد؛ ج‏٢؛ ص٥۸٤.</w:t>
+        <w:t xml:space="preserve">  مقطع من دعاء أبي حمزة الثمالي، للإمام السجّاد عليه السلام، راجع: مصباح المتهجد وسلاح المتعبّد؛ ج‏٢؛ ص٥۸٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لعلّ سماحة السيّد يشير إلى هذا المقطع من الرواية الذي يقول فيه الإمام الرضا عليه السلام: </w:t>
+        <w:t xml:space="preserve">  لعلّ سماحة السيّد يشير إلى هذا المقطع من الرواية الذي يقول فيه الإمام الرضا عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:bCs/>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من زارني في غربتي كتب الله عزّ وجلّ له أجر مائة ألف شهيد، ومائة ألف صدّيق ومائة ألف حاجّ ومعتمر، ومائة ألف مجاهد، وحشر في زمرتنا، وجعل في الدرجات العلى من الجنة رفيقنا».</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (عيون أخبار الرضا ج۱ ص ٢۸۷؛ من لا يحضره الفقيه ج٢ ص ٥۸٥؛ وسائل الشيعة ـ آل البيت ـ ج ۱٤، ص ٥٦۸) المترجم.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> يشير سماحته إلى ظاهرة معروفة في إيران حيث تشكّل في الأحياء السكنيّة هيئات خاصّة لإقامة مجالس العزاء في شهري محرّم وصفر.</w:t>
+        <w:t xml:space="preserve">  يشير سماحته إلى ظاهرة معروفة في إيران حيث تشكّل في الأحياء السكنيّة هيئات خاصّة لإقامة مجالس العزاء في شهري محرّم وصفر.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الفصول المهمّة في أصول الأئمّة، ج۱، ص۱٥٤.</w:t>
+        <w:t xml:space="preserve">  الفصول المهمّة في أصول الأئمّة، ج۱، ص۱٥٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة المائدة، الآية ۱۱۰.</w:t>
+        <w:t xml:space="preserve">  سورة المائدة، الآية ۱۱۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة القمر، الآية ۱.</w:t>
+        <w:t xml:space="preserve">  سورة القمر، الآية ۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المراد من العامّي هنا هو غير السيّد؛ أي الذي لا ينتسب لأهل بيت النبيّ الأكرم صلّى الله عليه وآله وسلّم. (م)</w:t>
+        <w:t xml:space="preserve">  المراد من العامّي هنا هو غير السيّد؛ أي الذي لا ينتسب لأهل بيت النبيّ الأكرم صلّى الله عليه وآله وسلّم. (م)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لقد جرت العادة بين العلماء أن يضع السيّد (وهو الذي يكون من نسل النبيّ صلى الله عليه وآله) عمامةً سوداء أو خضراء، وغير السيّد (أي العامّي الذي ليس من نسله صلّى الله عليه وآله) عمامةً بيضاء. (م)</w:t>
+        <w:t xml:space="preserve">  لقد جرت العادة بين العلماء أن يضع السيّد (وهو الذي يكون من نسل النبيّ صلى الله عليه وآله) عمامةً سوداء أو خضراء، وغير السيّد (أي العامّي الذي ليس من نسله صلّى الله عليه وآله) عمامةً بيضاء. (م)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة آل عمران، مقطع من الآية ٢٦.</w:t>
+        <w:t xml:space="preserve">  سورة آل عمران، مقطع من الآية ٢٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة آل عمران، مقطع من الآية ٢٦.</w:t>
+        <w:t xml:space="preserve">  سورة آل عمران، مقطع من الآية ٢٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الصحيفة أو الكتاب أو الوثيقة؛ أي ورقة ملفوفة ومشدودة ومحزّمة. (م)</w:t>
+        <w:t xml:space="preserve">  الصحيفة أو الكتاب أو الوثيقة؛ أي ورقة ملفوفة ومشدودة ومحزّمة. (م)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة آل عمران، مقطع من الآية ٢٦.</w:t>
+        <w:t xml:space="preserve">  سورة آل عمران، مقطع من الآية ٢٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2620,51 +2640,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3443,61 +3463,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3772,63 +3867,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>