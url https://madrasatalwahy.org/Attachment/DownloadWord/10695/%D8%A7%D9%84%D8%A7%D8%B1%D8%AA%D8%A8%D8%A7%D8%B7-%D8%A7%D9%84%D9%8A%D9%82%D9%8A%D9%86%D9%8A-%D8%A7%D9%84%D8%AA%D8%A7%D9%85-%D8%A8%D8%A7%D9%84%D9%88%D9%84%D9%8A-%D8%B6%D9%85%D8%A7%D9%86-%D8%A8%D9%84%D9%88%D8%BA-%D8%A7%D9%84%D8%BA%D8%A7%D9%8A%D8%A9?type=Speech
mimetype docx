--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الارتباط اليقينيّ التامّ بالوليّ ضمان بلوغ الغاية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الخامسة عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -592,51 +605,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّه كان قد تمرَّن على القيام بهذا العمل تدريجيّاً، فابتدأ من المستوى المنخفض كالواحد والاثنين والثلاثة إلى أن وصل إلى العشرين فولتاً مثلاً، حيث حصلت له صعقة طفيفة، ثم أخذ بتصعيد مقدار الفولتية إلى الثلاثين والأربعين وهكذا حتى تمكنَّ أخيراً من لمس السلك ذي المائتين والعشرين فولتاً دون أن يُصعق، فلو أنَّه قد لمس رجلاً آخر وهو على هذه الحال، لطار الآخر في الهواء، بينما لم يحصل له هو أيّ شيء، لأنَّ جسمه قد اعتادَّ هذا الأمر، فلا تصعقه الكهرباء والحال هذه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[وهكذا يكون الحال مع الإنسان في حياته الدنيويّة] فالله يُسلِّط عليه من مثل هذه الصعقات في كلِّ لحظة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ وَ الْأَرْضِ يَمُرُّونَ عَلَيْها وَ هُمْ عَنْها مُعْرِضُونَ}</w:t>
+        <w:t xml:space="preserve">﴿وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ وَ الْأَرْضِ يَمُرُّونَ عَلَيْها وَ هُمْ عَنْها مُعْرِضُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كم هي آية عجيبة، فهي من الآيات الحاوية على نكات سلوكيّة مهمّة، وذلك كيف أنَّ الله يمتحن العبد بوضع أمور مهمة وأساسيّة وحياتيّة في طريقه وبأشكال مختلفة، فإن استغلّها فسيتقدّم خطوة إلى الأمام، وإلاّ فستكون بمثابة صعقة قد تغافل عنها وعبرها؛ فلأجل أن يستفيق من هذا الحال، فلا بدَّ من أن يتعرّض لصعقة مقدارها خمسين فولتاً؛ فلقد كنتَ تتنبّه وتعود إلى رشدك بالصعقة التي مقدارها عشرون أو ثلاثون فولتاً، أمّا الآن فلم تعد تلك الصعقة تجدي معه نفعاً، فلا بدَّ له من الصعقة بقوّة الخمسين فولتاً. فسيتعرّض إلى امتحان آخر أشدّ من السابق، فسيتعرّض لاختبار آخر؛ فيقول: يا للعجب! وما الذي سأفعله والحال هذه، فكيف سأقوم بتبرير هذه المسألة؟ وماذا سأقول للناس هذه المرّة؟ فإن قمتُ بتوضيح الأمر للناس، فسيتم التساؤل عن كلامي السابق الذي كنت قد أطلقته، فما الذي أفعله الآن؟ فيبدأ بالتفكير في إيجاد مخرج لذلك، فيتدّخل الشيطان ويقول له: عليك بإيجاد تبرير لهذه القضيّة كما فعلت مع السابقة، فستُحلّ المسألة بعون الله. فيقوم بتقليب الأمور والبحث عن تبريرٍ مؤدّاه بأنَّ المصلحة تقتضي بأن يقوم الإنسان بشيء من هذه الأفعال في بعض الأحيان، ويتغافل بذلك عن الموضوع هذه المرّة أيضاً، ويتجاوز الصعقة التي هي بقوّة الخمسين فولتاً. فما شاء الله! ها قد اكتسب قوّة تحمّل بمقدار الخمسين فولتاً. بعدها سيُعرّضه الله لصعقة أخرى بقوة مائة فولت وهكذا. حتّى يصل به الحال إلى أنَّ الصدمة الكهربائية ذات قوة مائتين وعشرين فولتاً لا تعود تؤثِّر به، بل وتعتبر من وسائل اللهو بالنسبة إليه؛ فيقوم بقطع رأس ابن رسول الله في كربلاء وبدون مبالاة؛ فهذا مثال لمن وصل إلى المقام الذي لا تنفع معه الصدمة ذات قوة مائتين وعشرين فولتاً. [فذلك لم يحصل له دفعة واحدة] بل تدرَّج فولتاً بعد الآخر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان أمير المؤمنين جالساً في مسجد الكوفة يوماً وأصحابه مجتمعون حوله، وكان الحديث يدور حول ضرورة أن يكون الإنسان يقظاً لكي يحظى بحسن العاقبة؛ فأعجب هذا الحديث رجلاً لا أتذكر اسمه جيداً، هل كان اسمه الحجاج؟ ـ لقد نسيت اسمه ـ وانفرجت له أسارير وجهه وابتهج به كثيراً. فقال له أمير المؤمنين: تمهّل ولا تقفز في الهواء فرحاً ـ لم يقل ذلك أمير المؤمنين، بل أنا الذي أقوله، قال له ـ ستدخل يوماً من باب الفيل هذا تحمل راية في جمع من أهل الكوفة متوجّهين لقتال ابن رسول الله ـ ابني الحسين ـ فقال: كيف يكون ذلك يا علي، وأخذ يقوم بحركات انفعالية؛ فقال له أمير المؤمنين: اصبر، فما زال أمامك الكثير من الوقت، فلا تقم بهذه الحركات. فقال: لا قدَّر الله أن يأتي ذلك اليوم. فقال أمير المؤمنين: بل سيأتي ذلك اليوم، فهو ليس صعباً على الله، ولكنَّ ذلك سوف لن يحصل في الوقت الحاضر، بل سأرحل عن هذه الدنيا، ثم يأتي الحسن [ليبقى] عدّة سنوات من بعدي، ثم يرحل الحسن ليأتي الحسين من بعده ـ أنا الذي أقول هذا الكلام، فلم يقله أمير المؤمنين ـ فما الذي سيحصل لك خلال هذه الفترة؟ وأين ستكون خلال هذه السنوات الطوال؟ وعلى من ستتردّد ومن ستُعاشر ومن سيكون أصدقاؤك؟ وهكذا ستمضي الأيّام حتّى يأتي ابن زياد وسيحصل عند ذلك التهديد والوعيد، سيهدّدك بمصادرة بيتك؛ فعندها سترتعد فرائصك. كلّ ذلك سيحصل لك في ذلك الزمان وليس الآن إذ أنت جالس إلى جنب علي. </w:t>
@@ -1271,51 +1284,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول: لقد انقضى المجلس و بلغ العمر آخره، وها نحن نشعر بالعجز في أوّل ‏محاولة منَّا لوصفك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">على أيّة حال، فمعارف الأئمة لا متناهية؛ ومن أيّ جزء منها أردنا الشروع بالبحث، نحسُّ بعدم وجود نهاية له؛ وكلّ إنسان يستطيع الحديث عن هذه المطالب بمقدار إدراكه وسعته الوجوديّة؛ وما بيّناه كان بمقدار سعتنا وفهمنا للمواضيع. وعلينا أن نطلب من الله وبحسب مفاد الآية الشريفة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ قُلْ رَبِّ زِدْني‏ عِلْماً}</w:t>
+        <w:t xml:space="preserve">﴿وَ قُلْ رَبِّ زِدْني‏ عِلْماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أن يزيد في علمنا وفهمنا ومعرفتنا. وأن يكشف لنا في كلّ آن مرتبة من مراتب جماله وجلاله. إن شاء الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1353,88 +1366,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{194091D6-DBDF-4290-98B8-4062BD115B24}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{13A8ACDD-2663-40CE-BACC-D7442326E67D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{44835C5A-9647-4540-8DFD-17F20CB96138}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2872203B-2BA1-40C1-A1DC-3C62BE4842B2}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1483,61 +1503,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="9" name="_x0000_i0009">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0009"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1640,61 +1660,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="10" name="_x0000_i0010">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0010"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1738,209 +1758,209 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> إحدى فقرات دعاء الإمام السجّاد عليه السلام المعروف باسم دعاء أبي حمزة الثمالي.</w:t>
+        <w:t xml:space="preserve">  إحدى فقرات دعاء الإمام السجّاد عليه السلام المعروف باسم دعاء أبي حمزة الثمالي.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> التشكيك اصطلاح منطقي وفلسفي يعني التفاوت والاختلاف في انطباق بعض المفاهيم على مصاديقها كالبياض؛ حيث تتفاوت مصاديقه شدّة وضعفًا، وفي مقابله التواطؤ ويعني التساوي في الانطباق، كانطباق مفهوم الحيوان على البقر والغنم (المترجم).</w:t>
+        <w:t xml:space="preserve">  التشكيك اصطلاح منطقي وفلسفي يعني التفاوت والاختلاف في انطباق بعض المفاهيم على مصاديقها كالبياض؛ حيث تتفاوت مصاديقه شدّة وضعفًا، وفي مقابله التواطؤ ويعني التساوي في الانطباق، كانطباق مفهوم الحيوان على البقر والغنم (المترجم).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> بحار الأنوار، ج ۱٤ من ص ٢۸٩ إلى ص ٢٩٩ [المترجم]</w:t>
+        <w:t xml:space="preserve">  بحار الأنوار، ج ۱٤ من ص ٢۸٩ إلى ص ٢٩٩ [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة يوسف (۱٢)، الآية ۱۰٥.</w:t>
+        <w:t xml:space="preserve">  سورة يوسف (۱٢)، الآية ۱۰٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> يشير سماحة السيِّد إلى الحادثة المرويّة في كتاب الإرشاد للشيخ المفيد ج۱، ص ٣٢٩: ومن ذلك ما رواه الحسن بن محبوب، عن ثابت الثمالي، عن أبي إسحاق السبيعي، عن سويد بن غفلة: أن رجلا جاء إلى أمير المؤمنين عليه السلام فقال: يا أمير المؤمنين، إني مررت بوادي القرى، فرأيت خالد بن عرفطة قد مات بها فاستغفر له، فقال أمير المؤمنين عليه السلام. </w:t>
+        <w:t xml:space="preserve">  يشير سماحة السيِّد إلى الحادثة المرويّة في كتاب الإرشاد للشيخ المفيد ج۱، ص ٣٢٩: ومن ذلك ما رواه الحسن بن محبوب، عن ثابت الثمالي، عن أبي إسحاق السبيعي، عن سويد بن غفلة: أن رجلا جاء إلى أمير المؤمنين عليه السلام فقال: يا أمير المؤمنين، إني مررت بوادي القرى، فرأيت خالد بن عرفطة قد مات بها فاستغفر له، فقال أمير المؤمنين عليه السلام. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">" مه، إنه لم يمت ولا يموت حتى يقود جيش ضلالة صاحب لوائه حبيب بن حماز "فقام رجل من تحت المنبر فقال. يا أمير المؤمنين، والله إني لك شيعة، وإني لك محب، قال: "ومن أنت؟" قال: أنا حبيب بن حماز، قال: "إياك أن تحملها، ولتحملنّها فتدخل بها من هذا الباب" وأومأ بيده إلى باب الفيل. فلما مضى أمير المؤمنين عليه السلام وقضى الحسن بن علي من بعده، وكان من أمر الحسين بن علي عليهما السلام ومن ظهوره ما كان، بعث ابن زياد بعمر بن سعد إلى الحسين بن علي عليهما السلام وجعل خالد ابن عرفطة على مقدمته، وحبيب بن حماز صاحب رايته، فسار بها حتى دخل المسجد من باب الفيل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ووردت الرواية كذلك في كتاب بصائر الدرجات، ص ٣۱۸؛ ومناقب بن شهر آشوب، ج٢، ص ۱۰٥؛ وكشف اليقين، للعلاّمة الحلّي، ص ۷٩؛ ومصادر أخرى باختلافات يسيرة. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سبق وأن بيَّن سماحة السيِّد هذا الموضوع في مجالس سابقة، فقال سماحته إنَّ الولي لا يمكن أن يخطأ في القضايا الأساسية والمصيرية والأوامر والنواهي والبرامج التي يعطيها للسالكين، بل يشمل مثل هذا الخطأ بعض مسائل الحياة اليومية. [المترجم]</w:t>
+        <w:t xml:space="preserve">  سبق وأن بيَّن سماحة السيِّد هذا الموضوع في مجالس سابقة، فقال سماحته إنَّ الولي لا يمكن أن يخطأ في القضايا الأساسية والمصيرية والأوامر والنواهي والبرامج التي يعطيها للسالكين، بل يشمل مثل هذا الخطأ بعض مسائل الحياة اليومية. [المترجم]</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة طه (٢۰)، آخر الآية ۱۱٤.</w:t>
+        <w:t xml:space="preserve">  سورة طه (٢۰)، آخر الآية ۱۱٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2430,51 +2450,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3253,61 +3273,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3582,63 +3677,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>