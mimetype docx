--- v0 (2025-11-13)
+++ v1 (2026-01-09)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفاء الله وأولياؤه بما وعدوا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الحادية عشرة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -586,51 +599,60 @@
         <w:t xml:space="preserve">فالله يأتي ويأخذ بيد الإنسان: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">{وَ الَّذينَ جاهَدُوا فينا لَنَهْدِيَنَّهُمْ سُبُلَنا}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يعني أن الذين هم جادّون ويتابعون فنحن نأخذ بأيديهم! وأما ذاك الذي لا يتابع فلا شأن لنا به! بل نوكل أمره إلى نفسه، إذ هو يقول: هذا فكري أنا وعلمي أنا وتجربتي أنا واستعدادي أنا وذكائي أنا، أنا أنا أنا.. فيقال له: ما ينبغي أن نكمله نحن أوكلناه إليك؛ فاذهب أنت فأكمله بنفسك! ماذا نفعل؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تكيه بر تقوا و دانش در طريقت كافري است *** راهرو گر صد هنر دارد توكل بايدش</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[الاعتماد على التقوى والعلم في الطريق إلى الله كفر، فالمسير إنما يحصل بالتوكل وإن كان لدى السالك مائة مهارة]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ هذه الإمدادات تأتي من تلك الناحية، فعندما يقولون: إنا نأخذ بأيديكم، فهم صادقون في ذلك! </w:t>
       </w:r>
     </w:p>
@@ -833,51 +855,60 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أتى رجل لينصحني وبقي نصف ساعة يتحدّث مفصّلاً عن "أحداث النهر الساخن في المحيط الأطلسي </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(Gulf Stream)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"! وعندما أنهى كلامه جيداً، وكنت من أول الأمر أعرف ماذا يريد، قال: لماذا لا تحفظ نفسك أنت في ظل هذه المجريات وتبقي على نفسك وعلى...! فقلت له: لماذا لا يكون الأمر على العكس؟ بأن يحفظ ذلك التيار نفسه من جانب الحقير؟! فأنت رتّبت هذه الصغرى والكبرى وسقت كلّ هذا الكلام لتحصل على هذه النتيجة! أقول لك: فلنعكس المسألة، فليأت ذلك التيار وليسكت ولينصت إلى كل ما أقوله أنا! فبقي هكذا متعجباً!! بعد أن بقي نصف ساعة ينصح..</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">با سيه دل چه سود گفتن پند *** نرود ميخ آهنین در سنگ</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[ماذا ينفع الكلام مع أسود القلب، فالمسمار الحديدي لا يخترق الصخر الأصم!]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قلت له هات دليلك! فإن جئت بالدليل نقبل به! هل التفتم؟! جميع المسائل هي من هذا القبيل..</w:t>
       </w:r>
     </w:p>
@@ -888,64 +919,64 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفاء الله وأوليائه بالوعد ينفي اليأس الناشئ من تغيّر المتغيّرين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هنا نرى بأن منهج الأنبياء والأئمة والأولياء هو أن يأتوا ويجلسوا مع كل فرد فرد على حدة! فعندما كان النبي يأتي ويتحدث إلى الجمع، لم يكن ليقول لهم ناظراً للجميع نظرة واحدة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">أطيعوا الله وأطيعوا الرسول...</w:t>
+        <w:t xml:space="preserve">﴿أطيعوا الله وأطيعوا الرسول... ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">والسلام! كلا لم يكن الأمر كذلك! بل عندما كان النبيّ يأتي ويتحدّث كان يجلس إلى جانبك أنت على الخصوص ويقول لك: يا سيّد محمد حسن أنا أتحدّث إليك! كلامي هذا إنما هو لك! يا فلان ويا فلان كلامي هذا هو لك، يا فلان.. يعني أنه كان يخاطب كلّ فرد من الأفراد، ويقول له أنا أتحدّث معك! لا علاقة لك بالآخرين! فأنا رسول الله مرسل إليك خاصّة! أنا مرسل إليك خاصة وأقول لك هذا! لا تنظر إلى الجمع، ولا تنظر إلى قلّة الناس وكثرتهم.. هذا كلام المرحوم العلامة! لا تنظر إلى من يأتي ومن يذهب! بل انظر إلى نفسك وإليّ فقط.. هذا هو كلام النبي! انظر إلى نفسك.. أما من يجلس إلى جانبك، فما علاقتك به! فهل سوف تدفن في قبره؟ وهل ستحمل ملفه يوم القيامة؟ فمن أين أتانا هذا الداء الذي ابتلينا به فصرنا ننظر إلى من حولنا؟ سببه أننا لا تصديق لدينا ولا يقين! من هنا أتى! نحن ليس لدينا يقين بأنّ كل من يأتي يفتح له الله ملفاً خاصاً به! فالله يصلح له الأمر ويأتي به! لا أن المسألة هكذا فلنذهب ونرى ماذا هناك! نشكل مؤتمر ولجنة لتنظر فيه! بل من الأول يفتح له ملفاً ويحمله إياه ويقول اذهب! وللآخر يقول: هذا ملفك اذهب واعمل به! أولياء الله هكذا يقولون: بأنكم عندما تتحركون في الطريق إلى الله، انظروا إلى أنفسكم فقط! لا تنظروا إلى هذا وذاك! فالنظر ههنا وههنا.. نعم يمكن.. ولدينا روايات تفيد بأن الإنسان ينبغي أن ينظر إلى من وفقه الله للعمل حتى يحثه على العمل! ويكون شوقه أكثر وتوفيقه أكبر! وعشقه أكثر! واندفاعه واهتمامه أشد! لكن لا العكس! فإن شاهدنا مبتلى ببعض المشكلات فلنمض في طريقنا.</w:t>
+        <w:t xml:space="preserve"> والسلام! كلا لم يكن الأمر كذلك! بل عندما كان النبيّ يأتي ويتحدّث كان يجلس إلى جانبك أنت على الخصوص ويقول لك: يا سيّد محمد حسن أنا أتحدّث إليك! كلامي هذا إنما هو لك! يا فلان ويا فلان كلامي هذا هو لك، يا فلان.. يعني أنه كان يخاطب كلّ فرد من الأفراد، ويقول له أنا أتحدّث معك! لا علاقة لك بالآخرين! فأنا رسول الله مرسل إليك خاصّة! أنا مرسل إليك خاصة وأقول لك هذا! لا تنظر إلى الجمع، ولا تنظر إلى قلّة الناس وكثرتهم.. هذا كلام المرحوم العلامة! لا تنظر إلى من يأتي ومن يذهب! بل انظر إلى نفسك وإليّ فقط.. هذا هو كلام النبي! انظر إلى نفسك.. أما من يجلس إلى جانبك، فما علاقتك به! فهل سوف تدفن في قبره؟ وهل ستحمل ملفه يوم القيامة؟ فمن أين أتانا هذا الداء الذي ابتلينا به فصرنا ننظر إلى من حولنا؟ سببه أننا لا تصديق لدينا ولا يقين! من هنا أتى! نحن ليس لدينا يقين بأنّ كل من يأتي يفتح له الله ملفاً خاصاً به! فالله يصلح له الأمر ويأتي به! لا أن المسألة هكذا فلنذهب ونرى ماذا هناك! نشكل مؤتمر ولجنة لتنظر فيه! بل من الأول يفتح له ملفاً ويحمله إياه ويقول اذهب! وللآخر يقول: هذا ملفك اذهب واعمل به! أولياء الله هكذا يقولون: بأنكم عندما تتحركون في الطريق إلى الله، انظروا إلى أنفسكم فقط! لا تنظروا إلى هذا وذاك! فالنظر ههنا وههنا.. نعم يمكن.. ولدينا روايات تفيد بأن الإنسان ينبغي أن ينظر إلى من وفقه الله للعمل حتى يحثه على العمل! ويكون شوقه أكثر وتوفيقه أكبر! وعشقه أكثر! واندفاعه واهتمامه أشد! لكن لا العكس! فإن شاهدنا مبتلى ببعض المشكلات فلنمض في طريقنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">صدّقوني بأني كنت مع أشخاص لو قلت ما هي الأفعال التي كانت تصدر منهم، فلو لم ينبت لكم قرنان، فلا أقل لخرج من رأسكم الدخان! هذا هو الحد الأدنى! ذكرت بعضه لكم! هؤلاء يصلون إلى حدّ يكَبّون على رؤوسهم في قعر جهنم، وقد ألقوا فيها من الآن ولا يزالون مستمرون على أفعالهم! وصاروا مورد سخط وطرد أولياء الله! ولكن حتى الآن لم يخطر في ذهني ولو لطرفة عين أن لماذا فعلوا ذلك؟! ذهبوا فليذهبوا! ما علاقتي أنا بذلك! لم يطيعوا الأوامر، ارتكبوا المعاصي، ولم يعملوا بالبرامج وبالأوامر المطلوبة منهم! فرأوا جزاءهم! فآتي أنا وأقول: آه آه عجيب! صدقوني إن لم ينبت لكم قرون فلا أقل سيخرج الدخان من رؤوسكم إن قلت لكم بعضاً من الأسرار التي اطلعت عليها! حسناً لم يلتزم فهذا جزاؤه! فالله لا يمازح أحداً! والطريق واضح!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا لدينا في الروايات؛ إما عن أمير المؤمنين في الكلمات القصار أو عن الإمام الصادق، والظاهر أنها عن أمير المؤمنين: يقول بأن الفرق بين المؤمنين وبين المنافقين هو أنه عندما يزداد عدد المنافقين فإنهم يفرحون بأن منافقاً أضيف إلى جمعهم وصار وزنهم كبيراً، وفرحهم إنما هو لأجل أن وزنهم صار ثقيلاً!</w:t>
       </w:r>
@@ -1138,88 +1169,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{59461800-65EC-4C9C-BD75-24918679E227}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D2EB5C16-6D65-4EE4-8769-2631B9ADD00E}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F7B8A5A1-CE2E-48E5-B640-510C37094506}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C130FE4F-1267-4C07-98F2-EB44B39A64E5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2103,51 +2141,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2926,61 +2964,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3255,63 +3368,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>