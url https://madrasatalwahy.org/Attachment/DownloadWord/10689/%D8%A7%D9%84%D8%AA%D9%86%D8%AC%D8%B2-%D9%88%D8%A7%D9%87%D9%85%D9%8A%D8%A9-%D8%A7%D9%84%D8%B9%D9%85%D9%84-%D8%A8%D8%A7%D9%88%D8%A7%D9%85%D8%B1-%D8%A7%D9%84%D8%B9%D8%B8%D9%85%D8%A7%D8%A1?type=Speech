--- v0 (2025-11-13)
+++ v1 (2026-01-09)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التنّجز وأهمّية العمل بأوامر العظماء</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة التاسعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -490,78 +503,84 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أذكر جيّدًا ـ وإن كنت طفلاً في ذلك الوقت ـ بأنّ المرحوم العلاّمة ـ وقد أشار إلى هذه المسألة في كتبه ـ أتى إلى قمّ، وذهب للقاء المرحوم آية الله الخميني، وذلك بعد تلك الأحداث والأعمال التي قام بها الشاه وطرحِه لمسألة الاستفتاء وتمكّنه من تحقيق بعض مآربه في ذلك الزمان؛ فذهب إليه، ورأى أنّه جالس، وقد كان على علاقة به، حيث كان يتردّد عليه، ويطرح عليه بعض المسائل، وكانا مترافقين ومنسجمين مع بعضهما البعض؛ فنظر إليه وقال: يا سيّد روح الله، بسم الله، فلنتحرّك ولننهض! ولنستمرّ في البرامج السابقة، وفي ذلك التبليغ والكلام والمسائل التي كنّا قد شرعنا بها، فقال: يا سيّد محمد حسين، ألا تدري ما الذي حصل؟ لقد انتهت المسألة، حيث قاموا بإجراء الاستفتاء، وفازوا فيه، ولم يبق المجال لفعل أيّ شيء! ولا يخفى أنّ المرحوم العلاّمة أشار إلى هذه المسألة بشكل مختصر في كتاب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"وظيفة الفرد المسلم"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فنظر إلى السيّد الخميني وقال له: ألم تقرأ في القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَعَدَ اللَّهُ الَّذينَ آمَنُوا مِنْكُمْ وَعَمِلُوا الصَّالِحاتِ لَيَسْتَخْلِفَنَّهُمْ فِي الأَرْض... وَ لَيُمَكِّنَنَّ لَهُمْ دينَهُمُ الَّذِي ارْتَضى‏ لَهُمْ...‏}</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (النور، الآية ٥٥)، فقال: نعم، لكنّه وعد الله الذين آمنوا ـ يُريد من ذلك أنّ: إيماننا لا يزال موضع كلام! ـ فقال له المرحوم العلاّمة: ومع ذلك، فقد قال الله تعالى لنا نحن ذلك، وإلاّ فلمن قاله إذن؟! فصحيح أنّك تسعى إلى إيمان عال جدًّا، إلاّ أنّ هذه مسألة أخرى! فكان ذلك سببًا في ازدياد شوق المرحوم السيّد الخميني وعزمه على هذا الأمر؛ وعلى كلّ حال، فالمسائل كثيرة، والعديد منها لم يتمّ الحديث عنه لحدّ الآن.</w:t>
+        <w:t xml:space="preserve">﴿وَعَدَ اللَّهُ الَّذينَ آمَنُوا مِنْكُمْ وَعَمِلُوا الصَّالِحاتِ لَيَسْتَخْلِفَنَّهُمْ فِي الأَرْض... وَ لَيُمَكِّنَنَّ لَهُمْ دينَهُمُ الَّذِي ارْتَضى‏ لَهُمْ...﴾ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقال: نعم، لكنّه وعد الله الذين آمنوا ـ يُريد من ذلك أنّ: إيماننا لا يزال موضع كلام! ـ فقال له المرحوم العلاّمة: ومع ذلك، فقد قال الله تعالى لنا نحن ذلك، وإلاّ فلمن قاله إذن؟! فصحيح أنّك تسعى إلى إيمان عال جدًّا، إلاّ أنّ هذه مسألة أخرى! فكان ذلك سببًا في ازدياد شوق المرحوم السيّد الخميني وعزمه على هذا الأمر؛ وعلى كلّ حال، فالمسائل كثيرة، والعديد منها لم يتمّ الحديث عنه لحدّ الآن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فانظروا الآن إلى موقفه من هذه القضية! حيث نجده يقول: لماذا لا تتحرّك؟ ولماذا لا تُقدم على ذلك الأمر؟ أفلا تعلم بأنّ الله تعالى قد وعدنا؟ وأمّا نحن، فقد قرأنا هذه الآية ألف مرّة، لكنّنا لا نُصدّق، بل نقرأ القرآن بعنوان التبرّك فقط! فما هي الحالة التي نشعر بها حينما نقرأ هذه الآية؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَعَدَ اللَّهُ الَّذينَ آمَنُوا مِنْكُمْ وَ عَمِلُوا الصَّالِحاتِ}</w:t>
+        <w:t xml:space="preserve">﴿وَعَدَ اللَّهُ الَّذينَ آمَنُوا مِنْكُمْ وَ عَمِلُوا الصَّالِحاتِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. فإذا رتّبنا الأثر على هذه الآية، وكانت لدينا مراقبة، واتّبعنا مطالب العظماء وعملنا بها، فإنّ هذا الوعد من الله سيكون له أثره.. ألن يكون له أثر؟ لأنّه إن لم يكن الأمر كذلك، فإنّ الله ـ تعالى عن ذلك ـ سيكون كاذبًا! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن ننسب الكذب إلى الله، لكن لا نتحرّك! حسنًا، تحرّك حتى ترى وعد الله! اعمل حتى تُشاهد وعد الله! لا تكذب حتى ترى وعد الله بالنسبة إلى الصادقين، ولا تُزوّر حتى ترى وعد الله بالنسبة إلى الأشخاص الأمينين! امش على الطريق المستقيم حتى ترى بعينيك عون الله لك، وترى كيف أنّ الله يساعدك، وكيف أنّه يرفع الموانع عنك، لكنّنا نأخذ المسألة مزاحًا فنتنكّب عن الجادّة، فلا يتدخّل الله لهدايتنا! يقول لنا: اذهب بنفسك، ومن الآن، زمامك بيدك! فأنت لم تعتمد على وعدي لك، حسنًا، على بركة الله، فاذهب بنفسك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -833,51 +852,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأمّا بالنسبة للمطالب التي يذكرها العظماء حينما يقولون [مثلاً]: لا ينبغي للمرأة أن تتحدّث مع الرجل؛ لأنّ في ذلك خطر عليها، وفيه ضرر عليها، ويُغيّر حالتها! فإنّنا نقول: إن لم آتِ وأسلّم على الضيف، فسوف يتضايق، وإذا أتى الجار ووقف عند الباب، ولم أذهب لاستقباله، سيقول: من يكون هؤلاء؟ لقد أتوا بدين جديد، فتراهم يعبسون ويجلسون هكذا من دون حراك! يالك من رِجعيّ! كأنّك أتيت من القرن السابع أو السادس الهجري أو من العصر الحجري! فما نتيجة كلّ هذه الكلمات؟ نتيجتُها هي أنّك لن تجنيَ تلك الثمرة التي ينبغي أن تحصل عليها من حياتك وعمرك وبرنامجك ودستورك لأجل رشدك وتكاملك! لا أقول بأنّك سوف تقع في الخطر؛ فهذا باب آخر وبحث مستقلّ، وقد ذكرنا نزرًا من ذلك في مقدّمة كتاب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Names_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«حيات جاويد»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إذ من المؤسف أنّ وسائل الحياة العصريّة ضربت جميع النظم العائلية، وخلطت الأمور، وصارت تُشكّل خطرًا كبيرًا وحقيقيًّا يهدّد كيان العائلة، وسيبقى يهدّدها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، قد لا تصل المسألة إلى هذه الدرجة، لكن أقلّ شيء هو أنّ ذلك الاستعداد الذي ينبغي أن يُستفاد منه سيتعطّل، وتلك الحالة التي ينبغي على الإنسان أن يعبر ويتحرّك بها... ولا فرق في ذلك بين الرجل والمرأة؛ فالرجل لا ينبغي له أيضًا أن يتحدّث مع المرأة؛ لأنّ حديثه مع المرأة سيترك أثرًا في نفسه، وليس من الضروري أن يُدرك الإنسانُ شيئًا في ذلك الوقت؛ إذ إنّ ذلك الحديث يترك في نفسه مجموعة من التأثيرات، ويزرع في داخله بعض التوهّمات والتخيّلات التي تبدأ بعد ذلك في النموّ، فتورد الإنسان ـ شيئًا فشيئًا ـ في مسائل وأمور أخرى؛ ولهذا، قيل من الأوّل: لا تتكلّم مع المرأة، اللهمّ إلاّ في المسائل الضروريّة، حيث لا إشكال هناك في الحديث مع المرأة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -960,51 +979,51 @@
         <w:t xml:space="preserve">«الأربعين»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> خاطئة؛ وحينئذٍ، لا إشكال، سوف نتراجع عنها، ونصلحها في الطبعة التالية، ونقول بأنّنا لم نتمكّن سابقًا من التوصّل لهذا الأمر؛ لأنّنا لم ننتبه إلى الآن لوجود الرواية الفلانيّة، ولم نلتفت إلى القصة والحكاية الكذائيّة؛ وقد تم لفت نظرنا إليها، وها نحن نصلحها!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا إذا كتبت في كتابك وقلت ـ بحيث سمعك جميع الناس ـ : «إنّ الأربعين كانت في زمن الأئمّة، وبعد ذلك اندثرت كلّها وبقيت فقط أربعين الإمام الحسين عليه السلام»،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فعليك ـ بعمامتك هذه ـ أن تجيب عن ذلك يوم القيامة! لماذا طرحت على الناس كلامًا كذبًا من دون دليل؟ لماذا؟ هات دليلاً بأنّه في زمان الأئمّة، أقام الإمام السجّاد عليه السلام مجلس الأربعين للإمام الباقر عليه السلام ـ فلا كلام لنا ـ ، أو أنّ الإمام الرضا أقام مجلسًا لأربعين والده موسى بن جعفر، أو أنّ الإمام الجواد أقام أربعين لأبيه الإمام الرضا عليه السلام، أو أنّ الناس في زمن الأصحاب ـ نظير ابن أبي عمير وزرارة وفلان ـ أقاموا الأربعين، ثمّ بعد ذلك ضاعت هذه السنّة، حيث أتى زلزال فجأةً وقضى عليها جميعًا! أو أتى تسونامي وأخذها إلى قعر البحر! أو أتت فجأةً صاعقةٌ فاندثرت جميع الأربعينيّات!! وأنا لا أفهم كيف أنّ النبيّ الذي هو جدّ الإمام الحسين كانت له أربعين وضاعت، بينما بقيت أربعينيّة الإمام الحسين؟! فهذا من أعجب العجائب! ولو فرضنا أنّ أمير المؤمنين عليه السلام ـ الذي كان والدًا للإمام الحسين عليه السلام ـ كانت له أربعين وضاعت عبر صاعقة أو زلزال، فكيف بقيت أربعين الإمام الحسين؟! هذا تلاعب بدين الناس! هذا هو معنى ذلك! لكن أن يأتي الإنسان ويلعب بدين الناس، ليست بالمسؤوليّة السهلة!! فالله تعالى سيُشدّد في حساب الإنسان عليها! ولهذا، لا ينبغي على الإنسان أن يضع قدمه على ذيل الأسد؛ فغيرة الله تظهر هنا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لكن عندما يكون لدينا تصديق بأمرٍ ما، علينا أن نثبت عليه، وعلينا أن نواجه اعتراض الناس علينا.. فليكن ذلك! لأنّك إذا واجهت اعتراض الناس عليك، وبقيت ثابتًا على علمك ويقينك، فاعلم بأنّ صلاة الليل مائة سنة لن تجعلك تتقدّم كتقدّمك بثباتك في الإتيان بأحد هذه الأفعال! فإن فعلت أحد هذه الأفعال مع اعتراض الناس وطعنهم فيك وانتقادهم لك، فهذا الذي يجعلك تتقدّم وتتحرّك، وهذا الذي يجعلك تترقّى.. هذه هي حقيقة الأمر، وهذا هو معنى التنجّز.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1288,88 +1307,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{73FC2B7A-613B-4048-A066-6CF8D391CBDF}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D2A96727-BC2A-4EC5-88A6-C79DB06ED62D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{AB632ACE-3A2B-4785-8EA6-17517733330E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1163C9EE-F012-419F-8809-C0A53D4D81F5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1418,61 +1444,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1575,61 +1601,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1673,120 +1699,143 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> راجع: معرفة المعاد، ج ٢، ص ۱٢٢ ـ ۱٢٤.</w:t>
+        <w:t xml:space="preserve">  راجع: معرفة المعاد، ج ٢، ص ۱٢٢ ـ ۱٢٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> فيما يخصّ الآداب المستحبّة للغسل والتكفبن والدفن، يُرجى مراجعة: معرفة المعاد، ج ٣، ص ۱٢٣ ـ ۱٢٦.</w:t>
+        <w:t xml:space="preserve">  فيما يخصّ الآداب المستحبّة للغسل والتكفبن والدفن، يُرجى مراجعة: معرفة المعاد، ج ٣، ص ۱٢٣ ـ ۱٢٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أي: الحياة الخالدة. المترجم</w:t>
+        <w:t xml:space="preserve"> سورة النور ٢٤)  ألآية ٥٥.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> راجع: شكوفايى عقل در پرتو نهضت حسينى (ازدهار العقل في ظلّ النهضة الحسينيّة)، ص ٢٣۱، تأليف عبد الله الجوادي الآملي، دار النشر إسراء.</w:t>
+        <w:t xml:space="preserve">  أي: الحياة الخالدة. المترجم</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  راجع: شكوفايى عقل در پرتو نهضت حسينى (ازدهار العقل في ظلّ النهضة الحسينيّة)، ص ٢٣۱، تأليف عبد الله الجوادي الآملي، دار النشر إسراء.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2276,51 +2325,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3099,61 +3148,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3428,63 +3552,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>