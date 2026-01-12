--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أهمية الوفادة على الله تعالى بغير زاد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة السابعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -571,66 +584,72 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"منّا أهل البيت"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وقال عنه النبيّ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"بحر لا يُنزف"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ـ يعني لا نهاية له ـ ، ومع ذلك عندما يموت مثل هذا الشخص، فإنّ أفضل حال يريد أمير المؤمنين أن يصف به تلميذه التربوي الذي تربّى في حجره، وفي مدرسة أمير المؤمنين والنبيّ، فإنّه يقول: عندما رحل سلمان عن الدنيا، لم يصحب معه أيّ شيء ليعرضه على الله تعالى.. كان صفرًا! مثل الذي يوجد الآن في يدي: لا شيء، فقط هواء! فأين ذهبت تلك الصلوات التي كان يصلّيها؟! وأين ذلك الصوم الذي كان يصومه في هذه السنوات؟! وماذا حصل لذلك الحجّ الذي أدّاه؟! وأين هي تلك الصدقات التي كان ينفقها؟! انتبهوا جيّدًا، فقد وصلنا إلى مطلب دقيق جدًّا! ألم يكن يُصلّي؟! من الذي كان يصلّي؟ سلمان؟! لا! سلمان لم يكن يصلّي! من الذي كان يصوم؟ سلمان كان يصوم؟! كلاّ، سلمان لم يكن يصوم! من الذي كان يقرأ القرآن؟ هل كان سلمان هو الذي يقرأ القرآن؟! هل كان سلمان هو من ينفق؟! ألا يتطلّب الإنفاق مالاً؟ من أين كان يأتي هذا المال؟ حتمًا لم يكن يأتي به من منزل خالته؛ فمن أعطاه المال إذًا؟ وعليه، عندما كان سلمان ينفق، كان يأخذ المال من جهة، ويضعه في جهة أخرى؛ فأين هو سلمان في هذا البين؟ غير موجود! فليس لسلمان أيّ دخل هنا! من الذي كان يصلّي؟ من الذي كان يلقي الشوق للصلاة في نفس سلمان؟ من الذي كان يلقي محبّته في قلب سلمان؟ فلو لم يكن هناك محبّة في قلب سلمان، فهل كان سيصلّي؟! لم يكن ليتمكّن من تحريك يده أبدًا حتّى يُصلّي! فذلك العشق لله تعالى الموجود في قلب سلمان هو الذي جعله ينهض في منتصف الليل للصلاة، وذلك العشق لله هو الذي دفعه لفتح القرآن لكي يقرأ: {</w:t>
+        <w:t xml:space="preserve"> ـ يعني لا نهاية له ـ ، ومع ذلك عندما يموت مثل هذا الشخص، فإنّ أفضل حال يريد أمير المؤمنين أن يصف به تلميذه التربوي الذي تربّى في حجره، وفي مدرسة أمير المؤمنين والنبيّ، فإنّه يقول: عندما رحل سلمان عن الدنيا، لم يصحب معه أيّ شيء ليعرضه على الله تعالى.. كان صفرًا! مثل الذي يوجد الآن في يدي: لا شيء، فقط هواء! فأين ذهبت تلك الصلوات التي كان يصلّيها؟! وأين ذلك الصوم الذي كان يصومه في هذه السنوات؟! وماذا حصل لذلك الحجّ الذي أدّاه؟! وأين هي تلك الصدقات التي كان ينفقها؟! انتبهوا جيّدًا، فقد وصلنا إلى مطلب دقيق جدًّا! ألم يكن يُصلّي؟! من الذي كان يصلّي؟ سلمان؟! لا! سلمان لم يكن يصلّي! من الذي كان يصوم؟ سلمان كان يصوم؟! كلاّ، سلمان لم يكن يصوم! من الذي كان يقرأ القرآن؟ هل كان سلمان هو الذي يقرأ القرآن؟! هل كان سلمان هو من ينفق؟! ألا يتطلّب الإنفاق مالاً؟ من أين كان يأتي هذا المال؟ حتمًا لم يكن يأتي به من منزل خالته؛ فمن أعطاه المال إذًا؟ وعليه، عندما كان سلمان ينفق، كان يأخذ المال من جهة، ويضعه في جهة أخرى؛ فأين هو سلمان في هذا البين؟ غير موجود! فليس لسلمان أيّ دخل هنا! من الذي كان يصلّي؟ من الذي كان يلقي الشوق للصلاة في نفس سلمان؟ من الذي كان يلقي محبّته في قلب سلمان؟ فلو لم يكن هناك محبّة في قلب سلمان، فهل كان سيصلّي؟! لم يكن ليتمكّن من تحريك يده أبدًا حتّى يُصلّي! فذلك العشق لله تعالى الموجود في قلب سلمان هو الذي جعله ينهض في منتصف الليل للصلاة، وذلك العشق لله هو الذي دفعه لفتح القرآن لكي يقرأ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَ سَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَ قَبْلَ غُرُوبِها وَ مِنْ آناءِ اللَّيْلِ فَسَبِّحْ وَ أَطْرافَ النَّهارِ لَعَلَّكَ تَرْضى‏} </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(طه، ذيل الآية ۱٣۰)؛ فعلّة هذه الأمور هو ذلك العشق لله تعالى الذي يأخذه سلمان من جيبه ويُنفقه؛ فإذن من الذي يفعل ذلك كلّه؟! هو [الله تعالى] الذي يفعله! فنحن نرى الجهة الظاهريّة فقط للفعل، لكنّه هو الذي يقوم به؛ فلو أنّه أخذ من سلمان ذرّة واحدة من هدفه ومقصوده ومراده، فهل كان بوسعه أن ينهض للصلاة؟! </w:t>
+        <w:t xml:space="preserve">﴿وَ سَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَ قَبْلَ غُرُوبِها وَ مِنْ آناءِ اللَّيْلِ فَسَبِّحْ وَ أَطْرافَ النَّهارِ لَعَلَّكَ تَرْضى﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، فعلّة هذه الأمور هو ذلك العشق لله تعالى الذي يأخذه سلمان من جيبه ويُنفقه؛ فإذن من الذي يفعل ذلك كلّه؟! هو [الله تعالى] الذي يفعله! فنحن نرى الجهة الظاهريّة فقط للفعل، لكنّه هو الذي يقوم به؛ فلو أنّه أخذ من سلمان ذرّة واحدة من هدفه ومقصوده ومراده، فهل كان بوسعه أن ينهض للصلاة؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">... *** اگر نازى كند از هم فرو ريزند قالبها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[يقول: لولا عنايته لما استقام حجر على حجر]</w:t>
       </w:r>
@@ -736,51 +755,51 @@
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفدت على الكريم بغير زاد...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فأمير المؤمنين لا يمزح مع سلمان، ولا يجامله، ولو فتّشنا العالم لنجد شخصًا لا يجامل أحدًا، لوجدنا أنّه أمير المؤمنين؛ فهو لا يجامل أحدًا، بل هو صريح! يقول: هذا معوجّ، وذاك مستقيم! وهذا صحيح، وذاك خطأ! وهذا صدق، وذاك كذب! صريح لا يوارب أحدًا! فهذا الذي يُقال له قسيم الجنّة والنار، وميزان</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الحقّ والباطل؛ ففي السنة الأخيرة التي كنت فيها في مشهد بعد المرض الذي أصاب المرحوم العلاّمة قبل وفاته بثلاث سنوات، ذهبنا معه بضعة أيّام إلى أخلمد ـ وهي منطقة ريفيّة في نواحي مشهد ـ ، واستأجرنا منزلاً هناك لمدّة أسبوع؛ لأنّ الأطباء كانوا يقولون بأنّ عليه أن يكون في مكان جيّد؛ فبسبب مرض القلب الذي ألمّ به، كانوا يوصوننا بأن نأخذه إلى نواحي مشهد، فلا ينبغي له أن يبقى في نفس المدينة؛ لأنّ هواءها لا يُناسبه! فذهبنا، وبقينا هناك لمدّة سبعة أو ثمانية أيام؛ وفي إحدى الليالي، دار الحديث بيننا حول أمير المؤمنين عليه السلام وصفّين وهذه الأمور.. وجرى الكلام عن راحلة الإمام، وأنّها كانت بغلةً لا فرسًا! فقلت له: نعم، صحيح أنّ راحلته كانت بغلةً، لكنّها كان تختلف عن سائر البغال! فقال لي: كلاّ يا عزيزي! كان يركب البغلة لتواضعه! فقد كان لديه فرس للركوب، ولم يكن يركبه، وبما أنّ الإمام كان أميرًا على الجيش، كان عليه أن يلاحظ هذه المسألة! وكان هذا الكلام جميلاً بالنسبة إليّ! وأنّ ركوبه البغل كان لأجل هذا الأمر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">السرّ في جعل النبيّ صلّى الله عليه وآله وسلّم منزل أبي سفيان مأمنًا في فتح مكّة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1103,88 +1122,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{30D82595-8A5B-46B7-B534-15EA5456AD00}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{48AF2B37-26F3-481C-B5F0-D83FFBBEDC96}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A14F92DC-1CDD-4E55-838C-206722A54605}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{5CD78C3B-4AFB-48C8-8F31-6D9418026331}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1488,97 +1514,120 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المراد بالهيئات هنا هي تلك المؤسّسات التي يُشكّلها بعض الناس من أجل إقامة المناسبات المرتبطة بالمعصومين عليهم السلام؛ وقد أصبحت الكثير من هذه الهيئات تحصر اهتمامها بالأمور الظاهريّة فقط، لتتحوّل بذلك مراسم العزاء (وغيرها) إلى طقوس رتيبة قد تكتنفها في بعض الأحيان بعض مظاهر الابتداع. المترجم</w:t>
+        <w:t xml:space="preserve">  المراد بالهيئات هنا هي تلك المؤسّسات التي يُشكّلها بعض الناس من أجل إقامة المناسبات المرتبطة بالمعصومين عليهم السلام؛ وقد أصبحت الكثير من هذه الهيئات تحصر اهتمامها بالأمور الظاهريّة فقط، لتتحوّل بذلك مراسم العزاء (وغيرها) إلى طقوس رتيبة قد تكتنفها في بعض الأحيان بعض مظاهر الابتداع. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مثل فارسي ترجمته الحرفيّة يومٌ جديد ورزقٌ جديد (مشهورترين ضرب المثل هاي إيراني، ص ٩٩ نقلاً عن: محاضرات شرح حديث عنوان البصري، ج ‏۱، ص ٢۰) والمراد منه هنا أنّهم يرجعون مرّة أخرى إلى أعمالهم وحالاتهم السابقة. المترجم</w:t>
+        <w:t xml:space="preserve">  مثل فارسي ترجمته الحرفيّة يومٌ جديد ورزقٌ جديد (مشهورترين ضرب المثل هاي إيراني، ص ٩٩ نقلاً عن: محاضرات شرح حديث عنوان البصري، ج ‏۱، ص ٢۰) والمراد منه هنا أنّهم يرجعون مرّة أخرى إلى أعمالهم وحالاتهم السابقة. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لمزيد من الاطّلاع، يُرجى مراجعة: معرفة الإمام، ج ٦، ص ۱۱ إلى ۱٦.</w:t>
+        <w:t xml:space="preserve"> سورة طه (٢۰)  ألآیة ۱٣۰.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  لمزيد من الاطّلاع، يُرجى مراجعة: معرفة الإمام، ج ٦، ص ۱۱ إلى ۱٦.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2068,51 +2117,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2891,61 +2940,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3220,63 +3344,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>