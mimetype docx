--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى التنجّز وأهمّيته في السلوك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة السادسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -527,66 +540,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما الذي يتصورّه الناس؟ يتصوّر الناس بأنّ النبيّ قد جاء وقرأ علينا هذه الآيات وحفظناها، وبما أنّ النبي قالها لنا، فنحن نقرأها! لا، بل يجب على الناس أن يحضروا هذه المعاني الموجودة في وجود النبيّ ـ والتي ألقاها بهذه الألفاظ فدوّنوها على جلود الحيوانات وعلى الأوراق وغيرها ـ ، وأن يحفظوها في وجودهم، ويثبتوها في نفوسهم، ثمّ يعيدوا قراءتها من وجودهم عند الصلاة أو عند قراءة القرآن؛ فماذا يعني ذلك؟ يعني أنّ القرآن قد نزل عليك أنت، ونزل على كلّ فرد منكم، والنبيّ عبارة عن مرآة فقط؛ لأنّنا بحاجة إلى مرآة في الوسط، وبحاجة إلى واسطة، فالله لا يأتي ويوحي إلى كلّ فرد فرد؛ لأنّ الوحي بحاجة إلى عدّة أمور يا عزيزي! فهو بحاجة إلى الذهاب إلى غار حراء، فمن يا تُرى قد ذهب منّا إلى غار حراء؟ لو مشينا خطوتين فقط، لقلنا: آخ، رجلي تؤلمني! ولعدنا إلى المنزل، وأمّا النبيّ، فكان يُقيم في غار حراء أربعين يومًا بعد الأخرى! إنّ الوحي يستتبعه العمل، ويستتبعه البرد، وبحاجة إلى إحياء الليالي حتّى الصباح، وبحاجة إلى عزلة ومجاهدة ومراقبة، وبحاجة إلى ألف مسألة أخرى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، فالله أعفانا من جميع ذلك، وقال لنا: اجلسوا في منازلكم، فقد اصطنعنا ذاك الذي ينبغي عليه أن يقوم بكلّ هذه الأمور! وقد أعددنا النبيّ والأئمّة لمثل هذه الأمور؛ فهم مكلّفون بحمل أثقالكم، وإيصالكم إلى المقصود! فهذا النبيّ يتوسّط في الأمر، فيتلقّى هذه المطالب، ثمّ يُلقيها علينا بعد ذلك. وأسألكم بحقّ: كم هو مقدار استفادة الذين يقرؤون القرآن بهذه الطريقة من دون الالتفات إلى معانيه أبدًا، وغاية جهدهم أن يمنّوا على الله تعالى بسبب الثواب الذي وعد به الله سبحانه وهذه الأمور؟ وما هو حظّهم من قراءة القرآن؟! هل إنّ الإمام الصادق عليه السلام عندما قال: «لا زلت أردّد: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إيّاك نعبد وإيّاك نستعين</w:t>
+        <w:t xml:space="preserve">﴿إيّاك نعبد وإيّاك نستعين﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، إلى أن رأيت وسمعت أنّ هذه الكلمات تصدر من تلك الذات التي أقول لها: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إيّاك نعبد</w:t>
+        <w:t xml:space="preserve">﴿إيّاك نعبد﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وأنا الآن أسمع ذلك!»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كان يقرأ بهذه الطريقة؟! وهل كان يقرأ بنية الحصول على الحور العين يوم القيامة؟! أي هل كان يقول: نصلّي لكي نحصل على الحور العين يوم القيامة؟ ولا بدّ أن الحور للرجال، وأمّا النساء، فلهم الغلمان.. وهناك أيضًا برتقال ولبن وحليب في يوم القيامة، وأمثال ذلك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -654,174 +667,174 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال: وفي ذلك الحين ارتفع الصوت بالتكبير، وشرع المرحوم الأنصاري بالصلاة ـ والظاهر أنّهم كانوا في المسجد؛ لأنّ المرحوم الأنصاري كان يصلّي في المسجد، وقد حصلت هذه القضيّة في الظهر سواء كان ذلك في المنزل أم في المسجد، لكن من المقطوع به أنّها كانت صلاة الظهر ـ ، وعندما بدأنا بالصلاة، اعترتنا حالة عجيبة جدًّا فاقت جميع تلك الحالات التي حصلت لنا قبل ذلك وكنّا نظنّ فيها بأنّنا نشعر بالسعادة، إذ حصلت لنا حالة ونشاط عجيبين، فلم نعد نشعر متى ركعنا، ومتى سجدنا، وكنّا نقتصر على متابعة المرحوم الأنصاري في فعله من دون الإحساس بالوضعيّة التي كنّا فيها! وحينما انتهت صلاة الظهر، وانتهى المرحوم الأنصاري من التسبيح، نظر إليّ وقال: هل فهمت الآن مسألة لقاء الله؟ وهل أدركت الآن مسألة لقاء الله تعالى في الصلاة؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن نتصوّر بأنّ الحضور في هذا الطريق والثبات عليه هو عبارة عن عمل تكراري يهدف للوصول إلى مرتبة أخرى وحالة أخرى، والحال أنّه في كلّ موقف وكلّ لحظة حصل فيها تجديدُ فكرٍ لنا، فإنّ ذلك يُعدّ بنفسه لقاءً وخطوة نحو الأمام بالنسبة إلينا! فكلّ رؤية جديدة وبصيرة جديدة وفكر جديد يحصل لنا فيما يخصّ مختلف المسائل الاجتماعيّة والسياسيّة والدينيّة والفقهيّة والأخلاقيّة والعقائديّة هو عبارة عن خطوة في اتّجاه لقاء الله؛ فما الذي يعنيه لقاء الله تعالى؟ إنّ لقاء الله يعني تثبيت الحقّ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَق‏ وَأَنَّ ما يَدْعُونَ مِنْ دُونِهِ هُوَ الْباطِلُ}</w:t>
+        <w:t xml:space="preserve">﴿ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَق‏ وَأَنَّ ما يَدْعُونَ مِنْ دُونِهِ هُوَ الْباطِلُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عجيب جدًّا! فالله هو الحقّ، ومتى ما وقفت أمام خيارين: إمّا أن تقول الصدق أو تكذب، وصدقت، فإنّ الله موجود هناك، وليس أنت. وأمّا إذا كذبت، فإنّ الشيطان هو الموجود هناك.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ أَنَّ ما يَدْعُونَ مِنْ دُونِهِ الْباطِلُ}</w:t>
+        <w:t xml:space="preserve">﴿وَ أَنَّ ما يَدْعُونَ مِنْ دُونِهِ الْباطِلُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ لماذا تكذب؟ لوجود جهة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{هو الباطل}</w:t>
+        <w:t xml:space="preserve">﴿هو الباطل﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فـ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يدعون} </w:t>
+        <w:t xml:space="preserve">﴿يدعون﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ليست بمعنى الدعاء والطلب، بل بمعنى الوجهة والتركيز والتوجّه والاعتماد؛ فذاك الذي يدعونا نحو الكذب هو الباطل، وأمّا الذي يدعونا نحو قول الصدق ـ والحال أنّ الصدق خلاف لمصلحتنا الدنيويّة، ومع ذلك نقول: نحن نقول الحقّ ولو كان في غير مصلحتنا ـ فما هو؟ هو الله؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَقّ}</w:t>
+        <w:t xml:space="preserve">﴿ ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَقّ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالله حاضر هناك؛ وعليه، فإنّ نفس اختيارك لهذا الطريق من بين هذين الطريقين اللذين أمامك يعني لقاء الله، وهو لقاء لله تعالى بهذا المستوى؛ وقد يكون عندنا لقاءٌ في قضيّة أخرى ومسألة أخرى، بل في كلّ موقف كان لديك فيه قدم صدق ونية صدق وهدف صدق؛ فذلك الموقف يعني: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بِأَنَّ اللَّهَ هُوَ الْحَقّ}</w:t>
+        <w:t xml:space="preserve">﴿بِأَنَّ اللَّهَ هُوَ الْحَقّ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالله هو الحقّ يعني أنّه حلّ في كيانك، وبما أنّه حلّ في كيانك، فأنت تقول الحقّ، فتكتشف بأنّ هذا الصدق هو بسبب ماذا؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَق}</w:t>
+        <w:t xml:space="preserve">﴿ذلِكَ بِأَنَّ اللَّهَ هُوَ الْحَق﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ أي أنّ الحقّ قد أتى إلى هنا. وأمّا إذا حلّ الشيطان، فإنّك ستكذب؛ يعني إذا كذبت، فإنّ الشيطان قد أتى؛ وبذلك تكتشف بأنّ هذا الكلام قائم على أساس عدم حضور الله، وعدم الحقّ، ومن باب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَأَنَّ ما يَدْعُونَ مِنْ دُونِهِ هُوالْباطِلُ}</w:t>
+        <w:t xml:space="preserve">﴿وَأَنَّ ما يَدْعُونَ مِنْ دُونِهِ هُوالْباطِلُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فالباطل قد حلّ في هذا المكان. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، فهذا يُعدّ معيارًا من المعايير، والإنسان يمكنه ذلك.. تفضّل على بركة الله! ويمكنه أن يتحرّك ويتقدّم، ويمكنه أن يشاهد لقاء الله لحظة بلحظة؛ وكم هو جميل عندما يتمكّن الإنسان من عبور جسر، والخروج من امتحان، فيرى كم كان ذلك جميلاً ولذيذًا، وكم هي المنافع المترتّبة على ذلك! فهذه المسألة هي التي تعني لقاء الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -900,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلا فرق عند الله تعالى بين أن يعفو عن ذنب واحد وبين أن يعفو عن ذنوب كثيرة؛ فعندما يريد أن يعفو، فإنّه يقوم بذلك في لحظة واحدة وتنتهي المسألة! فسواء صدر منك ذنب واحد أو ذنوب كثيرة، فإنّ ذلك يُمحى في لحظة واحدة! وهذا نظير ما يحصل عندما تريد أن تحذف شيئًا من جهاز الكمبيوتر، فبضغطة واحدة على الزرّ تحذفه، سواءً كان مؤلّفًا من كلمة واحدة أو من ألف كلمة، ولا يتطلّب منك الأمر أن تحذف واحدة بواحدة؛ فالله تعالى يضغط على الزرّ مرّة واحدة فقط، بغضّ النظر عن عدد الذنوب التي صدرت منك، وما عليك إلاّ أن تُحسن توبتك أنت، وتجعل منها توبة حقيقيّة ونصوحًا، وتكون لك إرادة حقيقيّة في عدم العودة [لاقتراف ذلك الذنب]، فيضغط الله تعالى على الزرّ مرّة واحدة، ليُمحى كلّ ذلك؛ وفي هذه الحالة، مهما فتّشت عن ذلك الذنب، فإنّك لا تجده، وتبدأ تتساءل مع نفسك: أفهل ارتكبت هذا الذنب من الأساس؟! وقد حصل مثل هذا الأمر فعلاً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فبعض الإخوان ـ إن لم نقل أكثرهم ـ ، عندما يعملون على تنفيذ تلك البرامج المرتبطة بالتوبة التي أمر بها العظماء والأولياء والعرفاء، ويُريدون توضيح تلك الأمور، يقولون: عندما أنظر إلى نفسي الآن، أرى أنّني لم أذنب من الأساس، فما الذي حصل؟ فقبل العمل بذلك البرنامج وتنفيذ تلك الأوامر، كنت أقول مع نفسي: هل يُعقل أن يعفو الله عنّي؟! أي أنّني كنت يائسًا كثيرًا من رحمة الله تعالى، وأمّا الآن، فلا أرى أنّني أذنبت أصلاً.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَنات‏}</w:t>
+        <w:t xml:space="preserve">﴿أُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَنات‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. ويبدو أنّنا تحدثّنا عن هذا الأمر سابقًا، وبيّنا كيف أنّ الله تعالى يقلب الذنب ويبدّله إلى حسنة؛ فأحيانًا، يستر الله تعالى الذنب ويعفو عنه، وهذا واضح، لكن أحيانًا يبدّله إلى حسنات، فهذا كيف يحصل؟ عجيب جدًا! إذ كيف يتبدّل الذنب إلى حسنة، وكيف يتبدّل روح الذنب إلى نورانيّة؟ فهذا شيء عجيب! وهو بنفسه يحتاج إلى كلام مفصّل، غير أنّنا لن نتعرّض له الآن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكان أحدهم يقول: إنّني لا أشعر في نفسي بأنّني أذنبت من الأساس! ثمّ ظنّ بعد ذلك أنّ هذا أمر سيّء، وأنّه على الإنسان أن يشعر دائمًا بذنبه، فقلت له: لا يا عزيزي! لقد عفا الله عنك، فاذهب وامرح وارقص، فقد صرت موردًا لرحمة الله ومغفرته! لقد طهّرك الله تعالى، فلماذا تسعى وراء ذنوبك؟! لقد انتهى الأمر، وحُذف ذلك من ذهنك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1218,88 +1231,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{969C00F2-D939-4C51-99F2-F364C2E618D9}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{CA74C3F3-C6F3-46C1-8DDA-E2EB6D52E2DD}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{693EE768-7A8D-4E98-8A76-0EDF0BE94772}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BC20C7E8-2F51-4870-A9DB-B4F9B9D10877}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1348,61 +1368,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1505,61 +1525,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1603,173 +1623,173 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> راجع: معرفة المعاد، ج ۱۰، ص ٥٦. المترجم</w:t>
+        <w:t xml:space="preserve">  راجع: معرفة المعاد، ج ۱۰، ص ٥٦. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> يقول السيّد ابن طاووس رحمه الله في كتاب «فلاح السائل»: </w:t>
+        <w:t xml:space="preserve">  يقول السيّد ابن طاووس رحمه الله في كتاب «فلاح السائل»: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فَقَدْ رُوِيَ أن مَوْلَانَا جَعْفَرَ بْنَ مُحَمَّدٍ الصَّادِقَ [عَلَيْهِ‏السَّلَامُ‏] كَانَ يَتْلُو القُرْآنَ في صَلَاتِهِ، فَغُشِيَ عَلَيْهِ. فَلَمَّا أفَاقَ سُئِلَ: مَا الذي أوْجَبَ مَا انْتَهَتْ حَالُكَ إليه؟ فَقَالَ مَا مَعْنَاهُ: مَا زِلْتُ اكَرِّرُ آيَاتِ القُرْآنِ حتى بَلَغْتُ إلَى حَالٍ كَأنَّنِي سَمِعْتُ مُشَافَهَةً مِمَّنْ أنْزَلَهَا، عَلَى المُكَاشَفَةِ وَ العِيَانِ، فَلَمْ تَقُمِ القُوَّةُ البَشَرِيَّةُ بِمُكَاشَفَةِ الجَلَالَةِ الإلَهِيَّةِ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (معرفة الله، ج ‏۱، ص ٣۰٦). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الحجّ، الآية ٦٢.</w:t>
+        <w:t xml:space="preserve">  سورة الحجّ، الآية ٦٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [الكافي‏] عَنْ مُحَمَّدِ بْنِ يَحْيَى عَنِ ابْنِ عِيسَى عَنِ ابْنِ بَزِيعٍ عَنِ الرِّضَا عليه السلام قَالَ: </w:t>
+        <w:t xml:space="preserve">  [الكافي‏] عَنْ مُحَمَّدِ بْنِ يَحْيَى عَنِ ابْنِ عِيسَى عَنِ ابْنِ بَزِيعٍ عَنِ الرِّضَا عليه السلام قَالَ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أَحْسِنِ الظَّنَّ بِاللَّهِ فَإِنَّ اللَّهَ عَزَّ وَ جَلَّ يَقُولُ: أَنَا عِنْدَ حُسْنِ ظَنِّ عَبْدِيَ الْمُؤْمِنِ بِي إِنْ خَيْراً فَخَيْراً وَ إِنْ شَرّاً فَشَرّاً</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (بحارالأنوار، ج ٦۷، ص ٣٦٦). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> المراد بالهيئات هنا هي تلك المؤسّسات التي يُشكّلها بعض عوامّ الناس من أجل إقامة المناسبات المرتبطة بالمعصومين عليهم السلام؛ وقد أصبحت الكثير من هذه الهيئات تحصر اهتمامها بالأمور الظاهريّة فقط، لتتحوّل بذلك مراسم العزاء (وغيرها) إلى طقوس رتيبة قد تكتنفها في بعض الأحيان بعض مظاهر الابتداع. المترجم</w:t>
+        <w:t xml:space="preserve">  المراد بالهيئات هنا هي تلك المؤسّسات التي يُشكّلها بعض عوامّ الناس من أجل إقامة المناسبات المرتبطة بالمعصومين عليهم السلام؛ وقد أصبحت الكثير من هذه الهيئات تحصر اهتمامها بالأمور الظاهريّة فقط، لتتحوّل بذلك مراسم العزاء (وغيرها) إلى طقوس رتيبة قد تكتنفها في بعض الأحيان بعض مظاهر الابتداع. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2259,51 +2279,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3082,61 +3102,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3411,63 +3506,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>