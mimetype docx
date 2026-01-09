--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقاء الله تعالى يحصل نقدًا لا نسيئة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الخامسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -356,51 +369,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فلماذا لم يقل: أعوذ بعدلك؟ أليس الله عادلاً؟! ولماذا علينا أن نلجأ إلى الله بهذه الصفة؟ وأن نستمسك بفضل الله في أمورنا، ولا نذهب إلى عدل الله؟ لأنّنا نعلم بأنّ الله تعالى عادل، ويضع كلّ شيء في موضعه؛ فإن أحْسَنَ شخصٌ، أثابه، وإن أساءَ، عاقبه! هذا هو معنى العدل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، إذا كان مقرّرًا أن يكون الأمر كذلك، فلنلجأ إلى عدل الله، ولننظر إلى جانب العدالة في الله تعالى! لأنَّ الله تعالى لديه صفات مختلفة؛ فهو عادل، وهو قاهر، وقهّار، وذو كبرياء ولديه أيضًا رأفة وعطف، ورحمة ورحيميّة.. لديه صفات مختلفة! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلِلَّهِ الأَسْماءُ الْحُسْنى‏ فَادْعُوهُ بِها}</w:t>
+        <w:t xml:space="preserve">﴿وَلِلَّهِ الأَسْماءُ الْحُسْنى‏ فَادْعُوهُ بِها﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ أي: اسألوا الله تعالى بهذه الأسماء وادعوه بها، فكلّ اسم يترشّح منه عمل خاصّ وأثر معيّن؛ ولا يخفى أنّ لأرباب الذكر والورد هنا اهتمام خاصّ بأسماء الله، حيث نجدهم يستفيدون من الآثار المختلفة لأسماء الله بحسب اختلاف الحالات والمسائل؛ فلكلّ اسم من هذه الأسماء خاصّية معيّنة، وله جهة معيّنة وأثر خاصّ، وحتّى أنّ إضافة حرف واحد ـ كالواو ـ في ذكرٍ أو وردٍ ما سوف يُؤدّي إلى تغيير الأثر المترتّب على ذلك الذكر؛ أي أنّه إلى هذه الدرجة يفرُق الأمر؛ وسنُشير إن شاء الله تعالى ببعض التفصيل إلى الشروط المرتبطة بهذه المسألة عندما نصل إلى الحديث عن مسألة الذكر في جلسات عنوان</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
@@ -600,51 +613,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ المراد من عبارة الإمام السجاد هو: إنّني أريد التعامل معك من خلال فضلك لا من خلال عدلك، وأمّا إذا تقرّر إجراء العدالة، فمورد العدالة هنا: حينما يأتي ذلك الشخص، وينتظر سماع الأخبار، ويفتح التلفاز ليعرف كم كرة دخلت في ذاك المرمى؛ فهنا يأتي الله تعالى، ويُجري العدالة، ويقول: حسن جدًّا، أنت لم تجعل لي قيمة الكرة التي تلعب بها، أنا بدوري سألقي بهذه الصلاة ـ التي تصلّيها ـ كالكرة في مرماك.. لاشيء! هذا والحال أنّه حينما يصلي، يجعل إحدى عينيه نحو التلفاز والأخرى نحو تربة الصلاة، حتّى لا يفوته شيء، وخشية أن يفوته خبر، وإلاّ فسوف تطبق السماء على الأرض! وسوف تنزل صاعقة ويحدث زلزال، وسوف تنقلب الأمور في العالم رأسًا على عقب لعدم سماعه هذا الخبر! إنّ سبب هذا كلّه هو تعاستنا نحن! وكم تردّينا في التعاسة والحيرة حتّى يكون لدينا مثل هذه الأحوال! هذا فيما يخصّ هذا المورد، وهناك موارد أخرى شبيهة به، ونحن اقتصرنا هنا على مثال واحد فقط.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيأتي الله تعالى ليُطبّق العدالة هنا، حيث ورد لدينا في الروايات أنّه: إذا أشرك عبدي غيري في صلاته، وجال فكره في موارد أخرى ـ فنحن نحفظ سورة الحمد والتوحيد عن ظهر قلب، فنقرأها سواء كنّا ملتفتين أم لا! فنجد بأنّه بإمكاننا أن نقرأ سورة الحمد من دون خطأ، ولو مع عدم توجّه! لقد قرأناها إلى حدّ أنّنا تعوّدنا عليها وصارت مرتكزة في أذهاننا ـ، فإنّني أرى بأنّ هذا العبد قد صلّى، وأشرك معي غيري في صلاته! حسنًا، فإن أراد الملائكة أن يرفعوا هذه الصلاة؛ أي يعرجون بروحها إلى الله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِلَيْهِ يَصْعَدُ الْكَلِمُ الطَّيِّبُ والْعَمَلُ الصَّالِحُ يَرْفَعُه‏}</w:t>
+        <w:t xml:space="preserve">﴿إِلَيْهِ يَصْعَدُ الْكَلِمُ الطَّيِّبُ والْعَمَلُ الصَّالِحُ يَرْفَعُه‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، بمعنى أنّ الكلمة الطيّبة ـ وهي تلك الحالة المعنويّة والنورانيّة التي حصلت للعبد ـ ترتفع إلى الله، وترجع إلى مبدئها، وتتّصل بذلك العالم، وتنتقل من عالم المادّة الذي هو عالم صدور هذه الكلمة الطيّبة إلى عالم التجرّد الذي هو حقيقة هذه الصلاة وهذه الألفاظ وهذا الركوع وهذا السجود؛ وعندما يريد أن يصل إلى هناك هذا العمل الذي أشرك فيه الإنسان ُغير الله، حيث كان يفكّر في كرة القدم، ويفكّر في الهدف، ويفكّر في الذهاب إلى منزل عمّته وخالته، ويفكّر في ذاك العمل وبذاك البرنامج، وفي أنّه عليه الذهاب إلى ذلك المكان والتحدّث إلى فلان وو... ثمّ يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«الله أكبر، الله أكبر»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -967,112 +980,112 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثواب كلّ شخص على عمله هي الحالة المعنويّة التي يحصل عليها منه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذه الحالة التي تحصل لنا تعني الجنّة، وتعني الحصول على الثواب نقدًا! وعليه، فإنّ جنّة كلّ شخص هي نفس تلك الحالة التي يحصل عليها؛ فعندما ندخل إلى مجلس من مجالس الذكر، فبمجّرد أن نضع أنفسنا في تلك الأجواء، نكون قد حصلنا على جنّتنا نقدًا؛ وعليه، فما الذي يريد أن يتعامل عليه الإنسان؟! وما هي المعاملة التي يريد أن يمضيها الإنسان وينتظر حصولها؟ بمجرّد أن تدخل إلى خيمة سيّد الشهداء يعني أنّك دخلت إلى الجنّة! وفي مقابل ذلك، تقول الآية القرآنية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ بِالْكافِرين‏}</w:t>
+        <w:t xml:space="preserve">﴿وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ بِالْكافِرين‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ يعني أنّ جهنّم محيطة بتلك الأجواء التي يعيشونها الآن.. تلك الأجواء الظلمانيّة والنفسانيّة، وأجواء النزاعات والاحتيالات، وأجواء التخطيط للإيقاع بهذا وذاك، واتّهام هذا وذاك، وأجواء الخداع والكذب.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ‏}</w:t>
+        <w:t xml:space="preserve">﴿وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فلو لم تكن هناك جهنّم، لما كذب ذاك ولما خدع، ولما سرق وأكل مال الناس؛ ولو لم يكن في جهنّم، لما أخذ أموال الناس وفرَّ بها!! إذًا هو في جهنّم، وليس في الجنّة! فهل في الجنّة أشخاص يسرقون أموال الناس ويفرّون بها؟! وهل إنّ من يكون في الجنّة يكذب؟ لا يوجد أيّ تناسب بين الأمرين!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكلّكم يعلم بقصّة زيد بن حارثة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما جاء يومًا إلى النبيّ ـ وكان وجهه مصفرًّا ـ، وقال له: لقد وصلت إلى اليقين! فسأله النبيّ: ما علامة يقينك؟ قال: أنا الآن أرى الجنّة، وأرى أهلها.. أنا الآن أرى الأشخاص الذين هم في الجنّة، لا الذين سيدخلونها لاحقًا! أرى الأشخاص الذين هم الآن في الجنّة! وأنا الآن أرى جهنّم، وأرى الأشخاص الذين هم فيها! عجيب جدًّا! علينا أن ننتبه جيدًا إلى مسألة كيف يُمكن أن يكون شخص في حالة، بحيث لا يُصغي إلى كلّ ما يُقال له! ما السبب في ذلك؟ لأنّه في جهنّم! فلم يعُد يسمع، لأنّه في جهنّم! يقول لك: لا يا عزيزي، لا أقبل، ولهذا الدليل وهذا البرهان، فأنا لا أقبل! لماذا لا يقبل؟ لأنّه في جهنمّ، وقد تلبّدت أجواؤه بالظلمة، فصارت الظلمة محيطة به؛ ولهذا، لم يَعُد يُصغي لكلام الحقّ! فما عسى الإنسان أن يقول له؟ حسنًا، تفضّل في أمان الله! فما عسانا أن نفعل؟! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ بِالْكافِرين‏}</w:t>
+        <w:t xml:space="preserve">﴿وَإِنَّ جَهَنَّمَ لَمُحيطَةٌ بِالْكافِرين‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. وبعد ذلك بدأ [زيد بن حارثة] بإفشاء بعض الأسرار، فأوقفه النبي، وقال له: إلى هنا كان عملك صحيحًا، فلا تفسد علينا الأمور، ودعنا ننجز أعمالنا! قال له زيد بن حارثة: هل تريد أن أخبرك من بين هؤلاء الذين يحيطون بك الآن؛ من هم الذين في جهنّم، ومن الذين في الجنّة؟ فقال له النبي: اسكت! فهنا مكمن الخطر، وقد بدأت بتجاوز الخطوط الحمراء! وخلاصة القول، أنّنا منحناك بعض الأمور، فلا تفشي الأسرار؛ فالآن وقد حصل لك اطّلاع، عليك أن تتصرّف وكأنّك لم تر شيئًا؛ فلا علاقة لك بالأمر! وهذا عجيب جدًّا!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولقد حدث نظير ذلك لمن فُتحت أعينهم؛ ألم تسمعوا أنّ بعضهم كان يرى الأشخاص في صورهم البرزخيّة على شكل حيوانات! فما هي حقيقة هذه الأمور؟ إنّها الجنّة والنار! فهناك من يرى شخصًا بصورة ذئب؛ فهل موطن الذئب هو الجنّة؟! وهناك من يرى شخصًا بصورة خنزير؛ أفهل موطن الخنزير هو الجنّة؟ وهناك من يرى شخصًا بصورة كلب.. نعم، يراه بصورة كلب!</w:t>
@@ -1114,72 +1127,72 @@
         <w:t xml:space="preserve">بناء عليه، متى ما رأيت بأنّه قد حصلت لك حالة معنويّة، حالة نورانيّة، حالة خفّة، وحصل لك توجّه نحو المبدأ، وتريد أن تبكي، وتسعى للحصول على نشاط روحاني، ولم تعُد لديك رغبة بسماع هذا الخبر وذاك، ولم تعُد لديك طاقة على سماع كلام الأشخاص حول ارتفاع قيمة الأسعار أو انخفاضها، فاعلم أنّه قد حصل لك لقاء الله في ذلك الوقت، غاية الأمر أنّه محدود بذلك المستوى؛ إذ لدينا مستويات أخرى أعلى من ذلك، وأعلى وأعلى، إلى أن نصل إلى محضيّة لقاء الله؛ والتي تُسمّى بمرتبة الفناء، ومرتبة الورود في حرم الذات الإلهيّة؛ وهي مسألة أخرى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأمّا إذا شاهدت من نفسك عدم الميل لقراءة القرآن والدعاء، وعدم الرغبة في قراءة أشعار الأولياء كحافظ ومولانا؛ فلا يوجد لديك توجّه، بل كان قلبك يميل نحو سماع الأخبار، وتُحبّ أن يتمّ الحديث عن هذه الأمور، ويدقّ ناقوس الخطر في ذهنك أن: ما هذا الذي يحصل؟! فعليك في هذه الحالة أن تخرج فورًا من ذلك، وتترك هذه المسائل جانبًا، وتعلم بأنّك صرت تبتعد عن مسألة لقاء الله؛ لأنّك بدأت بالميل نحو الظلم، وبالارتباط بتلك الجهة والشوق إليها؛ فقم سريعًا بقطع ذلك، ولا تترك هذا الأمر يتمكّن منك، وهذه الكدورة تترسّخ وتتصلّب لديك.. قِ نفسك من كلّ ذلك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِذا مَسَّهُمْ طائِفٌ مِنَ الشَّيْطانِ تَذَكَّرُوا}</w:t>
+        <w:t xml:space="preserve">﴿إِذا مَسَّهُمْ طائِفٌ مِنَ الشَّيْطانِ تَذَكَّرُوا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، علينا أن نستحضر دائمًا هذه الآية القرآنية التي تتحدّث عن طائف من الشيطان؛ فالطائف يعني الذي يطوف ويحوم.. يُقال بأنّ الطائر عندما يأتي، يحوم ويحوم إلى أن يجد غصنًا فيحطّ عليه؛ هذا الذي يُقال له طواف، فيبقى الطائر يطوف إلى أن يجد غصنًا أو مأمنًا يحطّ فيه؛ كذلك الأمر عندما تأتي الشياطين، حيث يظلّون يطوفون حول قلب هذا الإنسان المؤمن ويرغبون بالتسلّل إليه، فيشعر سريعًا بذلك، فيردّهم.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{تذكّروا}</w:t>
+        <w:t xml:space="preserve">﴿تذكّروا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ أي التفتوا إلى الأمر، وتجاوزوه؛ فما إن يجدوا شخصًا يريد أن يستغيب، ويبدأ بالحديث حول فلان... هل سبق لكم رؤية ذلك؟ فأحيانًا يكون الإنسان جالسًا، فيبدأ أحدهم بالحديث عن شخص آخر، فيتكلّم، ويتكلّم، ويتكلّم، إلى أن يجد الإنسان في نفسه ثقلاً! يا عزيزي، لماذا تسمح بحصول ذلك؟ لا تستمع إلى ذلك الكلام، وقم من مكانك، أو غيّر الموضوع: «كم قيمة كيلو من الخضر؟! بكم كيلو الخبز؟»، ولا تدع المسألة تصل إلى هذا الحدّ؛ لأنّه يوجد بعض الأشخاص البطّالين الذين يقصرون فكرهم وذكرهم على التحدّث بهذه الأمور الفارغة، فيُساهمون بذلك في التشويش على الإنسان. أو من باب المثال، أن تكون جالسًا، فيتّصل بك شخص هاتفيًّا، ويقول لك: هل سمعت ماذا قال فلان؟ فتقول له: لا، لم أسمع! فيقول لك: حتّى أنت لم تسمع.. لقد قال كذا وكذا! فإذا ما شعرت بأنّ هذه الأمور قد توجب لك الكدورة، قل له: دع عنك هذا الكلام الآن! فإذا قال لك: اسمح لي بإكمال الحديث! قل له: إمّا أن تغيّر الكلام، وإمّا سأقفل الخطّ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">على الإنسان أن يكون ذكيًّا ومنتبهًا على الدوام، وأمّا إذا تماديت في الاستماع، وعمدت إلى مداراة المتكلّم، وأرخيت سمعك له، فإنّك ستكون قد فقدت شيئًا من نفسك، وسوف يُقطع جزء منك! فلا تدعه ينقطع، ولا تدع رأس المال الذي منحك الله إيّاه يذهب هدرًا؛ فهذا يأخذ شيئًا منه، وذاك يأخذ شيئًا! فماذا سيبقى لك؟ بل احفظه! وعليك أن تكون مستقيمًا، وواقفًا على باب قلبك لتحرسه؛ يقول المرحوم السيّد الحدّاد رضوان الله عليه: على السالك أن يقف على باب قلبه، ولا يدع أيّ غريب أو غير محرم يرد إليه؛ فالقلب عرش الرحمن، وبيت الله؛ فلا ينبغي للإنسان أن يدع غير الله يدخل إلى بيت الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1190,133 +1203,140 @@
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، لقد وصل بنا الحديث إلى هذا الموضع، وإن شاء الله نوكل تتمّة هذه المطالب إلى الجلسات القادمة بإذنه تعالى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمد وآل محمد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمد وآل محمد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{86E512CF-7BC1-4FA6-9A61-9269A6DD36B8}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{CF443253-0C1E-4C6C-8E5E-57DC121D42AC}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{69059841-2E39-4350-A764-A72E9E81212A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8FED0666-88FE-4A14-8D02-725F46C96DDD}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1620,166 +1640,166 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الأعراف (۷)، مقطع من الآية ۱۸۰.</w:t>
+        <w:t xml:space="preserve">  سورة الأعراف (۷)، مقطع من الآية ۱۸۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> لمراد منها جلسات شرح حديث عنوان البصري الشريف. المترجم</w:t>
+        <w:t xml:space="preserve">  لمراد منها جلسات شرح حديث عنوان البصري الشريف. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تمّت ترجمته سابقًا. المترجم</w:t>
+        <w:t xml:space="preserve"> *** تمّت ترجمته سابقًا. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة فاطر (٣٥)، مقطع من الآية ۱۰.</w:t>
+        <w:t xml:space="preserve">  سورة فاطر (٣٥)، مقطع من الآية ۱۰.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> وفيه عن أبي حاتم، عن سعيد بن جبير في الآية قال النبيّ صلّى الله عليه [وآله‏] وسلّم: </w:t>
+        <w:t xml:space="preserve">  وفيه عن أبي حاتم، عن سعيد بن جبير في الآية قال النبيّ صلّى الله عليه [وآله‏] وسلّم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أنّ رَبَّكُمْ يَقُولُ: أنَا خَيْرُ شَرِيكٍ؛ فَمَنْ أشْرَكَ مَعِي في عَمَلِهِ أحَدًا مِنْ خَلْقِي تَرَكْتُ العَمَلَ كُلَّهُ لَهُ، ولَمْ أقْبَلْ إلَّا مَا كَانَ لي خَالِصًا.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ثُمَّ قَرَأ النَّبِيّ صلّى اللهُ عَلَيْهِ [وَآلِهِ‏] وسَلَّمَ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
-          <w:rtl/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">{فَمَن كَانَ يَرْجُوا لِقَآءَ رَبِّهِ فَلْيَعْمَلْ عَمَلاً صَالِحًا ولَا يُشْرِكْ بِعِبَادَةِ رَبِّهِ أحَدًا}.</w:t>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿فَمَن كَانَ يَرْجُوا لِقَآءَ رَبِّهِ فَلْيَعْمَلْ عَمَلاً صَالِحًا ولَا يُشْرِكْ بِعِبَادَةِ رَبِّهِ أحَدًا﴾.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي «تفسير العيّاشيّ» عن علي بن سالم، عن أبي عبد الله عليه السلام قال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال الله تبارك وتعالى: أنَا خَيْرُ شَرِيكٍ؛ مَنْ أشْرَكَ بِي في عَمَلِهِ لَمْ أقْبَلْهُ، إلَّا مَا كَانَ لي خَالِصًا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
@@ -1810,81 +1830,81 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي «الدرّ المنثور» أخرج أحمد وابن أبي الدنيا وابن مردويه والحاكم وصحّحه، والبيهقيّ عن شدّاد بن أوس قال: سمعت رسول الله صلّى الله عليه [وآله‏] وسلّم يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مَنْ صلّى يُرَائِي فَقَدْ أشْرَكَ، ومَنْ صَامَ يُرَائِي فَقَدْ أشْرَكَ، ومَنْ تَصَدَّقَ يُرَائِي فَقَدْ أشْرَكَ؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثُمَّ قَرَأ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَمَن كَانَ يَرْجُوا لِقَآءَ رَبِّهِ}</w:t>
+        <w:t xml:space="preserve">﴿فَمَن كَانَ يَرْجُوا لِقَآءَ رَبِّهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (الآية)؛ راجع: (معرفة الله، ج ‏۱، ص ٢٤٣). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> قال النبي صلّى الله عليه وآله وسلّم: </w:t>
+        <w:t xml:space="preserve">  قال النبي صلّى الله عليه وآله وسلّم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تُدفن بضعةٌ منّي بخراسان، من زاره عارفًا بحقّه، كانت له حجّة مبرورة؛ فقالت عائشة: حجّة يا رسول الله؟ فقال عليه السلام: وحجّتين، فقالت: وحجّتين يا رسول الله؟، فقال: وأربع حجج، فقالت: وأربع يا رسول الله؟ فقال: وسبع حجج، فقالت: سبع يا رسول الله؟ فقال: وسبعين حجّة، فسكتت، فقال صلّى الله عليه وآله وسلّم: لو كرّرت السؤال، لقلت إلى سبعمائة حجّة وسبعمائة عمرة مبرورات متقبّلات</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (عوالي‏ اللآلي، ج ٤، ص ۸٢).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1905,211 +1925,211 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(بحارالأنوار، ج ٩٩، ص ٣۱). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أي يتحوّل بشكل مفاجئ. المترجم</w:t>
+        <w:t xml:space="preserve">  أي يتحوّل بشكل مفاجئ. المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الطَّالَقَانِيُّ عَنِ الْقَاسِمِ بْنِ مُحَمَّدٍ الْهَارُونِيِّ عَنْ عِمْرَانَ بْنِ مُوسَى عَنِ الْحَسَنِ بْنِ قَاسِمٍ الرَّقَّامِ عَنِ الْقَاسِمِ بْنِ مُسْلِمٍ عَنْ أَخِيهِ عَبْدِ الْعَزِيزِ بْنِ مُسْلِمٍ قَالَ: </w:t>
+        <w:t xml:space="preserve">  الطَّالَقَانِيُّ عَنِ الْقَاسِمِ بْنِ مُحَمَّدٍ الْهَارُونِيِّ عَنْ عِمْرَانَ بْنِ مُوسَى عَنِ الْحَسَنِ بْنِ قَاسِمٍ الرَّقَّامِ عَنِ الْقَاسِمِ بْنِ مُسْلِمٍ عَنْ أَخِيهِ عَبْدِ الْعَزِيزِ بْنِ مُسْلِمٍ قَالَ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كُنَّا فِي أَيَّامِ عَلِيِّ بْنِ مُوسَى الرِّضَا عليه السلام بِمَرْوَ، فَاجْتَمَعْنَا فِي مَسْجِدِ جَامِعِهَا فِي يَوْمِ جُمُعَةٍ فِي بَدْءِ مَقْدَمِنَا فَأَدَارَ النَّاسُ أَمْرَ الْإِمَامَةِ وذَكَرُوا كَثْرَةَ اخْتِلَافِ النَّاسِ فِيهَا فَدَخَلْتُ عَلَى سَيِّدِي ومَوْلايَ الرِّضَا عليه السلام، فَأَعْلَمْتُهُ مَا خَاضَ النَّاسُ فِيهِ؛ فَتَبَسَّمَ ثُمَّ قَالَ: يَا عَبْدَ الْعَزِيزِ، جَهِلَ الْقَوْمُ وخُدِعُوا عَنْ أَدْيَانِهِمْ؛ إِنَّ اللهَ تَبَارَكَ وتَعَالَى لَمْ يَقْبِضْ نَبِيَّهُ صلّى الله عليه وآله وسلّم حَتَّى أَكْمَلَ لَهُ الدِّينَ... هَلْ يَعْرِفُونَ قَدْرَ الْإِمَامَةِ ومَحَلَّهَا مِنَ الْأُمَّةِ فَيَجُوزَ فِيهَا اخْتِيَارُهُمْ؟ إِنَّ الإِمَامَةَ أَجَلُّ قَدْرًا وأَعْظَمُ شَأْنًا وأَعْلَى مَكَانًا وأَمْنَعُ جَانِبًا وأَبْعَدُ غَوْرًا مِنْ أَنْ يَبْلُغَهَا النَّاسُ بِعُقُولِهِمْ أَوْ يَنَالُوهَا بِآرَائِهِمْ... فَمَنْ ذَا الَّذِي يَبْلُغُ مَعْرِفَةَ الْإِمَامِ ويُمْكِنُهُ اخْتِيَارُهُ هَيْهَاتَ هَيْهَاتَ ضَلَّتِ الْعُقُولُ وتَاهَتِ الْحُلُومُ وحَارَتِ الْأَلْبَابُ وحَسَرَتِ الْعُيُونُ وتَصَاغَرَتِ الْعُظَمَاءُ وتَحَيَّرَتِ الْحُكَمَاءُ وتَقَاصَرَتِ الْحُلَمَاءُ وحَصِرَتِ الْخُطَبَاءُ وجَهِلَتِ الْأَلِبَّاءُ وكَلَّتِ الشُّعَرَاءُ وعَجَزَتِ الْأُدَبَاءُ وعَيِيَتِ الْبُلَغَاءُ عَنْ وَصْفِ شَأْنٍ مِنْ شَأْنِهِ أَوْ فَضِيلَةٍ مِنْ فَضَائِلِهِ ...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (بحارالأنوار، ج ٢٥،ص ۱٢۱ ـ ۱٢٤). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة التوبة (٩)، مقطع من الآية ٤٩ وسورة العنكبوت (٢٩)، مقطع من الآية ٥٤.</w:t>
+        <w:t xml:space="preserve">  سورة التوبة (٩)، مقطع من الآية ٤٩ وسورة العنكبوت (٢٩)، مقطع من الآية ٥٤.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> أورد سماحة السيّد القصّة باسم زيد بن حارثة، و لعلّ المراد هو حارثة بن مالك، فقد ورد في بحار الأنوار، ج ٦۷، ص ۱۷٤ما يلي: (أبي، عن ابن سنان، عن ابن مسكان، عن أبي بصير، عن أبي عبدالله عليه السلام قال: </w:t>
+        <w:t xml:space="preserve">  أورد سماحة السيّد القصّة باسم زيد بن حارثة، و لعلّ المراد هو حارثة بن مالك، فقد ورد في بحار الأنوار، ج ٦۷، ص ۱۷٤ما يلي: (أبي، عن ابن سنان، عن ابن مسكان، عن أبي بصير، عن أبي عبدالله عليه السلام قال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">استقبل رسول الله صلّى الله عليه وآله حارثة بن مالك بن النعمان فقال له: كيف أنت ياحارثة؟ فقال: يارسول الله صلّى الله عليه وآله أصبحت مؤمنًا حقًّا، فقال له رسول الله صلّى الله عليه وآله: يا حارثة لكلّ شيء حقيقة، فما حقيقة يقينك؟ قال: يارسول الله عزفت نفسي عن الدنيا، وأسهرت ليلي، وأظمأت هواجري، وكأنّي أنظر إلى عرش ربّي وقد وضع للحساب، وكأنّي أنظر إلى أهل الجنّة يتزاورون، وكأنّي أسمع عواء أهل النار في النار...</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">) كما وردت القصّة في عدّة روايات أخرى تختلف فيما بينها اختلافاً طفيفاً، وفي بعضها لم يذكر اسم الصحابي . المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ابن محبوب، عن أبي محمد الوابشي وإبراهيم بن مهزم، عن إسحاق بن عمار قال: سمعت أبا عبدالله عليه السلام يقول:</w:t>
+        <w:t xml:space="preserve">  ابن محبوب، عن أبي محمد الوابشي وإبراهيم بن مهزم، عن إسحاق بن عمار قال: سمعت أبا عبدالله عليه السلام يقول:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّ رسول الله صلّى الله عليه وآله صلّى بالناس الصبح، فنظر إلى شاب من الأنصار وهو في المسجد يخفق ويهوي رأسه، مصفر لونه نحيف جسمه، وغارت عيناه في رأسه، فقال له رسول الله صلى الله عليه وآله: كيف أصبحت يافلان؟ فقال: أصبحت يارسول الله صلى الله عليه وآله موقنا، فقال: فعجب رسول الله صلى الله عليه وآله من قوله: وقال له: إنّ لكلّ شيء حقيقة، فما حقيقة يقينك؟ قال: إنّ يقيني يارسول الله هو أحزنني وأسهر ليلي وأظمأ هواجري، فعزفت نفسي عن الدنيا وما فيها، حتّى كأنّي أنظر إلى عرش ربّي وقد نصب للحساب وحشر الخلائق لذلك وأنا فيهم، وكأنّي أنظر إلى أهل الجنّة يتنعّمون فيها ويتعارفون على الأرائك متّكئين، وكأنّي أنظر إلى أهل النار فيها معذّبون يصطرخون، وكأنّي أسمع الآن زفير النار يعزفون في مسامعي، قال: فقال رسول الله صلّى الله عليه وآله لأصحابه: هذا عبد نوّر الله قلبه للإيمان، ثمّ قال: الزم ما أنت عليه، قال: فقال له الشاب: يارسول الله ادع لي أن ارزق الشهادة معك فدعا له رسول الله صلّى الله عليه وآله بذلك، فلم يلبث أن خرج في بعض غزوات النبي صلّى الله عليه وآله فاستشهد بعد تسعة نفر وكان هو العاشر </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(بحار الأنوار، ج ٦۷، ص ۱۷٤- ۱۷٥). المترجم</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> سورة الأعراف (۷)، مقطع من الآية ٢۰۱.</w:t>
+        <w:t xml:space="preserve">  سورة الأعراف (۷)، مقطع من الآية ٢۰۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2599,51 +2619,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3422,61 +3442,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3751,63 +3846,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>