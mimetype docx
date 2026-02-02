--- v0 (2025-10-23)
+++ v1 (2026-02-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل نحن نتعامل مع الله بعدله دون أن نشعر؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الرابعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -797,51 +810,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">طريق الله مفتوح للجميع لكنّه مشروط بالرغبة والاختيار</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعندما يذهب النبيّ إلى مكّة، ويُعلن للجميع بأنّ منزل أبي سفيان هذا ـ الذي كان رأس الفتنة ـ هو مأمنٌ لجميع المشركين، ماذا يعني ذلك؟ يعني: يا أبا سفيان، أنت لا تختلف بالنسبة لي عن سلمان! فإن جئت، صرت سلمانًا بدورك، وإن جئتَ، صرتَ أبا ذرّ، وصرت مقدادًا! فنفس أبي سفيان يصير هو المقداد! فإن كنت تريد ذلك، أريك كيف تتخلّص من أصنامك واحدًا بعد الآخر، وأُخرج ما في قلبك حتّى تصير سلمانًا بكلّ سهولة! أمّا هو، فيقول: لا، بل أريد أن أُبقي هذه الأصنام الموجودة في داخلي كما هي، وأستأنس بها! وأريد أن ألتذّ بهذه الأصنام الموجودة في داخلي، وآنس بها من الصباح إلى المساء؛ فيقول له النبيّ: حسنًا، كما تريد! لقد أخبرتك، وقلت لك أنّه بإمكانك أن تصير سلمانًا، ويمكنك أن تصير مقدادًا وعمّارًا! فمن قال بأنّ هؤلاء لم يكونوا في أوّل الأمر مثل أبي سفيان؟ من قال؟ هل خرج عمّار من بطن أمّه كما هو؟ نعم، في ذلك الوقت [الطفولة] كان لديه نوع من أنواع الطهارة الذاتية، والتي لا تُسمّى عصمةً! فهل إنّ هؤلاء لم يرتكبوا في حياتهم ذنبًا أبدًا؟ من المحتّم أنّهم ارتكبوا ذنوبًا كسائر الأشخاص، لكن مع اختلاف في الشدّة والضعف؛ فهل أنّهم لم يكذبوا في حياتهم، ولم يفعلوا حرامًا ولو مرّة واحدة؟ بل كانوا يفعلون، لكنّهم كانوا يتوبون، وإلاّ لمن وضع الله التوبة؟ فيبقى الكلام حول: هل يريد الإنسان ذلك، أم لا؟ وهنا يأتي الاختيار؛ فإن أراد الإنسان ذلك، فقد بيّن له النبيّ الطريق، وبيّن له الأئمةُ والأولياء والعظماء الطريقَ: هيّا، توكّل على الله، وأخرج [كلّ تلك الأصنام]! فطريق الإخراج موجود، والإنسان يعلم بذلك ومطّلع عليه؛ فقد درس كلّ ذلك، لكنّه لا يعمل! هذه هي المصيبة! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بَلِ الإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَة ، وَ لَوْ أَلْقى‏ مَعاذيرَه‏}</w:t>
+        <w:t xml:space="preserve">﴿بَلِ الإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَة ، وَ لَوْ أَلْقى‏ مَعاذيرَه‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فكلّ شخص يعرف جيّدًا أين تكمن نقطة ضعفه!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذكرنا في الليلة السابقة ـ أو التي قبلها أو قبل عدة ليالي ـ بأنّ الإنسان حينما يعلم بوجود مسألة بينه وبين رفيقه، ويعرف بأن هذه المسألة يجب أن تحلّ، ويبقى جالسًا حتى يأتي الطرف الآخر ويحلّها؛ فما الذي يعنيه هذا؟ هذا يعني أنّه لا يُريد أن يُخرج ذلك الصنم الموجود في داخله؛ ولهذا يظلّ جالسًا حتّى يُطرق باب المنزل أو يرنّ الهاتف؛ فيأتيه الخبر بأنّ فلانًا يريد أن يأتي إلى منزله.. يا لسوء الحظّ! فذاك أخرج صنمه، أمّا أنت فأبقيته! من الذي فاز؟ هو الذي فاز!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1017,88 +1030,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3896FF65-4195-4D6E-B5B0-D1E317FA1A3B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{540D23A4-8ED9-49D8-B80F-ABD7CFD2D769}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{ACDC97DA-C4EF-45FE-997A-B6BDF7D7D4BC}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{7AE2F590-BE5C-4991-9FE0-DC3C21D095CB}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1147,61 +1167,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="9" name="_x0000_i0009">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0009"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1304,61 +1324,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="10" name="_x0000_i0010">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0010"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1402,89 +1422,89 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"اللهم احملني على عفوك ولا تحملني على عدلك"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، نهج البلاغة، ج ٢، ص ٢٢۱.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> مصرع من بيت شعري؛ هذا نصّه:</w:t>
+        <w:t xml:space="preserve"> *** مصرع من بيت شعري؛ هذا نصّه:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNPoetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من كه ملول گشتمى از نفس فرشتگان *** قال ومقال عالمى مى كشم از براى تو </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(والمعنى: أنا الذي صرت ملولًا من أنفاس الملائكة، تحمّلت لأجلك كلام الناس جميعاً)؛ راجع: أسرار الملكوت،ج ۱، ص ۱٩٥. المترجم</w:t>
       </w:r>
@@ -1998,51 +2018,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2821,61 +2841,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3150,63 +3245,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>