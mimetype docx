--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ماذا يعني الهرب إلى الله؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الثالثة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -413,72 +426,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">علينا أن نسابق لنيل الرحمة و نغتنم الفرصة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولهذا، نرى أنّ هذه المسألة قد طُرحت بعبارات مختلفة؛ فمثلاً، لدينا آية كريمة تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَفِرُّوا إِلَى اللَّهِ إِنِّي لَكُمْ مِنْهُ نَذيرٌ مُبين‏}</w:t>
+        <w:t xml:space="preserve">﴿فَفِرُّوا إِلَى اللَّهِ إِنِّي لَكُمْ مِنْهُ نَذيرٌ مُبين‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يقول: فروا إلى الله، ولا يقول: تحركوا وامشوا إلى الله، وفي آية أخرى يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ سابِقُوا إِلى‏ مَغْفِرَةٍ مِنْ رَبِّكُم}</w:t>
+        <w:t xml:space="preserve">﴿سابِقُوا إِلى‏ مَغْفِرَةٍ مِنْ رَبِّكُم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي ليسبق أحدكم الآخر في طلب المغفرة من الله؛ فعندما يفترض أن تأتي نعمة ونفحة وجذبة معيّنة، لا تتلكّؤوا حتى لا تنتقل هذه النفحة إلى الآخرين، وتبقون محرومين! بل اسبق الآخرين لنيل هذه المسألة، وكن أنت المبادر وأنت المتقدّم، وأما إذا تحركت متأخراً، فسوف تنتقل إلى غيرك، وسوف يأخذها غيرك، وسوف يحوز هذا الطعام الممدود على المائدة ويجمعه شخص آخر.. اسبقه أنت؛ لأنّ الطريق مفتوح أمامك أيضًا! ففي بعض الأحيان، يكون الطريق مغلقاً أمامك ومفتوحًا أمام الآخرين، فيعلم الإنسان أنّه من نصيب شخص آخر، وأنّه قد قدّر له شيء آخر، لكن حينما يكون الطريق مفتوحاً أمام الإنسان، ومع ذلك يبقى جالساً ينظر، فهذه مصيبة كبيرة! إذ إنّ الطريق مفتوح أمامه، والمائدة مبسوطة له، والباب مشرع في وجهه، وجميع العلل والأسباب مهيأة له، ومع ذلك ينتظر ويقول: إلهي، ماذا أفعل؟ هل أذهب أو لا أذهب؟ أين أذهب: في هذا الاتجاه أو ذاك؟ أذهب إلى منزل هذا الشخص أم ذاك؟ أذهب إليه لأرضيه وأعتذر منه، أم أجلس وأنتظر ما الذي سيحصل؟ إذا بقيت منتظراً ما الذي سيحصل، فجأة ترى الباب قد طرق، وعندما تفتحه، ترى أنّ ذاك الشخص الذي ينبغي عليك الذهاب إلى منزله قد أتى هو إلى منزلك، فتكون قد خسرت! وانتهى الأمر! فهذه النفحة قد ذهبت إلى ذاك! فحينما يكون الباب مفتوحاً أمامك، وعندما يلقي الله تعالى هذا الأمر في ذهنك، ويُخطر في قلبك أن تذهب إلى منزل ذلك الشخص، وتذهب لرؤية فلان لترفع الكدورة الحاصلة بينكما وتخرجها من قلبه، فلا تبق منتظرًا ما الذي سيحصل واضعاً إحدى يديك على الأخرى، وتقول: إن لم يحصل اليوم نتركه إلى الغد، فلدينا وقت، وهكذا تأخّره إلى أن يرنّ جرس الهاتف: السلام عليكم.. كيف الحال.. أريد أن آتي لزيارتك! يا للتعاسة، فذاك الباب قد فتح أمامك، وبقيت أنت تنظر إليه من دون تخرج! يا عزيزي، البس ثيابك، واخرج من المنزل، واستأجر سيارة، واذهب إلى منزله! فعندما فتح الباب أمامك، لماذا بقيت جالساً هكذا تنظر إلى الباب؟ هذا ليس فراراً إلى الله، بل هذا جلوس!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهو تحدّث واستئناس وسؤال عن الأحوال، وليس فراراً إلى الله؛ هل تعلمون ما معنى فرّوا إلى الله؟ هو كفرار تلك الأم خوفاً من انفجار الغاز وتركها لولدها ذي السنتين! هو هذا الفرار المطلوب؛ فبمجرّد أن ترى شيئاً تقفز مسرعاً.</w:t>
@@ -515,51 +528,51 @@
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تذكرت الآن أنّ أحد الإخوة طرح سؤالاً منذ مدّة في ضمن الأسئلة التي ترد في الموقع، حيث قال: لقد ذكرتم أنّ والدكم كان لديه اهتماماً خاصّاً بهذه المسألة [المبادرة إلى صلة الآخرين].. وقد شاهدنا الكثير من نظائر هذه القضية منه؛ ففي أحد الموارد (ولعلّي قد ذكرت لكم هذه القضية سابقاً)، ذهب إلى منزل أحد أقاربه ثلاث مرات ولم يفتحوا له الباب، والحال أنهم كانوا في المنزل، وكان منزلهم بعيداً عنه في طهران، وفي المرّة الرابعة أو الثالثة (أنا أشك في ذلك، لا ادري هل فتحوا في الثالثة أم الرابعة؟ ولكنّ المتيقّن أنه ذهب مرتين ولم يفتحوا له فيهما) و في النهاية فتحوا له الباب، والذي فتحه زوجة ذلك القريب، باعتبار أنّها كانت من محارم العلاّمة، ومن أرحامه القريبين؛ ففي المرة الثالثة أو الرابعة عندما عرف ذلك الشخص بالأمر قال: لقد أسقط فلان ما بأيدينا، و أخجلنا من أنفسنا، فعلينا الآن أن نذهب إلى منزله! لقد تغلّب علينا وأفحمنا، فلا بدّ من الذهاب إلى منزله! وقد أتى فعلاً من طهران إلى منزل المرحوم العلاّمة عندما كان في مشهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، لقد سأل هذا الأخ: بأن هذا الأمر يتنافى مع عزّة نفس المؤمن؛ إذ المؤمن عزيز، فكيف يمكن الجمع بين هذا الكلام وبين قولك بأن والدك فعل هذا الفعل، والحال أن المؤمن عزيز وله كرامة وماء وجه؟ فذهابه مرة واحدة كافٍ؛ فهو لا يطلبه بشيء حتى يكرّر الذهاب إليه، ولا شيء له عليه، خصوصاً مع ملاحظة أنّه كان عالماً وله مكانته الخاصّة وذاك رجلاً عادياً؛ وعليه، كيف يتوافق هذا مع عزّة المؤمن ومناعة طبعه؟ حسناً، أعتقد بأنّه لا يوجد إشكال في الجواب عن هذا السؤال؛ فتارة يشعر الإنسان بضرورة هذه المسألة، وكذا في سائر الموارد الأخرى: في صلة الأرحام والارتباط بالرفيق وبقيّة الأشخاص، وبعض الأمور التي تحصل؛ ففي الواقع، كان يسأل ذلك الأخ عن المعيار في هذه المسألة، ومتى نُقدم ومتى لا نُقدم؟ وإلى أين نذهب وأين لا نذهب؟ إنّ المعيار في ذلك هو: ـ التفتوا جيداً فالمسألة دقيقة جداً وما أقوله لكم هو ما سمعته من العظماء فيما يرتبط بهذا الأمر ـ إذا شعر الإنسان بأنّ ذلك الشخص ـ حينما حصل بينهما شيء وتكدّرت العلاقة بينهما ـ قد وضع نفسه في موقف نفساني، بحيث إنّ الذهاب إليه يوجب زيادة نفسانياته وأنانيته وتكبره، فهنا لا ينبغي أن يذهب الإنسان إليه، فغاية الأمر أنّ خطأً ما قد حصل، وعليه أن يتجاوز عنه، فنحن لم نأت إلى هذه الدنيا معصومين؛ فتلك العصمة والبراءة التي كانت لدينا حالة الطفولة قد انتهت، وهي لا تجدي شيئاً؛ لأنّها عصمة غير اختيارية. فإذاً، نحن غير معصومين وقد نشتبه؛ فسواء قلنا بأن فوق عينك حاجب أو لم نقل، ففي النهاية لدى كلّ واحد منّا حاجب فوق العين!! فلم يحدث شيء مهمّ، وينبغي إنهاء الأمر [والخلاف]. وأمّا إذا شعر الإنسان أن نفسيّة الطرف المقابل غير قادرة على رفع هذه الكدورة.. انظروا، هنا توجد مسألة دقيقة! فلا تقل مع نفسك بأنّه لا قدرة لك على الأمر، بل إنّ هذا ضعف منك؛ فبما أنّك ضعيف هنا وغير قادر، ولا تملك الجدارة والأهليّة، ولا ترى هذه القدرة فيك تقول: لماذا ينبغي عليّ أن أذهب أنا؟ لماذا لا يأتي هو؟ فهذا ليس بسبب قدرتك وعظمتك، بل بسبب عجزك وصغرك ودنوّ همّتك، ولأجل عدم أهليّتك.. وكلّها أمور سلبيّة؛ إذ لا يوجد في ذلك أي أمر إيجابي. حسناً، فإن شعر الإنسان بمواجهته لمثل هذا الشخص في هذه القضيّة، فعليه أن يقدم هو على هذا الفعل؛ لكي يعمل على تعويض الضعف الموجود في الطرف المقابل بقوّته هو، فإن ذهبت أنا إلى منزل فلان، فمعناه أنّني أنا القوي، لا أنّني ضعيف! وأمّا الناس، فيقولون: انظروا إلى هذا ذهب إلى منزل ذاك! هذا لأجل قوّته ذهب إلى منزل ذاك، وذاك لضعفه وعدم جدارته بقي في مكانه؛ فهذا لقوّته يذهب ويطرق الباب، وذاك لضعفه لا يمكنه أن يقدّم جواباً! هذا يمكنه أن يجبر المسألة لوجود استعداد لديه، وذاك لا يتقبّلها وتأنف نفسه عنها بسبب ضعفه وخسّته.. فالناس والعرف ينظرون إلى المسألة بأنّ هذا ذهب إلى منزل ذاك، وذاك جالس في منزله يقول: "هذه المرّة الأولى التي يأتي فيها، فلندعه يأت مرّة ثانية وثالثة و..."! ويبدأ يلوي برأسه هكذا كالديك الرومي، لكنّه لا يعلم بأنّه عندما يفعل ذلك، فإنّ لسان حاله يقول: "أنا أفتقد للأهليّة، أنا خسيس، أنا ضعيف، أنا ناقص!"؛ وهو يظنّ أنّه عظيم. وذاك يذهب إليه، والحال أنّه لا يقلّ عنه قيمة، فخلاياه كخلاياه، وكذلك دمه، إن لم يكن أكثر منه! ووضعيّته مثله، بل أفضل منه؛ فشخصيّةٌ كشخصيّةِ المرحوم العلاّمة أين، وهذا أين؟ لا ربط بينهما! ومع ذلك يأتي المرحوم العلاّمة مع ما يمتلكه من مكانة ومنزلة إلى منزل ذلك الشخص، ويطرق الباب، فلا يفتح له، ويتبسم قائلًا: لقد جاء إلينا ولم نفتح له! ويفرح بأنّه قد خرج منتصراً من هذه المعركة، وظنّ أنه استطاع بخياله أن يحطّ ـ نوعًا ما ـ من قدر الطرف المقابل، لكنّه لا يعلم بأنّه هو المغبون في ذلك! فهذا صار مخدوعًا ومغبونًا، وذاك ارتفع درجة؛ ككفّتي الميزان حين تتغلّب إحداهما على الأخرى، فهذا استطاع بذهابه أن يتجاوز العديد من التعلّقات، ويقطع مسائل وبوادي ومشاكل عويصة بين نفسه وبين التعلّق بالدنيا والتوغّل في الكثرات؛ فبذهاب واحد استطاع أن يحصل على آثار عشر سنوات من صلاة الليل، بل أكثر؛ فليس بإمكان صلاة الليل أن تفعل ذلك، نعم، هي تساعده على هذا الفعل، فلا نريد أن نستخفّ بصلاة الليل؛ لأنّها تساعده على ذلك، لكن على الإنسان أن يأتي إلى الآثار التي تحصل له من صلاة الليل وإلى تلك البوارق، فيترجمها عمليًّا في الخارج وفي المجتمع وفي علاقته مع الأشخاص؛ كي تترك تأثيرها الحقيقي على النفس. وأما مجرّد أداء صلاة الليل، فلا يكفي، وصرف قراءة القرآن لا يكفي؛ لأنّ القرآن يعلّمنا: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ادْفَعْ بِالَّتي‏ هِيَ أَحْسَن‏}</w:t>
+        <w:t xml:space="preserve">﴿ادْفَعْ بِالَّتي‏ هِيَ أَحْسَن‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالقرآن عبارة عن وصفة طبيب؛ فمن الذي ينبغي أن يعمل بها؟!! فعندما تذهب إلى الطبيب وتأخذ الوصفة منه وتضعها في جيبك، سوف يبقى المرض لديك ولن تتحسنّ صحّتك! وعليه، يجب علينا أن نعلم بأنّه إذا فعلنا مثل هذا الأمر، وأقدمنا على هذا الفعل المخالف للنفس.. فهذا الفعل مخالف للنفس، إذ الناس لا تفعل ذلك عادة، ونحن نرى هذه المسألة في أنفسنا، فلماذا نذهب بعيداً؟!! وعلينا ألاّ نداهن، فهذه القضيّة متحقّقة فينا، والرفقاء يعلمون بأنّ البناء في هذه المجالس على أن نتحدث كلاماً أخويّاً، ونترك المداهنة جانباً؛ فنحن في نهاية الأمر، نريد أن نحصل على فائدة، لا أن نأتي ونجلس إلى بعضنا فقط، ونُصغي إلى كلام العظماء وبما سمعناه منهم، وليس فقط سمعناه منهم، بل كنّا نراهم يطبّقون ذلك عملياً بأنفسنا؛ سواء في علاقتهم بمعارفهم أم في علاقتهم برفقائهم؛ وقد كان ذلك عجيباً جدًّا! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أولياء الله لا يتعاملون مع الآخرين من منطلقات النفس و أهوائها</w:t>
@@ -890,88 +903,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{06F738F2-5FCD-474F-8737-10F44357DC3B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A0B772F6-523F-4245-B940-0533A29AFAAB}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{6E0AA08F-8FAC-4010-8F43-919416F2BD37}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{AE77DEAD-6CF5-4CDD-9DED-3C32A3968089}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1020,61 +1040,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1177,61 +1197,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1901,51 +1921,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2724,61 +2744,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3053,63 +3148,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>