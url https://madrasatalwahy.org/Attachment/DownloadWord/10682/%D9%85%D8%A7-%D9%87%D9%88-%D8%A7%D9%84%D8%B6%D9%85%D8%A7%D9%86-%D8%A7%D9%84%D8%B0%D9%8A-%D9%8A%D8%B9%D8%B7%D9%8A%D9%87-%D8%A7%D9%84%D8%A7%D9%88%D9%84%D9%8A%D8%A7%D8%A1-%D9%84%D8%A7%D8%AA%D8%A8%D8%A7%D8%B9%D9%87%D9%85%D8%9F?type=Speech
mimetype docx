--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو الضمان الذي يعطيه الأولياء لأتباعهم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٥ هـ ق - المحاضرة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -447,51 +460,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالممثلون يؤدّون أداورهم بإتقان أحياناً، فيخرجون بشكل شخصٍ آخر بحيث يظن المشاهد أنّه هو! يعني أنّه يقوم بتحويل شخصيته إلى شخصية أخرى ويغيّر حاله بحيث تتغيّر هويته بشكل كامل، وهذا فنّ كسائر الفنون. بعض الأشخاص إذا أرادوا التمثيل، فإنّهم لا يقومون به بإتقان، بل ينكشف حالهم سريعاً، لكنّ بعضهم يمثّلون عليك بإتقانٍ كبير ـ نستجير بالله ـ ويتقمّص الدور بدقّة بحيث لا يخطر ببال المخاطب أنه يلعب دوراً أمامك، فتعتقد أنّ الواقع هو ما يبيّنه! وهذا بنفسه فنّ يدرّس ويعلّم؛ بأنه كيف يمكن للإنسان أن يعيش أجواء أخرى و يغيّر فضاءه إلى فضاء آخر، وأن يغيّر في حاله ليتقمّص شخصية أخرى، فهذا بحاجة إلى عمل وتمرين ووقت.. ففي النهاية هذا الأمر موجود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن مع ذلك، فإنّ التمثيل يبقى معروفاً مشخّصاً، فبكاء الأم الثكلى ليس كبكاء النائحة، (وليست الثكلى كالمستأجرة).</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">در عزائي گر بود صد نوحه گر *** آه صاحب درد را باشد اثر</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[إذا كان في العزاء مائة نائح، فصوت صاحب المصيبة هو الذي يترك الأثر]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فذاك الصوت الذي يأتي من صاحب المصاب هو الصوت المؤثّر، أما النائح الآخر فهو يحكي صوت هذا فقط ويقلّده، وهو في الواقع يمثّل الحزن و البكاء، بل ربما كان يضحك في قلبه ويقول: جيد أن تنزل هذه المصيبة على رأس هذا الرجل.. فهو وإن كان ينوح في الظاهر، لكنّه في قلبه يفكر في ذلك، إذ قد يكون بينهما حساب وعتاب أو شيء آخر، والحال أنّ الآخرين قد يظنون بأنّ صاحب المصاب هو هذا لما يتظاهر به من الحزن، ولكن مع ذلك يبقى صوت صاحب المصاب هو المؤثّر.</w:t>
       </w:r>
     </w:p>
@@ -598,51 +620,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوصول إلى الأستاذ الكامل هو أوّل الطريق لا آخره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثم يقول العلامة: هؤلاء يعتقدون بأنهم وصلوا إلى النبي! ولكن يا عزيزي حتّى النبّي لم يكن كذلك؛ إذ ماذا حصل للأشخاص الذين كانوا مع النبيّ؟! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَسْتَ عَلَيْهِمْ بِمُصَيْطِر}</w:t>
+        <w:t xml:space="preserve">﴿لَسْتَ عَلَيْهِمْ بِمُصَيْطِر﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، إنّ الله يقول للنبي: أنت لست محيطاً بأعمالهم ومسيطراً عليها؛ بحيث تقول لهم: اذهب يميناً واذهب شمالاً فيمتثلون، لا، بل أنت مذكّر فقط، عليك أن تبيّن المطلب وتوضّح الطريق فقط، لا أنّه لك الأمر في تحريكهم في هذا الاتجاه وذاك الاتجاه! عليك أن تبيّن الأمر لهم، فمن أتى واستجاب لك، فبسم الله، عليك أن تقول لهم: حقيقة المطلب هو هذا، والطريق القويم هذا، والطريق المعوجّ هو ذاك، والصحيح هذا، وتبيّن المسائل بهذا الشكل! ما الدليل على هذا الكلام؟ دليله هو ما حصل عندما ارتحل النبيّ صلّى الله عليه و آله عن هذا العالم، فما الذي حصل عندئذٍ؟ لقد تركوا طريقه ومشوا كالأنعام إلى سقيفة بني ساعدة لتعيين خليفة له! ألم يعلن النبي بالأمس على هذا المنبر وأمام الجميع بأن علياً هو الخليفة من بعده؟! أوَلم يقل: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«إني تارك فيكم الثقلين...»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -799,51 +821,60 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من باب الاتّفاق، رأيت هذا الشخص في مكان ما منذ مدة ـ لا أدري السنة الماضية أو التي قبلها ـ، فوجدته في حال مختلف تماماً، فتبيّن أنّني لم أكن مخطئاً في القانون الذي بيّنته؛ فذلك الشخص هو نفس الشخص الذي كان يصل عند نهاية كلام العلامة.. انظروا، كل شيء يخضع لحساب خاصّ! لقد كان المرحوم العلامة يقول مراراً: بمقدار ما تدفع مالاً تأخذ طعاماً.. فمقدار ما تعطي مالاً تأخذ طعاماً! وهذا الأمر هو الذي يشكّل حياة الإنسان في طريقه نحو الوصول إلى الحقائق.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، نحن غير مجازين بالتحدّث أكثر من هذا المقدار، فعلى الإخوة أن يقبلوا عذرنا، وقد قطعنا على أنفسنا أن لا نتحدّث بدءاً من الليلة أكثر من ثلاثة أرباع الساعة، ولا أعلم إن كنت قد وفيت بذلك أم لا! نأمل من الله تعالى أن يُحقّق هذه الحقائق في أنفسنا، وأن يستبدل بلطفه نقصنا إلى قدرة وقوة وهمّة؛ وكما يقول الخواجة حافظ الشيرازي:</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بر سر تربت ما چون گذرى همّت خواه‏ *** كه زيارتگه رندان جهان خواهد شد</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[عندما تمرّ بقبري اطلب الهمّة هناك، فسوف يصير هذا القبر محلاًّ لزيارة شطّار العالم]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالهمّة أمر مهمّ جداً؛ إذ كل شيء ينشأ منها.</w:t>
       </w:r>
     </w:p>
@@ -903,88 +934,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{94EA09D4-FCE8-4DB5-B86C-E3343651C406}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F9B97F19-2217-41F4-BDC8-389F67ABCEEE}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{49AEB954-A798-45E8-B8D7-EF3553F5FB6E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{48F712FE-FCFE-43E6-B4AE-EA841239AC55}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1033,61 +1071,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1190,61 +1228,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1845,51 +1883,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2668,61 +2706,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2997,63 +3110,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>