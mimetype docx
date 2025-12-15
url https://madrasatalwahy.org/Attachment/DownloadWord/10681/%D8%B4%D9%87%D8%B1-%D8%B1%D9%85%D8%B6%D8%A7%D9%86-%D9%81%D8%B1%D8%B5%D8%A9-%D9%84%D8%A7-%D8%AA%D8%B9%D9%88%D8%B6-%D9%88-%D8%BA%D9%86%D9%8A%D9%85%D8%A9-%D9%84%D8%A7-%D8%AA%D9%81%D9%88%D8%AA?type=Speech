--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
@@ -74,62 +75,74 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">شهر رمضان فرصة لا تعوّض و غنيمة لا تفوّت</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي – سنة ۱٤٣٥ هـ ق - المحاضرة الاولي</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي – سنة ۱٤٣٥ هـ ق - المحاضرة الاولى</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
@@ -825,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نظام العالم نظام التربية، فكيف تريد أن تتربّى؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التربية هي بيدك ونظام العالم هو نظام تربية، فبأيّ طريقة تريد أن تتربّى؟ حدّد مسارك! فالقرآن قد صرّح أن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كُلاًّ نُمِدُّ هؤُلاءِ وَ هَؤُلاءِ مِنْ عَطاءِ رَبِّكَ}</w:t>
+        <w:t xml:space="preserve">﴿كُلاًّ نُمِدُّ هؤُلاءِ وَ هَؤُلاءِ مِنْ عَطاءِ رَبِّكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، هل هناك أوضح من هذا؟! أي أنّ الله سبحانه يقول: كما نهيّئ الظروف لهذا الطرف، فإنّنا نهيّئ الظروف لذلك الطرف أيضاً.. لكليهما.. نهيؤها لكليهما؛ فنطعمهما كلاهما، ونوفّر المضجع لهما كليهما، ونمهّد الأرضية لهما كليهما، ويبقى عليك أن تختار أنت أيّهما تريد؟ أخبرنا أنت.. هذا كلام الله، فهو يقول لنا: بّينوا لي كيف تريدون أن أتعامل معكم، فأيّ طرفٍ تختارونه سأوفّره لكم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هناك رواية عن الإمام العسكري عليه السلام ـ وقد قرأتها لكم في السابق أيّها الرفقاء ـ يقول فيها: من يريد أن يتّبعنا، ويؤيّدنا، ويعظّم أمرنا، فإنّ الله يقيّض له مؤمنًا يقف به على الصواب؛ فيأخذ بيده، وبسبب عمله بأوامر ذلك المؤمن ودستوراته، فإنّ الله تعالى يجمع له خير الدنيا وصلاح الآخرة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -894,79 +907,79 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، لقد صار معلومًا ما هي النتيجة، وصار معلومًا ما هو أثر أعمالنا التي نقوم بها، وكلامنا الذي نتكلّم به، والمنابر التي نذهب إليها، والأحاديث التي نجريها، والأمور التي نتواطؤ عليها، والمؤامرات التي نخطّط لها؛ فجميع هذه الأمور ينبغي أن تقع إمّا في هذا الاتّجاه أو ذلك الاتّجاه، لكن في أيّهما؟ ففي النهاية، هي لا تخرج عن هاتين الحالتين، وهذا الكلام لا يخرج عن هاتين الحالتين، وهذه الخطط لا تخرج عن هاتين الحالتين، وهذه المؤامرات لا تخرج عن هاتين الحالتين؛ فإمّا أن تكون رحمانيّةً وإمّا شيطانيّة، وليس هناك من شقٍّ ثالثٍ للأمر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلا نتصوّر بأنّه إذا حصل لنا أمر غير عادي فلا بدّ أن يكون ذلك رحمانيًّا، كلا، بل قد يكون شيطانيًّا! فمن قال بأنّه ينبغي أن يكون رحمانيًّا؟! ألم يرد في الآية الشريفة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ إِنَّ الشَّياطينَ لَيُوحُونَ إِلى‏ أَوْلِيائِهِم}</w:t>
+        <w:t xml:space="preserve">﴿وَ إِنَّ الشَّياطينَ لَيُوحُونَ إِلى‏ أَوْلِيائِهِم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟! فالله تعالى جعل يد الشيطان مبسوطة، وقال له: كلّ من ترى أنّه قد هيّأ في قلبه الأرضيّة المناسبة لنفوذك، فيمكنك أن تنفذ فيه! فتراه يخطط ويحتال ويفعل ويكتب ويحذف ويعمل كذا… من الذي يفعل كلّ هذا أيّها الأحمق؟ إنّه حضرة الشيطان، لكنّك تظنّ أنه الله.. لا أنّك تظنّ، بل تعلم بأنّه من الشيطان وتعلم بأنّه احتيال، لكنّك تتغاضى، وتقول: لنحتل على هذا ولنتقدّم على ذاك! ولنقم بهذا العمل حتى لا نتأخّر عن فلان، ونفعل ذاك حتى يبرز اسمنا أوّلاً، وحتى يصدر هذا الكتاب أولاً! إنّ هذا كلّه من الشيطان! فعبارات مثل: "أن نكون أوّلاً" و"أن نسبق الجميع" و"أن يكون اسمنا في الصدارة" هي عبارة عن إلقاءات شيطانيّة، لكنكّ تتوهّم بأنّها صدرت منك! إنّها لم تصدر منك أنت، بل أنت هيّأت الأرضيّة المناسبة لحضور الشيطان، فقال لك الشيطان: على بركة الله، بما أنّك فتحت قلبك لي، وأوجدت في نفسك فكراً شيطانياً، فسوف أضع بدوري بين يديك الأدوات والوسائل اللازمة لذلك.. افعل كذا، لا تفعل كذا! ادع فلاناً ولا تدع فلاناً! اكتب هكذا! فما حقيقة كلّ هذه الأمور؟ كلّها خطط صادرة من مولانا حضرة الشيطان!! فالشيطان يقول: أنا لست عديم الوفاء! وقد فتحت لي باب قلبك، فدخلتُه محمّلاً بالوسائل والهدايا والعطايا التي يستحقّها هذا المضيف المحترم! فبما أنّه تفضّل عليّ وجعلني أدخل إلى قلبه ـ والحال أنّ هذا القلب هو بيت الله، حيث ورد في الروايات بأنّ القلب بيت الله، فلا ينبغي أن يدخل أحد غير الله إلى بيته ـ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأخرج الله تعالى منه، فإنّني سأرد إلى منزله بيد مليئة بالمنح والهدايا: اكتب هذا الكلام ضدّ فلان، واكتب ذلك الكلام حتّى لا تسمح لفلان الآخر بالبروز والظهور، وافعل كذا ولا تفعل كذا، ادع فلاناً ولا تدعُ فلاناً الآخر، اتّصل بالمسؤول الفلاني… وهكذا يهيّء له الوسائل والأمور اللازمة للوصول إلى غايات ظلمانيّة ومكدِّرة! ما هو سبب ذلك؟ لأنّه هو الذي أراد ذلك! فإذا أردت هذا النوع من التربية، فتفضّل </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كلاً نمدُّ}</w:t>
+        <w:t xml:space="preserve">﴿كلاً نمدُّ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يعني: نمدّك ولا نحرمك، فإن أردت أن تمشي في غير الطريق الموصل إلينا، فلن نقطع الطريق عليك، بل سوف نفتحه أمامك ونعبّده لك جيّداً.. يقال: بأنّه حينما يريدون في بعض الأماكن أن يعبّدوا طريقاً، فإنّهم يشرطون على المقاول ومتعهّد البناء بأن يضعوا كوب ماء في سيارة، فإذا تحرّكت السيّارة على هذا الطريق، ينبغي أن لا يتحرّك الماء في الكوب، لشدّة ما ينبغي أن يكون عليه ذلك الطريق من استواء وإتقان في التعبيد! فالله يقول: سوف نعبّد لك الطريق، وسوف يكون هذا التعبيد على درجة من الإتقان والاستواء، بحيث أنّ السيارة سوف تمشي عليه بشكل تلقائي من دون الحاجة إلى الدفع بالوقود!!! فتتقدّم إلى الأمام إلى أن تصطدم، فلا تعلم من أين تلقّيت الضربة! وهذا هو المهمّ في الأمر: لا تعلم من أين تلقّيت الضربة! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا بالنسبة إلى هذا الطرف، وهكذا بالنسبة إلى الطرف المقابل أيضاً، حيث يأتي الإنسان ويقول: إلهي، أنا مطيع لك وأنت تعلم بحالي.. فهذه الأدعية والكلمات الصادرة عن الإمام السجّاد ـ التي كنا نردّدها ونترنّم بها مع الرفقاء في السنوات السابقة ـ تقول: يا إلهي، نحن فقراء، ولا نملك شيئاً، ومذنبون؛ فخذ أنت بأيدينا وهيئ لنا الأسباب بنفسك، وأعدّ لنا العلل والعوامل؛ فنحن نريد [السلوك إليك]، لكنّنا جاهلون ومخطئون، ولا قدرة لنا.. انتبهوا! لا يأتي علينا يوم نقول فيه لله تعالى: "نحن نفعل هذا العمل!"، فلا ينبغي أن يصدر منّا مثل هذا الخطأ! أونقول له: "نحن لدينا القدرة والاختيار ويُمكننا السلوك بأنفسنا"، فإن صدر منّا ذلك، يقول الله لنا: حسناً، إذا كان الأمر كذلك، فسوف أضع اللجام على عاتقك، فاذهب ولننظر إلى أين ستصل!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1029,51 +1042,51 @@
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«فإن الشقي من حرم رضوان الله في هذا الشهر»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فالشقي هو الذي يُحرم من الاستفادة من مطر الرحمة هذا الذي ينزل على رؤوس الجميع، فيذهب ويجلس تحت السقف! أو يحمل مظلّة حتى لا يتبلّل بهذه الرحمة الإلهيّة! فالتعبير بلفظ الشقيّ ليس بالتعبير السهل أو البسيط، بل هو تعبير قاس؛ فالشقي هو الذي أغلق جميع أبواب الرحمة في وجهه.. على من نطلق لفظ شقي؟ نطلقها على يزيد وابن زياد وأمثالهم؛ فالشقي هو الذي بقي في هذا الشهر محروماً من رحمة الله.. عجيب جداً! ومع ذلك تعالوا لنر كيف يتعامل بعضهم مع هذا الصوم؟ ينظرون إليه بعنوان كونه واجباً، بل واجباً مشروطاً؛ فإن كنّا هنا، صمنا، وإن لم نكن، نقضيه لاحقاً! لا يا عزيزي، فإنّ فعلك هذا حرام!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا أَيُّهَا الَّذينَ آمَنُوا كُتِبَ عَلَيْكُمُ الصِّيامُ كَما كُتِبَ عَلَى الَّذينَ مِنْ قَبْلِكُم}</w:t>
+        <w:t xml:space="preserve">﴿يا أَيُّهَا الَّذينَ آمَنُوا كُتِبَ عَلَيْكُمُ الصِّيامُ كَما كُتِبَ عَلَى الَّذينَ مِنْ قَبْلِكُم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لم يقل الله: إنّ الصوم "واجب" أو "لازم" أو "لا يجوز تركه"، بل يقول: "كتب عليكم"! و هذا التعبير غاية في التأكيد على الإلزام بالأمر، فيقال مثلاً: هذا الأمر مكتوب عليك، وهذا الأمر مختوم ومكتوب، الكتابة تعني أن المسألة صارت أمراً محتوماً، و من يظهر أنّ الصوم واجب مطلق، وليس مشروطاً؛ بحيث يمكن للإنسان أن يترك الصوم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الواجب المطلق هو الواجب الذي يجب على الإنسان أن يقدم عليه من تلقاء نفسه و يتحرّك إليه، كما هو حال الصلاة مثلاً، يعني: إذا جاء وقت صلاة الصبح، فيجب عليكم أن تصلّوا الصبح خلال هذا الوقت، وإذا رأيتم أنّكم إذا قتم بعملٍ ما، فإنّ ذلك العمل سيسبّب فوات الصلاة، لتصبح قضاءً، فإنّ ذلك العمل المانع يصبح حرامًا. هل صار الامر واضحًا؟ لا ينبغي أن يتصوّر الأمر بنحوٍ خاطئ بأنّ الصلاة قبل حلول الوقت ليست واجبةً بعدُ، فوقت الصلاة ليس من شروط الوجوب، بل من هو شرط وجوديّ، و هو من [العلل] المعدّة، فشرط وجود الواجب هو حصول طلوع الفجر، أو زوال الشمس، أو غياب الشمس، وهي ليست شرط وجوب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1116,93 +1129,93 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا يسمّى "الواجب المطلق"، إنّ الاستطاعة بالنسبة للحجّ هي مقدّمةٌ وجوديّة، وليست مقدّمةً وجوبية أو شرطًا للوجوب. كلاّ، ليست شرطًا للوجوب، بل الاستطاعة شرطٌ للواجب، أمّا الوجوب فهو باقٍ على حاله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والصيام له نفس الحكم! فالصيام واجبٌ مطلقٌ، نعم، من هذا الواجب المطلق استُثني شيئان طبقًا لنصّ الآية الشريفة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا أَيُّهَا الَّذينَ آمَنُوا كُتِبَ عَلَيْكُمُ الصِّيامُ كَما كُتِبَ عَلَى الَّذينَ مِنْ قَبْلِكُمْ لَعَلَّكُمْ تَتَّقُون}</w:t>
+        <w:t xml:space="preserve">﴿يا أَيُّهَا الَّذينَ آمَنُوا كُتِبَ عَلَيْكُمُ الصِّيامُ كَما كُتِبَ عَلَى الَّذينَ مِنْ قَبْلِكُمْ لَعَلَّكُمْ تَتَّقُون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إلى أن يصل إلى قوله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَمَنْ كانَ مِنْكُمْ مَريضاً أَوْ عَلى‏ سَفَرٍ فَعِدَّةٌ مِنْ أَيَّامٍ أُخَرَ}</w:t>
+        <w:t xml:space="preserve">﴿فَمَنْ كانَ مِنْكُمْ مَريضاً أَوْ عَلى‏ سَفَرٍ فَعِدَّةٌ مِنْ أَيَّامٍ أُخَرَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فهناك طائفتان استثنيتا من حكم الصيام، الأولى: من يكون مريضًا، والثانية: من يكون مسافرًا، وهنا بالنسبة للسفر، فإنّ الله استثناهم من باب المنّة عليهم، فمن يكون مسافرًا لا يجب عليه الصوم، ولا يشترط أن يكون سفره ضروريًّا جدًا، لكن بالطبع ليس من الجيّد السفر في شهر رمضان، وهو مكروه؛ لأنّه يفوّت الصيام على الإنسان إلّا أن يكون السفر من النوع الذي يهتمّ به الإنسان، وقد منّ الله على المسافر واستثناه من الوجوب المطلق. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكن لو أنّ الإنسان أراد في شهر رمضان أن يسافر لكيّ لا يصوم! حينئذٍ، هذا العمل يصبح عملًا محرّمًا! لا يشتبه عليكم الأمر، ففي بعض الأحيان يسافر الإنسان لداعٍ ما ولغرضٍ معيّن يريد تحقيقه، وعندها يشمله حكم الآية، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَمَنْ كانَ مِنْكُمْ مَريضاً أَوْ عَلى‏ سَفَرٍ فَعِدَّةٌ مِنْ أَيَّامٍ أُخَرَ}</w:t>
+        <w:t xml:space="preserve">﴿فَمَنْ كانَ مِنْكُمْ مَريضاً أَوْ عَلى‏ سَفَرٍ فَعِدَّةٌ مِنْ أَيَّامٍ أُخَرَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، لكنّني رأيت أنّ البعض اشتبهوا، فأفتوا بفتوى خاطئةٍ، مثلًا: يقولون سيدنا، نحن لا نريد أن نصوم، فيقول: سافر، ثمّ اقض يومًا آخر. و هذا خطأ؛ فهذا السفر سفرٌ محرّم، وصومه لم يبطل، يعني: الذي يسافر لهذا الغرض لا يبطل صومه [ولا يجوز له أن يفطر]؛ لأنّه سافر من أجل أن يتخلّص من الصيام، لا أنّه كان يريد السفر مسبقًا، بل سفره كان من أجل الوقوف بوجه الواجب المطلقّ! وهذا السفر سفرٌ محرّمٌ، وحكمه كحكم أيّ سفرٍ محرّم، فلا تصبح صلاته قصرًا، كذلك من يسافر بهذا النحو ليسقط الصوم فسفره حرامٌ، وصيامه ليس باطلاً ولا يسقط، بل ينبغي أن يعود وأن يصوم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، بعض الأحيان يكون لدى الإنسان سفرٌ من أجل العمل، أو ليرى شخصًا ما، أو هناك ضرورةٌ تقتضي أن يسافر؛ فهنا لا إشكال في ذلك، وينبغي عليه أن يقضيه في يومٍ آخر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1378,88 +1391,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{142C027E-B215-4066-B870-EB19D88BDEE3}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{88509130-C915-421D-BB62-13224E752BA3}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E7099C41-6333-4850-B7B0-11E3EB8F6B0A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E022E2D2-FD74-4282-AE5C-216FA87D1B31}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2504,51 +2524,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3327,61 +3347,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3656,63 +3751,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>