--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,74 +75,86 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حيثيتي الربوبيّة والعبوديّة في الإمام والولي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة السادسة عشر </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة السادسة عشرة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -715,51 +728,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد تذكّرت الآن هذه الحكاية؛ فقد كانت هنالك مشاكل بين المرحوم السيّد الحكيم والسلطة الحاكمة في عهد عبد السلام عارف، حيث كان السيّد الحكيم قد اعترض على بعض المسائل، ممّا أدّى إلى غضب السلطة وفرض الحصار والإقامة الجبريّة عليه ـ فهذا هو شأن الحكومات.. ألا يوجد مثل هذا الشيء؟ فهم يقومون بفرض الإقامة الجبريّة على الأشخاص ويقومون بالتشديد عليهم أحياناً ـ ، ثمّ قاموا بالتضييق عليه أكثر، فقطعوا الكهرباء عن منزله، ثمّ وصل بهم الأمر إلى قطع الماء عنه لعدّة أيام. وأتذكّر جيّداً عندما كان الأصدقاء في العراق ينقلون لنا ما حصل، حيث كنت صغيراً في ذلك الوقت؛ فكانوا ينقلون بأنَّ الماء كان يُوصل إلى بيت السيّد الحكيم عبر سطوح المنازل، ثمّ شعرت السلطة بذلك، فقاموا بوضع الشرطة على السطوح لمنع وصول الماء إلى منزله. لقد اشتدَّ الأمر بالسيّد الحكيم، بحيث وصل بهم الحال إلى أنَّهم قد يموتون من العطش، وازداد قلق الناس من جرّاء ذلك؛ فقام أحد أصدقاء السيّد الحداد من المقيمين في الكاظمين ـ وهو لا يزال على قيد الحياة ـ بالقدوم إلى كربلاء ملتمساً من السيّد الحداد أن يقوم بشيء ما، حيث قال له: لقد أعلموني بعدم إمكانيّة إيصال قطرة من الماء إلى المنزل، والناس في قلق واضطراب، ويبدو أنَّ السلطة لن تتراجع عن موقفها، كما أنَّ السيّد الحكيم مُصرّ على موقفه أيضاً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان المرحوم العلاّمة في ذلك الوقت متواجداً في كربلاء، حيث تصادف وقوع هذا الأمر مع وجوده هناك؛ وقد ذكر تلك الحكاية لجمع من الأصدقاء وكنت في وقتها صغيراً، حيث حصل ذلك قبل ما يقارب الخمسين عاماً، وذلك على عهد عبد السلام عارف أو غيره.. لقد حصل هذا الأمر في تلك الفترة على أيّة حال. كان المرحوم العلاّمة يقول: كنَّا جالسين عند السيّد الحداد، إذ رفع رأسه قائلاً: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ اللَّهَ عَلى‏ كُلِّ شَيْ‏ءٍ قَديرٌ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ اللَّهَ عَلى‏ كُلِّ شَيْ‏ءٍ قَديرٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فخرج ذلك الشخص ـ وهو عبد الجليل ـ من المنزل، ثمّ عاد ليقول: لقد رفعوا الحصار، وانتهت الأزمة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من فعل ذلك الأمر؟ لقد فعله العارف! أين انتم يا من تتصدّرون المقامات العليا من الجنّة</w:t>
@@ -774,51 +787,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟! تفضّلوا.. ها هي الكرة، وهذا هو الميدان!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ففي وقت الرفاه، تكتبون عن العرفاء على أنَّهم كافرون لأنَّهم يؤمنون بوحدة الوجود، وعند الشدة والحصار، تتوسّلون بهم؛ ليكن لديكم إنصاف! فالإنصاف شيء جيّد. ألم يكن الأولياء يفعلون ذلك؟ نعم، كانوا يفعلونه، ولكن من هو مصدر تلك القدرة؟ فذلك الذي يقول الآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ اللَّهَ عَلى‏ كُلِّ شَيْ‏ءٍ قَديرٌ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ اللَّهَ عَلى‏ كُلِّ شَيْ‏ءٍ قَديرٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، من أين اكتسب تلك القدرة التي قام بإنزالها من العوالم العلويّة وألقاها في أذهان أولئك [المتسلِّطين] لكي يقوموا بالاتّصال بأعوانهم لرفع الحصار؟! من هو مصدر تلك القدرة؟ إنَّ مصدرها هو الله؛ فالسيّد الحداد لا يمتلك تلك القدرة، بل لا يمتلك أن يدفع عن نفسه بعوضة واحدة! فهذا هو نهجه، ومدرسته مبنيّة على ذلك؛ غير أنَّنا لا نريد أن نقبل هذا الأمر، فترانا نقول: كانت تلك قدرتك، فأنت الذي قمت بالدعاء، وقد تحقّق هذا الأمر نتيجة لدعائك؛ فنكون بذلك قد وضعنا الله ـ ذلك المظلوم المسكين ـ جانباً! فكانوا يقولون: لقد رُفع الحصار بفعل دعاء السيّد الحدّاد! لماذا تقولون ذلك؟ لماذا لا تقولون بأنَّ الله هو الذي فعل ذلك؟ على أنَّ السيّد الحدّاد لا يُسعَد عندما يسمع ذلك، بل على العكس، فهو يتألّم من هذا الكلام.. كان يقول لأمثال هؤلاء: متى يفهم رأسك الأجوف هذا الأمر؟ متى يفهم بأنَّني لم أفعله؟ كان يقول ذلك، وكنَّا نسمع منه هذا الكلام، وكان يقول: متى يصبح رأسك هذا رأس آدميّ؟ متى تُصدّق بكلّ ما أقول وتعتبره كلاماً واقعيّاً؟ هل سيكون لهذا الأمر أجل معلوم؟ ومع ذلك فهم يقولون: كان ذلك بفعل دعاء السيّد الحدّاد! بينما يكون أقصى ما فعله السيّد الحدّاد هو أنَّه وصل إلى مقام أصبح معه صفراً! فذلك هو الدور الذي قام بإنجازه، وتلك هي مهارته وحذاقته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تجلّي حيثيّة الربوبيّة في الإنسان لا يتحقّق إلاّ بعد وصوله لدرجة الصفر (العبوديّة التامّة)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -969,72 +982,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ قلت له: حسناً سأفعل. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فذهبت وعرضت المجلّة على المرحوم العلاّمة وقلت له: لقد جلبت لكم شيئاً عجيباً، ويُقال بأنَّه قد تمّ إفحامكم، والردّ عمّا ذكرتموه في ذلك الكتاب، فقال: وماذا قالوا؟ فأعطيته المقال، فلمّا قرأه، فإذا به يضحك مقهقهاً ـ أنا لم أضحك وقتها كما فعل هو ـ وقال: أهذا كلّ ما في الأمر؟!! ولا أزال حتّى هذه اللحظة أتذكّر ذلك الموقف وكأنَّي أسمع ضحكته الآن. قال: إنَّه لم يذكر أمراً ذا قيمة في مقاله؛ ثمّ أردف بهذه الجملة: يا سيّد محسن، قل لهؤلاء بأنَّني لم أكتب هذا الكتاب لأجلهم، بل كتبته لمن له نصيب من الفهم، وأنا لم أكتبه لهم حتّى يأتوا ليردّوا عليه. نعم، لقد قال: أهذا كلّ ما لديهم؟ إنَّهم لم يأتوا بشيء؟!! قالها بنحوٍ وكأنّه شيء تافه.. إن لم يكتب ذلك فسيُصاب بسكتة قلبيّة، فدعه يُسعِد نفسه ويتباهى بكونه قد كتب ردّاً على الكتاب، وأثبت بطلان كلام الكاتب وكذَّب مقالته! إذا كان ذلك يُسعدك أيّها المسكين، فاكتب عشرة كتب من أمثال ما كتبت؛ فالشمس والقمر لا يبقيان تحت الغيم، فإلى متى هذا الكتمان أيّها المسكين؟ فأنا كتبت هذه الكلمات لأجلك أنت، حتّى إذا كانت لا تزال هنالك نافذة مفتوحة في قلبك الأسود، فإنّها ستشرع في العمل، وأمّا إذا لم تكن ترغب في ذلك، فأنت وشأنك، وأنا من جهتي لست مصرّاً على ذلك </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لا تَهْدي مَنْ أَحْبَبْتَ ولكِنَّ اللَّهَ يَهْدي مَنْ يَشاءُ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لا تَهْدي مَنْ أَحْبَبْتَ ولكِنَّ اللَّهَ يَهْدي مَنْ يَشاءُ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">..ألم يرد في الآيات القرآنية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لا تُسْمِعُ الْمَوْتى‏ ولا تُسْمِعُ الصُّمَّ الدُّعاءَ إِذا وَلَّوْا مُدْبِرينَ وما أَنْتَ بِهادِي الْعُمْيِ عَنْ ضَلالَتِهِمْ إِنْ تُسْمِعُ إِلاَّ مَنْ يُؤْمِنُ بِآياتِنا فَهُمْ مُسْلِمُونَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لا تُسْمِعُ الْمَوْتى‏ ولا تُسْمِعُ الصُّمَّ الدُّعاءَ إِذا وَلَّوْا مُدْبِرينَ وما أَنْتَ بِهادِي الْعُمْيِ عَنْ ضَلالَتِهِمْ إِنْ تُسْمِعُ إِلاَّ مَنْ يُؤْمِنُ بِآياتِنا فَهُمْ مُسْلِمُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ حيث يخاطب الله رسوله قائلاً: إنَّك لا تستطيع أن تُحيي الموتى؛ فذلك الشخص ميّت وقلبه ميّت؛ فقلب أبي سفيان ميّت، وقلب ذلك المنافق وذلك الزنديق ميّت، وقلب ذلك المُعمّم الدارس للعلوم الدينيّة والمطّلع على كلّ تلك الروايات، والذي يدَّعي الانتساب إلى مدرسة المرحوم العلاّمة، وهو يدوس على الحق بقدميه، ميّت؛ فماذا أقول لك أكثر من هذا؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">استمرار تكامل الأنبياء والأولياء حتّى بعد الوصول للقاء الله تعالى ومرحلة البقاء</w:t>
@@ -1406,88 +1419,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9813EFAC-98DB-4AC0-83E0-CAE5F743BDDD}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6B306546-4016-496A-865A-5C7A21814DD4}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4D3C7C50-E33C-4BF5-92F6-B7614E7244CF}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C82145C7-0360-4C7B-941A-31B4C6C8BC7C}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1536,61 +1556,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="7" name="_x0000_i0007">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0007"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1693,61 +1713,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="8" name="_x0000_i0008">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0008"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2601,51 +2621,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3424,61 +3444,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3753,63 +3848,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>