--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,74 +75,86 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل يكفي الادعاء للوصول إلى الأمل العظيم ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الخامسة عشر </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الخامسة عشرة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -152,50 +165,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذُ باللهِ من الشيطانِ الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللهِ الرَّحمَنِ الرَّحيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وصلَّى اللهُ عَلَى سيّدنا ونَبِيّنا أبي القاسِمِ مُحمّد</w:t>
@@ -834,87 +859,87 @@
         </w:rPr>
         <w:t xml:space="preserve">ـ لا، لم أتمكّن حتى الآن من ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتكلّم معي بشكلٍ آخر، قال: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- هل يصحّ التصرّف بهذه الطريقة؟ أبهذا الشكل يتم التعاملُ مع طلباتِ الأصدقاء؟ </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">- قلتُ له: وما الضير في ذلك، سيكون اللهُ وملائكتهُ في أمانٍ وراحةٍ منك، وأنت ستستريحُ أيضاً، يعني اعتبرها فرصة.. وسوف لن تحصل أيّة مشكلةٍ من جرّاء ذلك. وهنا أغلق سماعة التلفون دون أن يودّعني. [يبتسم سماحة السيد] ولا أدري ماذا حصل من مشاكل في منزلهِ بعدها، فلم أسأل أو أتابع الموضوع، وما أعلمه أنّه قد غضب ممّا جرى.</w:t>
+        <w:t xml:space="preserve">- هل يصحّ التصرّف بهذه الطريقة؟ أبهذا الشكل يتم التعاملُ مع طلباتِ الأصدقاء؟ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- وقد كنتُ في ذلك الوقت في حالٍ من المرح والانشراح والانبساط، فقلتُ له: لماذا أنت مستعجلٌ إلى هذه الدرجة؟! أخّر وصولك إلى الفناء أسبوعاً، فما المشكلة لو تأخّر وصولكم إلى الفناء أسبوعاً؟! وما الضيرُ في ذلك؟ بل على العكس ستكونُ الملائكةُ في راحةٍ منك. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- فقال: لماذا تتكلّم معي بهذا الأسلوب؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- قلتُ له: وما الضير في ذلك، سيكون اللهُ وملائكتهُ في أمانٍ وراحةٍ منك، وأنت ستستريحُ أيضاً، يعني اعتبرها فرصة.. وسوف لن تحصل أيّة مشكلةٍ من جرّاء ذلك. وهنا أغلق سماعة التلفون دون أن يودّعني. [يبتسم سماحة السيد] ولا أدري ماذا حصل من مشاكل في منزلهِ بعدها، فلم أسأل أو أتابع الموضوع، وما أعلمه أنّه قد غضب ممّا جرى.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي اليوم التالي، ذهبتُ إلى منزلِ المرحوم العلاّمة، إذ كان قد دعا جميع الرفقاءِ للحضور، لقد كانت هنالك مناسبةٌ معينة لا أتذكر ماذا كانت تلك المناسبة، وقد تحدّث المرحوم العلاّمة لمدةِ ساعةٍ من الزمان، ثم انصرف من الحسينيّةِ وذهب إلى غرفتهِ. فرأيتُ الشخص المذكور قد تركني وذهب إلى أخي الأكبر المعظّم المكرّم ليعرض عليه أمرهُ، فلقد قطع الأمل منّي وتصوَّر بأنَّهُ لن يحصل منّي على نتيجةٍ لمّا رآني أمزح معه بتلك الصورة؛ لقد ذهب إلى أخي وقال له: "كانت لديّ أذكار، ولقد عرضتُ الموضوع على أخيك ولمدة ثلاثةِ أيامٍ، ولكنّهُ لم يكن يهتمُ بأمري، وكان يجيبني باستعلاء، فأريدك أن تقوم بهذا الأمر". </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فذهب أخي إلى المرحوم العلاّمة دون أن يستفسر منّي عن الموضوع، فسمعنا صوت المرحوم العلاّمة قد ارتفع وهو يقول: اخرج، وقل له: متى ما أعطاك السيِّد محسن الجواب، فخذ الجواب منه. فرأيتُ أخي قد خرج ولون وجهه كالجصّ الأبيض، وهو يقول لذلك الشخص: "ألم تكن قد عرضت الموضوع على أخي، فلماذا تكلّفني بذلك؟! لقد غضب السيّد العلاّمة منّي حتّى كاد أن يصفعني!"، ولقد سمِع ذلك الشخصُ بنفسهِ صوت المرحوم العلاّمة وهو يصيحُ بوجه أخي الذي لم يكن يعلم عن الموضوع شيئاً. فذهب هذا الشخص، ولم يُسمع له صوتٌ بعدها! </w:t>
       </w:r>
@@ -1077,123 +1102,123 @@
         </w:rPr>
         <w:t xml:space="preserve">نقل لي أحدُ الأصدقاءِ الساكنينَ في إحدى المدنِ بأنَّ أحد الأشخاصِ من أهل مدينتهِ والذي لا يزال على قيد الحياة كان يقولُ له بتكرارٍ: "بأنَّه إذا ما جاء الشخصُ الفلاني إلى هنا فأرجوا أن تخبرني، فكم أنا متعطشٌ لرؤيتهِ"، و لن أذكُرَ تفاصيلَ الموضوعِ لكي لا يتعيَّنُ المصداق، فهدفي هو بيانُ أصل الموضوع ـ والشخص المشار إليه (الذي كان من المتوقّع مجيئه) كان سيِّدٌ من أهلِ الحال، وكان له ارتباطٌ واسعٌ جداً مع المرحوم العلاّمة، وكانت له في ذلك الوقتِ حالاتٌ جيدة، وكان يقومُ ببعض الأعمالِ الخارقةِ للعادة، إلاّ أنَّ حالهُ قد تبدّل فيما بعد وظلّ راكداً عند مستوىً معين، و لكن في بداية أمره كانت حالته جيدةً جدّاً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول صديقنا: كان هناك شخص يصرّ عليّ بأنّه إذا جاء هذا السيّد فأخبرني؛ فأنا متعطّش لرؤيته. وبعد مدةٍ زارنا هذا السيِّد، فأخبرتُ ذلك الشخص بأنَّ السيِّدَ الفلاني قد حلَّ ضيفاً علينا، وأنت مدعوٌ لتناولِ طعام العشاء معهُ في بيتنا ولقد كان الفصلُ شتاءً، فقال: حسناً جداً، سأحضرُ حتماً. وعندما حلَّ وقتُ العَشاءِ وأردنا إحضار المائدة، لم يحضر ذلك الشخص المذكور! فقلتُ: ماذا سنفعل هل نحضر المائدة أم ننتظر؟ فقال السيِّد (وكان من أهل المزاح): أحضر المائدة ودعنا نتعشّى، فهو مشغولٌ بأكلِ البرتقالِ مع زوجتهِ في الوقتِ الحاضر. وبعد انتهائِنا من تناول طعامِ العَشاء، إذا بجرس الباب يدقّ، و كان الطارق ذلك الشخص، فدخل ، وهنا حيّاه السيّد قائلاً :</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- السلامُ عليكم.</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">- كفاك يا هذا، بل كنتَ تأكلُ البرتقال مع زوجتك، وهي التي منعتك من الحضور، ألم يكن لون قشر البرتقالِ أخضراً؟! </w:t>
+        <w:t xml:space="preserve">- السلامُ عليكم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- وعليكمُ السلامُ يا سيِّد، كم أنا مشتاقٌ لرؤيتكم و...، وشرع بالتكلّم بكلام طويل.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- فأجابه السيّد: لقد كنّا منتظرين قدومكم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- لقد حصل لي أمرٌ أعاقني، وكلّما حاولتُ المجيء لم أستطع، و شرع بالتبريرات و...</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- كفاك يا هذا، بل كنتَ تأكلُ البرتقال مع زوجتك، وهي التي منعتك من الحضور، ألم يكن لون قشر البرتقالِ أخضراً؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتغيَّير لونُ ذلك الشخص! لقد كان ذلك السيِّدُ مزوحاً، وكان يطرحُ بعض الأمورِ في طيّاتِ كلامه. قال له: لقد كنت تنوي الحضور، فمنعتك زوجتك وجلستما تأكلانِ البرتقال، ثم قالت لك: "لقد حضّرتُ العَشاء، أفتترك عشائي وتذهبُ إلى مكانٍ آخر؟!"، فلم يطاوعك قلبك وجلست تتعشّى معها، أتريد أن أضيف شيئاً آخر؟! هل أكمل التوضيح ؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- فقال: لا يا سيّد، هذا يكفي!</w:t>
+        <w:t xml:space="preserve">-فقال: لا يا سيّد، هذا يكفي!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا في الوقت الذي كان هذا الشخص يؤكّد على الرجلِ لمدةِ شهرٍ، وبكل إصرارٍ بأن يخبرهُ إذا ما حضر ذلك السيِّد.. هذا هو حال الناس، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فأين هي حرقة الشوق إلى لقاء الحبيب في قلبه؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
@@ -1229,99 +1254,99 @@
         </w:rPr>
         <w:t xml:space="preserve">وكم كان حسناً أنّ الأمور اتّضحت لي ، وانفتح فهمي. بالطبع فإنِّي لم أكُن بالشخص الذي لا يفهمُ القضايا التي تجري من حولهِ، فلقد تربيتُ في هذا البيتِ لمدةِ أربعين سنةً، وكنتُ أرى عن قربٍ ما هو مستوى الأشخاصِ الذين يتردّدونَ على المرحوم العلاّمة، وكنتُ أستمعُ لأنواعِ الحديثِ الذي كان يجري ، و أنا لم أكُن غبياً لا يفهمُ ما كان يجري؛ صحيح أنَّني لم أكُن ذكياً ونابغةً، ولكنَّني لم أكُن غبياً لا يفهم ما يجري من حوله، ولكنَّني ـ مع ذلك ـ لم أكن قد وصلت واستوعبت ما كان يجبُ أن أصلَ إليه و أدركه، بل كنتُ واقفاً في مستوىً معين، فحصلت تلك الأحداث لتفتح ذهني مرةً واحدة وتنبّهني أن: لماذا ما تزال هنا؟ و لماذا تبقى بينهم؟ من أجل من تبقى هنا؟ وأيّ أمل ترجوه منهم؟ هل تأمل الخير من هؤلاء؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد التقيتُ يوماً بأحدهم وكان من أهل الفضلِ، فقلتُ له: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- ألم تقل بشأني فيما يتعلق بالقضية الفلانية: كذا وكذا؟</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">- اذهب وراجع الرواية المتعلقة باستدعاء أميرِ المؤمنين لأنسٍ بن مالك للشهادة له بشأن الخلافة! أنت لا تتذكّر، ها؟!</w:t>
+        <w:t xml:space="preserve">- ألم تقل بشأني فيما يتعلق بالقضية الفلانية: كذا وكذا؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- أنا لا أتذكّر، أرجو أن تعذُرني.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- ألا تتذكرُ ذلك؟! عُد إلى ذاكرتك قليلاً لترى هل تتذكّر أم لا؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- كلّما راجعتُ ذاكرتي، أرى بأنِّي لا أتذكرُ ذلك.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- اذهب وراجع الرواية المتعلقة باستدعاء أميرِ المؤمنين لأنسٍ بن مالك للشهادة له بشأن الخلافة! أنت لا تتذكّر، ها؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هؤلاءِ هم الذين كانوا يحضرون المجالس، وكنّا نراهم يبكون؛ فلا أدري ما هو مصدر ذلك البكاء؟! هل كان بكاءً واقعياً وناشئاً عن حُرقة قلبٍ؟ أم أنَّه كان نتيجةً للتأثيرِ الظاهري لذلك السيِّد وأبّهتهِ وجلالهِ وجماله! عن أيّهما كان ينجم ذلك؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">علامة صدق الأمل العظيم هي اتّباع الحقّ ولو كان مُرّاً</w:t>
       </w:r>
@@ -1337,51 +1362,51 @@
         </w:rPr>
         <w:t xml:space="preserve">يريدُ الإمام السجّاد أن يقول هنا: بأنَّ الله سيأخذُ بيدك إلى طريق الهداية فيما إذا كانت عندك لوعةٌ لسلوك هذا الطريق، وإلاّ ففي حالةِ فقدان تلك اللوعة والتي تعتبرُ بمثابةِ المحرّكِ بالنسبة لك، فإنَّ هذا الأمر سيتحوّلُ إلى عملٍ كبقيّة الأعمال وفنٍّ كبقيّة الفنون؛ لأنَّ الإنسان لابدّ له من أن يطوي هذه الدنيا بشكلٍ من الأشكال، وأن يجد له مكانةً بين الناس؛ فإن استطاع الحصول على مركزٍ قيادي عن طريق امتلاكه لرتبةٍ عسكرية مثلاً، فقد حصل المطلوب، وإلاّ فهو يلجأُ للعمامةِ والعباءة والقباء، وتمثيل حال التواضع والحياءِ بطأطأةِ الرأسِ أثناء المشي؛ إذ لا بدَّ له من أن يُحيط نفسهُ بمجموعةٍ من الأفراد. فالأمرُ واحد، إذ إنَّ المحور الذي تدور حوله القضيّة في جميع هذه الأحوال هو النفس. فعند عدم تقاطع الأمور مع المسائل النفسانيّة، ترى الشخص يتحدَّثُ وينصح الآخرين ويُرشدهم إلى الطريق الصواب، ولكنَّهُ ما إن تصطدم المسألة بمصالحهِ الشخصيّة، حتّى تراه يبدأ بالّلفِ والدورانِ وتبريرِ الأمورِ لكي لا تُمسَّ مصالحهُ؛ فتراه يتهرّب عن قول الحقّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال لي صديقي الدكتور سجّادي: لقد كنتُ ألقي محاضرةً مرّة، فإذا بأحدِ تلامذتي يقطعُ عليَّ حديثي، ليتّهمني ـ بدافع الحسدِ ـ بأمورٍ باطلةٍ لكي لا تتعرّض سمعتهُ للخطر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- يا هذا، لقد كنتَ تلميذي لعدةِ سنوات، وكلّ ما لديك من معلوماتٍ فقد تعلّمتها منِّي، فأنا الذي كنتُ أعلّمك هذه الأمور في غرفة العمليات!</w:t>
+        <w:t xml:space="preserve">-يا هذا، لقد كنتَ تلميذي لعدةِ سنوات، وكلّ ما لديك من معلوماتٍ فقد تعلّمتها منِّي، فأنا الذي كنتُ أعلّمك هذه الأمور في غرفة العمليات!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أتلاحظون، إنَّه يقف بوجه أستاذهِ! هكذا يكون الأمر عندما تتدخّل المسائلُ النفسانيّة، فلا فرق عندها بين الطبيبِ والمهندسِ و طالب العلم المُعمّم، فهذا يضعُ الحقّ تحت قدميهِ، وذلك يفعل نفس الأمر .. كلاهما يريانِ الحقَّ ويدوسانِ عليه.. كلاهما متوغلان في الظلمةِ والكدورةِ الشيطانيّة والنفسانيّة؛ فإن خلع ذلك الشخص الملابس الدينيّة، وخلع هذا لباس الطبابة الأبيض، لكانا شخصاً واحداً؛ فالفرقُ إذن في نوع الملابسِ فقط؛ فذلك يلبسُ القباءَ والعمامةَ، وهذا يلبسُ اللباس الأبيض، فيصبحان شخصين، فنقول عندها: إنّ هذا رجلٌ جيدٌ وذلك سيء. إنَّ حقيقة الأمرِ ليست بهذا الشكل، فكلاهما واحدٌ والفرقُ الوحيد هو في الملابس، فإذا ما وُضِعت الملابسُ جانباً لكانا شخصاً واحداً، لكل منهما رأسٌ وجسمٌ ويدٌ ورجل، كما أن الحالة النفسيّة لكلٍ منهما واحدة وهي عبارةٌ عن الشيطنة والأنانيّة، غايتها أنّ هذا ظهر بهذا المظهر، وذلك بذلك المظهر، هذا يدوس على الحق بهذه الكيفيّة وذلك بتلك الكيفيّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نشرت إحدى المجلات الصادرة باللغةِ العربية ـ تحت اسم نشر المواضيع العلمية والعقائديّة ـ نشرت مقالاً ينتقدُ كتاب الروح المجرّد؛ فعندما قرأتهُ وجدتهُ عبارة عن مجموعةٍ من الأباطيل، فكاتبها إمّا أن يكونَ شخصاً جاهلاً أو مُغرضاً، فلنقل بأنَّه لم يكن من الصنف الثاني وإنَّه كان جاهلاً. ولما كانت المجلة تُعلن استعدادها لنشرِ أيّ نقدٍ للمقالة، فقلتُ: حسناً سأكتب رداً على هذه المقالة لكي يُنشر ويُترك الحُكم في الموضوع للقارئ، فذلك هو المقال وهذا الرد عليه؛ غير أنَّهم لم يقبلوا بذلك، وحتّى هذه اللحظة التي أتكلّمُ معكم فيها لم يقبلوا أن ينشروه. </w:t>
       </w:r>
@@ -2184,88 +2209,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{420BCB2E-C503-4822-ABD0-9DB604D289B9}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4A730D9E-9CDC-4C76-85DF-02D232845C57}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{EA60CC3A-9BCB-4726-8244-DB8E76DD6CD9}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{683C2680-85C8-4BF6-95E3-C99DA0F13F7F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2314,61 +2346,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="11" name="_x0000_i0011">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0011"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2471,61 +2503,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="12" name="_x0000_i0012">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0012"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3126,51 +3158,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3949,61 +3981,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4278,63 +4385,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>