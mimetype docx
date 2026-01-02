--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,74 +75,86 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هي الغاية من السلوك؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الثالثة عشر </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الثالثة عشرة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -152,50 +165,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحيم </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّى اللهُ عَلَى سيّدنا و نَبِيّنا أبي القاسِمِ مُحمّد </w:t>
@@ -205,63 +230,63 @@
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهمّ صلّ على مُحمّد و آل مُحمّد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و عَلَى آله الطّيّبين الطّاهِرينَ و اللّعنة عَلَى أعدائِهِم أجمَعينَ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عظُم يا سيّدي أملي و ساء عملي فأعطني من عفوك بمقدار أملي و لا تؤاخذني بأسوء عملي؛ فإنٌّ کرَمَك يجلّ عن مجازات المذنبين و حلمك يكُبر عن مكافات المقصِّرين.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -396,51 +421,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأولياء يعمّرون قلوب السالكين لا دنياهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كنت ألاحظ في السابق، بأنَّ علاقة تلامذة المرحوم العلاّمة به كانت من نوع العلاقة المبنيّة على مصلحة، لا علاقة شخص جاء يلتمس طريق الهداية، فترى طلباتهم منحصرة في نطاق مشاكلهم الشخصيّة وخلافاتهم مع بعضهم البعض، لم يكونوا يفهمون بأنَّ عليهم أن يغتنموا وجود هذا الولي الإلهيّ لإصلاح أنفسهم وقلوبهم؛ فكانوا يأتون ليطرحوا عليه أموراً تافهة ويطرحوا مشاكلهم مع زوجاتهم! ألهذا جاء أولياء الله إلى الدنيا؟! وكان المرحوم العلاّمة يتذمّر من هكذا تصرّف، وقال لي يوماً: يا سيِّد مُحسن، إنَّ هؤلاء الأشخاص يُريدونني لأجل دنياهم. لكن لا شك أن هذا لا ينطبق على الجميع، فهنالك استثناءات، فكلّ واحد منّا يعلم حاله </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ }</w:t>
+        <w:t xml:space="preserve">﴿بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. نعم، لقد قال لي ذلك سرّاً؛ قال لي: إنهم يريدوني لأجل دنياهم ولا يوجد فيهم من يُريدني من أجل ذلك الشيء الذي أُريد أن أُعلّمهم إيّاه ـ طلبت منكم قبل قليل أن تعذروني على ما أقول، فأنا مُضطرّ لطرح ذلك ـ إنَّ هدف أولياء الله هو تعمير قلوبنا، لا تعمير دنيانا، ولكنَّنا لم نأخذ ذلك بصورة جديّة، بل نتهاون ونتعامل معه على نحو المزاح.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ترى أحدهم يأتي ليتتلمذ على يديّ المرحوم العلاّمة مدة سنتين، وعندما تحصل له مشكلة، تراه يقول لماذا لا يحلّ لي مشكلتي؟ </w:t>
@@ -633,51 +658,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما قلت له ذلك، فكأنَّما ألقي عليه ماء بارد! فقال لي: رحم الله أباك على هذه النصيحة، لم أكن مُلتفتاً إلى ذلك حتّى هذه اللحظة. علماً بأنَّ عامّة الناس لو اطّلعوا على واحد بالألف من تلك الأمور لذهبوا في الحصول عليها كل مذهب، إذ لا يمكن التخلّي عن هذه الأمور ببساطة، فالتخلِّي عن كلّ واحدة منها يجعل صاحبها يعبر عقبات كبيرة. بالطبع لنا حكايات متعدِّدة معه ومع غيره في هذه الأمور. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقال حسناً، سأفعل، وقام بذلك بالفعل! كنت أريد منه أن يُخرج ذلك من قلبه، ولا يُبقي فيه شيئاً. قلت له: أعِد جميع ذلك إلى صاحبه الأصلي، واخرج من هذه الدنيا كما دخلتها؛ فأيّ شيءٍ كان لديك عندما جئت إلى الدنيا؟ لا شيء: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ اللَّهُ أَخْرَجَكُمْ مِنْ بُطُونِ أُمَّهاتِكُمْ لا تَعْلَمُونَ شَيْئاً}</w:t>
+        <w:t xml:space="preserve">﴿وَ اللَّهُ أَخْرَجَكُمْ مِنْ بُطُونِ أُمَّهاتِكُمْ لا تَعْلَمُونَ شَيْئاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. إنَّه لأمر عجيبٌ حقاً، فلقد جاء الله بنا إلى هذه الدنيا ولم نكن نعلم شيئاً، كانت معلوماتنا صفراً، ثم أضفنا إلى أنفسنا بعض الخصوصيّات، وصرنا نقول: "أنا" لا "أنت"، وعليك التنحّي عن هذا الأمر فهو خاص بي، وأمثال ذلك. والحال أنّه لم يكن هنالك شيء من هذا عندما جئنا إلى الدنيا، فلم نكن نعترض عندما كان يحملنا هذا الشخص أو ذاك، أو عندما كانوا يضعونا على الأرض. لم يكن لدينا أيّ خيار ولم يكن لنا أن نبدي رأينا في المسائل من حولنا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقلت له: ارحل عن الدنيا بنفس تلك الكيفيّة؛ فتوكّل على الله واترك كلّ ما كسبته في هذه الدنيا من العلوم الغريبة وما شابهها وراء ظهرك، وقل: ربي لقد تطهّرت من كلّ هذه الأمور! وأنا قادم إليك كما ولدتني أمي. ففي هكذا حال سيكون الأمر مختلفاً تماماً. </w:t>
@@ -906,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقد حصل لي العديد من هذه الموارد، فالأمر إلى الله، فإن شاء أن يسلب فهم الإنسان، سلبه! وإن شاء منَحَه. فإن قيل بأنَّ علم هذا الشخص أكثر، فمانح هذا العلم الكثير هو الله، كما أن مانح العلم القليل هو الله أيضاً؛ ففي كلتا الحالتين يجب أن ننظر لما بين أيدينا على أنَّه أمانة، فلماذا لا نَنسِب تلك الأمانة إلى صاحبها الأصلي؟ لماذا نَنسبها إلى أنفسنا؛ فنقول علمنا أكثر من ذلك، أو علمه أقل من علمنا؟ وكذلك الحال بالنسبة للتقوى والمقامات وغيرها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مَنْ كان بلعم بن باعورا؟ ألم يكن ذا مقامٍ عالٍ؟ ألم يكن مُستجاب الدعوة؟ ألم يكن قادراً على القيام بأعمال خارقة للعادة؟ ألم يذكر الله في القرآن بأنَّه آتاه آياته: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ وَ اتْلُ عَلَيْهِمْ نَبَأَ الَّذي آتَيْناهُ آياتِنا فَانْسَلَخَ مِنْها فَأَتْبَعَهُ الشَّيْطانُ فَكانَ مِنَ الْغاوينَ }</w:t>
+        <w:t xml:space="preserve">﴿وَ اتْلُ عَلَيْهِمْ نَبَأَ الَّذي آتَيْناهُ آياتِنا فَانْسَلَخَ مِنْها فَأَتْبَعَهُ الشَّيْطانُ فَكانَ مِنَ الْغاوينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فبلعم هذا قد استغلّ علمه ضدّ وليّ الله، وعلينا أن نستفيد من هذه العِبر. فجميع النِعم الظاهريّة والباطنيّة هي ملك لله. ولا يعني هذا أنَّ السالك ما دام قد وضع قدمه على الطريق، فإنَّ الأمر صار محسوماً بالنسبة له!! فقد انتقد المرحوم العلاّمة في كتاب الروح المجرّد ذلك الشخص المُتمرّد ـ على أنَّه لم يذكر الكثير مما كان يفعل ـ كان يُظهر أموراً خارقة للعادة لم أذكر لحد الآن واحدة منها للآخرين، فحتّى تلك المسائل التي ذكرتها في الجلسات الخاصّة لم تكن إلاّ أموراً بسيطة منه؛ حيث كان ينقل لي قضايا وأسراراً لا يمكن البوح بها. فشخص كان قد وصل إلى هذا المقام، تراه يقف بوجه وليّ الله ويُسيء الأدب إليه! لكنّه تلقّى ضربة، لا يزال ينحدر على إثرها إلى القعر حتّى يومنا هذا! فلا يتصوّر المرء بأنَّه إذا أحرز مقاماً معيناً، يكون قد وصل إلى نهاية المطاف، فمصدر جميع تلك المواهب الظاهريّة والباطنيّة واحد، فصاحب الأمانة واحد؛ فهو صاحب العلم، وهو صاحب المواهب وهو صاحب الفيوضات، فالذنب ذنب، وإن صدر من أيّ شخص وفي أيّ مقام كان؛ فعلى الإنسان أن يكون يقظاً، وعلينا ألاّ ننسى بأنَّنا محتاجون دائماً وعلى طول العمر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الجميع فقير إلى الله حتى الإمام والنبي عليهم السلام</w:t>
@@ -963,141 +988,141 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فحتّى الإمام السجاد وفي هذا الوقت الذي يدعو الله فيه بهذا الدعاء هو محتاج؛ فلو لم يكن محتاجاً لما قال لنا هكذا، ولما التجأ إلى الله بهذا الشكل! الإمام يُعلِّم أبا حمزة هذا الدعاء وهو في حال من الحاجة، لا في حال المطالبة. قلت لكم تلك الليلة لو كان الإمام السجاد يُخاطب الله بهذا الشكل: إلهي ليكن بعلمك إنَّ من يُخاطبك هو الإمام السجاد، فلتحافظ ملائكتك على الهدوء حين أتكلّم معك، ويجب عليك مراعاة منزلتي، فأنا الإمام السجاد، أنا علي بن الحسين! أنا الواسطة والحبل الممدود بينك وبين خلقك، وأنا وسيلة نزول الفيض من المبدأ الأعلى إلى عالم الكثرة في جميع مراتبها ومقاماتها، فليكن بعلمك ذلك!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لو قال الإمام ذلك، لقال له الله: ماذا تقول؟ أنت الإمام السجاد؟ أنظر إلى نفسك الآن، ألا زلت كما أنت؟ فيرى الإمام السجاد بأنَّ كل شيء قد سُلب منه، فلا يستطيع حتّى أن يرفع يده. نعم، لا يستطيع الإمام السجاد الذي هو الواسطة بين الله والعالم، لا يستطيع أن يُحرّك يده. نعم، هذا هو واقع الحال، فالله لا يُجامل أحداً، ولو جامل أحداً لجامل رسول الله الذي هو أحق من غيره في ذلك، ولما جاء في القرآن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ وَ لَوْ تَقَوَّلَ عَلَيْنا بَعْضَ الْأَقاويلِ * لَأَخَذْنا مِنْهُ بِالْيَمينِ}</w:t>
+        <w:t xml:space="preserve">﴿وَ لَوْ تَقَوَّلَ عَلَيْنا بَعْضَ الْأَقاويلِ * لَأَخَذْنا مِنْهُ بِالْيَمينِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. إنَّ لهذه الآيات وقعاً كوقع الفأس عندما ينزل على العمود الفقري للإنسان؛ فهذا النبي، مع ما له من قدرة على شقّ القمر وجعل الشجرة تنطق بالشهادتين، ومع كون العالم كله رهن ما يخطر على قلبه.. لو أراد أن ينسب إليّ شيئاً لم أقله، أو أضاف من عنده شيئاً وإن كان قليلاً، أو أراد أن يرى له دوراً فيما يحصل </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ لَأَخَذْنا مِنْهُ بِالْيَمينِ }</w:t>
+        <w:t xml:space="preserve">﴿لَأَخَذْنا مِنْهُ بِالْيَمينِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل تتصوّرون بأنَّ النبي قد أصبح نبيّاً وأخذ يصعد المنبر ويُخاطب الناس يا أيّها الناس أو يا أيها الذين آمنوا، بهذه البساطة؟! لقد قاسى النبي ما قاساه حتّى وصل إلى هذا المقام.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كــار پاكــان را قيـاس از خـود مگيــر  ***  گرچـه باشــد در نوشتــن شـير شـير</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: لا تَقْس عمل الأصفياء وفقاً لملاكاتك و فهمك للأمور، فعلى الرغم من أنَّ كلمتي "الأسد" و "الحليب" تُكتبان بنفس الهيأة الكتابية ( فكلاهما يُكتب بالفارسية "شير") و لكن شتان بين هذا و ذاك.)</w:t>
+        <w:t xml:space="preserve"> (يقول: لا تَقْس عمل الأصفياء وفقاً لملاكاتك و فهمك للأمور، فعلى الرغم من أنَّ كلمتي "الأسد" و "الحليب" تُكتبان بنفس الهيأة الكتابية ( فكلاهما يُكتب بالفارسية "شير") و لكن شتان بين هذا و ذاك.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لا أدري عن أي شيء أتحدَّث، وماذا أترك! فقد كثر توارد المواضيع على ذهني في هذه اللحظة، ولا أدري من أين أبدأ. فهذا النبي وبتلك العظمة، لو أراد أن يتخطّى مقام العبودية ـ الذي تحدّثنا عنه وقلنا إنَّه سيكون محل سؤال منكر ونكير ـ ويحسب لنفسه حساباً، لأخذناه بيد القدرة، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ ثُمَّ لَقَطَعْنا مِنْهُ الْوَتينَ}</w:t>
+        <w:t xml:space="preserve">﴿ثُمَّ لَقَطَعْنا مِنْهُ الْوَتينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أيّ لقطعنا شريان حياته، ذلك الشريان الذي يُغذِّي الجسم بالدم من القلب! لماذا أضفت تلك الكلمة من عندك دون وحي منا؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل تعتقدون بأنَّ آيات القرآن هذه قد نزلت عبثاً؟ تعالوا وانظروا ماذا يُقال عن آيات القرآن! يقولون: إنَّها كانت منامات يراها النبي! لا يدري الإنسان أيبكي على حال هؤلاء الناس أم يضحك عليهم. يقول الله: لو أضفتَ كلمة واحدة من عندك لقطعتُ شريان حياتك، فبأيّ حقّ أضفت هذه الكلمة؟ ما الذي يعكسه هذا الكلام؟ هذا الكلام يعكس بأنّه لا وجود لأيّ تعلّق في نفس رسول الله، فقد صارت صفراً مطلقاً، وأصبحت نفسه مرآةً. فإذا ما وضعت المرآة مقابل النجمة أو القمر أو الشمس أو الشجرة، فهي تعكس صورة هذه الموجودات، لقد أصبحت نفسه مرآةً بكل معنى الكلمة. قلت لكم: إنّ ذلك لم يحصل من لا شيء، بل قاسى الرسول وعانى ما عانى حتّى وصل إلى هذا المقام. فكم علينا أن نعمل لكي نصل؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1401,50 +1426,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحم الله الشيخ حافظ، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهو يقول هنا إلهي دعنا نتذوّق تلك الحقيقة قبل أن نرحل عن هذه الدنيا الفانية، إن شاء الله.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
@@ -1457,88 +1494,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{448006F7-1503-4D69-A34C-BEC1D0B2F94E}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F6E6D05F-CF83-4AE6-B525-66C39F3DD624}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{26ECAC56-5171-4BA0-9E81-410954F5E5E6}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{47F40E49-57A6-4422-B187-0A3CA0912C9C}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1587,61 +1631,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="97" name="_x0000_i0097">
+                <wp:docPr id="7" name="_x0000_i0007">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0097"/>
+                        <pic:cNvPr id="0" name="_x0000_i0007"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1744,61 +1788,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="98" name="_x0000_i0098">
+          <wp:docPr id="8" name="_x0000_i0008">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0098"/>
+                  <pic:cNvPr id="0" name="_x0000_i0008"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2560,51 +2604,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3383,61 +3427,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3712,63 +3831,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>