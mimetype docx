--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -12,136 +12,149 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">الحقيقة الربطيّة بين العبد وربّه.</w:t>
+        <w:t xml:space="preserve">الحقيقة الربطيّة بين العبد وربّه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الحادية عشر </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الحادية عشرة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -152,50 +165,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحيم </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّى اللهُ عَلَى سيّدنا ونَبِيّنا أبي القاسِمِ مُحمّد </w:t>
@@ -205,63 +230,63 @@
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهمّ صلّ على مُحمّد وآل مُحمّد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و عَلَى آله الطّيّبين الطّاهِرينَ واللّعنة عَلَى أعدائِهِم أجمَعينَ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عظُم يا سيّدي أملي وساء عملي فأعطني من عفوك بمقدار أملي ولا تؤاخذني بأسوء عملي؛ فإنٌّ کرَمَك يجلّ عن مجازات المذنبين وحلمك يكُبر عن مكافات المقصِّرين.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -456,93 +481,93 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا أهل المعرفة والتوحيد، فإنَّهم ينظرون دائماً من الأعلى، ليروا ما الذي يريده الله وإمام الزمان منهم، غير مبالين بما يرغب فيه عامة الناس؛ فالأمر عندهم سيّان، سواءً أرضي الناس أم لم يرضوا. [فلسان حالهم يقول:] لماذا نكون فضوليِّين ونتدخَّل في أمور إمام الزمان ونقوم بتغيير بعض المسائل، ونأتي لنقول بأنَّه من المستحسن هنا أن نذكر هذه الأمور لغرض تحسين الأوضاع، ولو كانت باطلة؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذا ما ألقينا نظرةَ على ما يحصلُ في العالمِ على طول الزمان، فإنَّنا سنلاحظ بأنَّ هذا المنهج كان حاضراً على الدوام؛ وهو منهج ينزع نحو الكثرة والتعلّقِ بالجزئيات والكثرات، ويمثّل تياراً مستمراً منذ بدء خلقةِ آدم وحتّى يومنا هذا، وسيستمرّ إلى ما شاء الله؛ وفي مقابله، يوجد تيّار آخر يرنو إلى الوحدة والنزوع إلى الكلّيات، ويسعى لرفع التعيّنات والتعلّقات وجلب رضا الله. إنَّ هذين التيّارين يشقّان طريقهما في الحياة معاً، وهما لا يمكن أن يتوافقا فيما بينهما أبداً. وقد تمّت الإشارة إلى هذه المسألة وتصويرها في العديد من الآيات القرآنيّة، نظير: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ولكِنَّ أَكْثَرَهُمْ لا يَعْلَمُونَ}</w:t>
+        <w:t xml:space="preserve">﴿ولكِنَّ أَكْثَرَهُمْ لا يَعْلَمُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ بَلْ كانُوا لا يَفْقَهُونَ إِلاَّ قَليلاً}</w:t>
+        <w:t xml:space="preserve">﴿بَلْ كانُوا لا يَفْقَهُونَ إِلاَّ قَليلاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وأَكْثَرُهُمْ لا يَعْقِلُونَ}</w:t>
+        <w:t xml:space="preserve">﴿وأَكْثَرُهُمْ لا يَعْقِلُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فهذه الأكثريّةِ موجودةٌ دائماً في مقابل تلك الأقليّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  يقول المرحوم العلاّمة: لمّا رأيتُ عدم إعطاء أهميَّةٍ لموضوعِ الإمامةِ، شرعتُ في تأليف كتابِ معرفةِ الإمام من أجل توضيح وتبيين هذا الموضوع؛ ولكي نقول للناسِ بأنَّ الإمام هو شخص واحد؛ وهو وليُّ العصر ـ أرواحنا فداه ـ ولا غير، ولكنَّنا لا نستطيع إجبار الآخرين على تقبُّلِ ذلك، فلكل شخصٍ فكرهُ وذوقهُ وطريقهُ وتشخيصهُ الخاص به للأمور، وله أن يقبلَ هذا الأمرَ أو لا يقبلهُ.</w:t>
@@ -754,66 +779,66 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(يقول: أنا لست بذاك الذي يسلّم قلبه بأيّ كلام وأيّ مزاح، فمفتاح خزانة قلبي بيدك وعلامتها عندك‏)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقلت لها: اذهب يا سيّدي لحال سبيلك! ولا يخفى أنَّها كانت امرأة ولم تكن رجلاً، غير أنّ هكذا أمور تصدر غالباً من مثل هؤلاء؛ ألم يرد في القرآن </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ كَيْدَكُنَّ عَظيمٌ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ كَيْدَكُنَّ عَظيمٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَلَمَّا سَمِعَتْ بِمَكْرِهِنَّ}</w:t>
+        <w:t xml:space="preserve">﴿فَلَمَّا سَمِعَتْ بِمَكْرِهِنَّ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فكان ذلك من قبيل هذا المكر.. قلت لها: اذهب يا سيّدي، اذهبي يا سيّدتي لحال سبيلك، فنحن لم نصل إلى ما وصلنا إليه بسهولة لكي نُسلم إليكِ زمام الأمور؛ فقد صُرفت جهود مضنية من أجلِ إيصالِ هذه المدرسةِ إلى ما وصلت إليه ـ ولا أقصد هنا نفسي، بل أقصد صاحب هذه المدرسة ـ وقد قلت للمرحوم العلاّمة في تلك الليلة التي كنّا فيها في الطائرة ذاهبين إلى طهران من أجل إجراء عملية جراحيّة لعينه: سمعتُ بأنَّه من الممكن أن يكون سبب هذا المرض الذي أصاب عينكم هو كثرة القراءةِ، فلماذا لا تقللّون من القراءةِ والكتابةِ؟ فأنتم تتجاوزون الحد المسموح به؛ فلكلّ شيء حد محدود. لقد كان هذا هو دأبه، فما إن عاد من المستشفى في إحدى المرات، وقبل أن نقوم بترتيب فراشه حتّى قال لي: اذهب واجلب لي ذلك الكتاب، فقلت له: دعوا العَرق ينشف عن وجهكم أولاً، قال: اجلبه يا سيّد، فلم يبق لي كثيراً من الوقت! فجلس وشرع في الكتابة.. أنا لم أرَ في حياتي شيء كهذا! قال لي: يا سيِّد مُحسن، لو تقطّعت أوصال بدني قطعةً قطعة ـ فعيني شيءٌ بسيط ـ فأنا لستُ مُستعداً أن أتراجع عن جملة واحدة كتبتها؛ فهل يُمكن لأحد أن يمتلك مثل هذا اليقين بمنهجه ومعتقداته وما يصدر عنه؟ حينئذٍ، يأتي مجموعة من الأشخاص ويسعون للتلاعب بمدرسته وتحويلها إلى مسرحيّة!</w:t>
@@ -1453,88 +1478,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9E528F34-4CF4-409B-9AA1-9EA0BE5C1275}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{DF78C539-2084-4A44-81E5-D6A6D4CA936D}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C7CE4595-2C3D-46FE-8EC4-929D6FDCCE2F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4E18B03F-0645-42A7-8F2A-2C627CFE99C7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1583,61 +1615,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="13" name="_x0000_i0013">
+                <wp:docPr id="19" name="_x0000_i0019">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0013"/>
+                        <pic:cNvPr id="0" name="_x0000_i0019"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1740,61 +1772,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="14" name="_x0000_i0014">
+          <wp:docPr id="20" name="_x0000_i0020">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0014"/>
+                  <pic:cNvPr id="0" name="_x0000_i0020"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2602,51 +2634,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3425,61 +3457,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3754,63 +3861,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>