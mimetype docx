--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,63 +75,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اعرف قدر نفسك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة العاشرة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -323,108 +336,108 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما الذي يتوجّب علينا فعله؟ وكيف يمكن معالجة هذا الأمر؟ فقد غرس الله وثبّتَ في وجودنا وفي مكنون فطرتنا الشوق للحركة باتّجاهه من أجل الوصول إلى ذاته المُقدَّسة، والورود في حريم أُنسه وقُدسه؛ فتلك حقيقة واقعة، إذ يختلف الإنسان عن باقي المخلوقات من الحيوانات والنباتات والجمادات وحتّى عن الملائكة؛ لأنّ الملائكة لا يمتلكون منزلة الإنسان، ولهذا السبب أُمروا بالسجود لآدم؛ فلو كانت منزلة الملائكة بنفس درجة ومنزلة الإنسان لما أُمروا بالسجود له؛ فلا معنى للسجود له في هكذا حالة؛ لأنّ أمر الله لا يُبنى على العبث، وليس مثل الأشاعرة الذين يقولون بأنَّه ما دام الأمر صادرًا من الله، فيجب تطبيقه على أيَّ حال؛ فلو كان الأمر كما يقولون، لماذا لم يأمر الله الملائكة بالسجود لشجرة التفاح أو الكُمَّثرى‏؟! ولماذا لم يأمرهم بالسجود للحصان أو الحمار أو الخروف؟! فما هو الفرق في ذلك إذا كان الملاك هو إطاعة الأمر الصادر من المولى بشكل مطلق؟! فإن كان مجرّد صدور الأمر من المولى مُصحِّحًا للمأمور به؛ فيجوز والحال هذه أن يأمر الله تعالى جبرائيل وميكائيل وإسرافيل وبقيَّة الملائكة بالسجود للشجر والحجر والبحر والجبل وهذا الحمار الذي يمشي أو تلك البقرة التي تسير؛ كما يفعل عبدة البقر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلماذا أمر الله الملائكة بالسجود لآدم؟ وما هو السبب في ذلك؟ لقد بيَّن الله ذلك وفسَّره في الآيات القرآنية إذ قال تعالى في جوابه للملائكة عندما قالوا: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَتَجْعَلُ فيها مَنْ يُفْسِدُ فيها ويَسْفِكُ الدِّماءَ ونَحْنُ نُسَبِّحُ بِحَمْدِكَ ونُقَدِّسُ لَكَ}</w:t>
+        <w:t xml:space="preserve">﴿أَتَجْعَلُ فيها مَنْ يُفْسِدُ فيها ويَسْفِكُ الدِّماءَ ونَحْنُ نُسَبِّحُ بِحَمْدِكَ ونُقَدِّسُ لَكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، حيث قال لهم: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنِّي أَعْلَمُ ما لا تَعْلَمُونَ}</w:t>
+        <w:t xml:space="preserve">﴿إِنِّي أَعْلَمُ ما لا تَعْلَمُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. [فلسان حال الملائكة يقول:] يا إلهنا ألا يكفي كلّ هذا الخلق الذي خلقته، فلقد خلقت ملائكةً صالحين لم ولن تصدر منهم أيَّة معصية، فما أحسنه من خلق! أفهل يُمكن أن يوجد أحسن من هذا؟! فلا تصدر منهم أيّة معصية، وهم عاكفون على العبادة بشكل دائم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«فَمِنهُم رُكَّعٌ لا يَسجُدوُنَ وَمِنهُم سُجَّدٌ لا يَقوُمُونَ وَمِنهُم قُعُودٌ لا يَنتَصِبُونَ وَمِنهُم قِيامٌ لا يَقعُدوُنَ»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا يَعْصُونَ اللَّهَ ما أَمَرَهُمْ ويَفْعَلُونَ ما يُؤْمَرُونَ}</w:t>
+        <w:t xml:space="preserve">﴿لا يَعْصُونَ اللَّهَ ما أَمَرَهُمْ ويَفْعَلُونَ ما يُؤْمَرُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فلا وجود للعصيان والتجاوز والانحراف في عالم الملائكة، فمن يكون أفضل من هكذا مخلوقات حتّى يخلق الله هذا الإنسان الذي ما إن وطئت قدمه الأرض حتّى بدأ بارتكاب المعاصي وتخطّي الأوامر الإلهيّة وإشعال نيران الحروب؟! ألم تكن تلك هي طبيعة الإنسان؟ فها هما آدم وحواء لم تطأ أقدامهما الأرض ولم ينفضوا عنهما غبار السفر بعد، حتّى قتل قابيلُ هابيلاً! ولم تكن تلك إلاّ البداية، إذ فعل اللاحقون ما فعلوا من تعذيبهم وقتلهم للأنبياء، حتّى قال رسول الله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«ما أوذي نبيٌّ مثلَما أوذيت»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -434,88 +447,103 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. لقد قال ذلك مع أنّه كان جبلاً من الحلم والصبر والتحمُّل والرصانة والحياء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالملائكة يقولون: ها نحن نعبدك ونسجد لك يا ربّ وأنت القائل </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَما خَلَقْتُ الْجِنَّ والإِنْسَ إِلاَّ لِيَعْبُدُونِ}</w:t>
+        <w:t xml:space="preserve">﴿وَما خَلَقْتُ الْجِنَّ والإِنْسَ إِلاَّ لِيَعْبُدُونِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وها نحن نفعل ذلك، فلماذا تخلق الإنسان إذن؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذا كان الملائكة يعلمون بذلك، فلماذا يتحدّثون بمثل هذا الكلام؟ إذ إنّهم مستقرّون في عالم الثوابت، ولم تتمّ عمليّة الخلق بعد!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">في أحد الأيّام على عهد الشاه، كنت أحضر مجلسًا من المجالس العامّة الذي كان يحضره كذلك مجموعة من العلماء وأئمّة الجماعة في طهران، وكان سِنِّي في ذلك الوقت لا يتجاوز السادسة أو السابعة عشر عامًا، ولكنَّني أتذكّر جيدًا أنّه جرى الحديث حول مسألة كيف قال الملائكة لله تعالى: {أَتَجْعَلُ فيها مَنْ يُفْسِدُ فيها ويَسْفِكُ الدِّماءَ}؟ فإذا كان آدم لم يُخلق بعد، من أين حصل لهم العلم بذلك؟ كما أنّ أحدًا لم يُخبرهم به! فكان اعتراض الملائكة وإشكالهم على الله تعالى بأنّه سيخلق موجودًا سيعصي ويسفك الدماء ويفسق ويعتدي على الآخرين وينحرف عن الطريق السويّ؛ هذا مع وجود الملائكة المسبِّحين؛ فلماذا هذا الخلق الجديد مع وجود هذا العدد الكبير من الملائكة؟! فلقد جاء في بعض الروايات بأنّ الله تعالى أوكل بكلِّ قطرة مطر تنزل من السماء ملكًا يرافقها؛ هذا فيما يتعلق بالمطر فقط، فما بالك بالأمور الأخرى! وكأنّه لا عمل لله تعالى سوى خلق الملائكة!!! لكن من المعلوم أنَّ ذلك العالم هو عالم اللامكان، فالازدحام غير مُتصوَّرٌ في ذلك العالم، ولو يخلق الله أضعاف هذا العدد بآلاف المرّات ويجعل مع كل قطرة مطر ثلاثة ملائكة، لما حصل ازدحام أو مشكلة أو ما شابه ذلك.</w:t>
+        <w:t xml:space="preserve">في أحد الأيّام على عهد الشاه، كنت أحضر مجلسًا من المجالس العامّة الذي كان يحضره كذلك مجموعة من العلماء وأئمّة الجماعة في طهران، وكان سِنِّي في ذلك الوقت لا يتجاوز السادسة أو السابعة عشر عامًا، ولكنَّني أتذكّر جيدًا أنّه جرى الحديث حول مسألة كيف قال الملائكة لله تعالى: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿أَتَجْعَلُ فيها مَنْ يُفْسِدُ فيها ويَسْفِكُ الدِّماءَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">؟ فإذا كان آدم لم يُخلق بعد، من أين حصل لهم العلم بذلك؟ كما أنّ أحدًا لم يُخبرهم به! فكان اعتراض الملائكة وإشكالهم على الله تعالى بأنّه سيخلق موجودًا سيعصي ويسفك الدماء ويفسق ويعتدي على الآخرين وينحرف عن الطريق السويّ؛ هذا مع وجود الملائكة المسبِّحين؛ فلماذا هذا الخلق الجديد مع وجود هذا العدد الكبير من الملائكة؟! فلقد جاء في بعض الروايات بأنّ الله تعالى أوكل بكلِّ قطرة مطر تنزل من السماء ملكًا يرافقها؛ هذا فيما يتعلق بالمطر فقط، فما بالك بالأمور الأخرى! وكأنّه لا عمل لله تعالى سوى خلق الملائكة!!! لكن من المعلوم أنَّ ذلك العالم هو عالم اللامكان، فالازدحام غير مُتصوَّرٌ في ذلك العالم، ولو يخلق الله أضعاف هذا العدد بآلاف المرّات ويجعل مع كل قطرة مطر ثلاثة ملائكة، لما حصل ازدحام أو مشكلة أو ما شابه ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكان جواب أحد الشيوخ من مُفسِّري القرآن والذي كان يحضر ذلك المجلس أيضًا ـ وقد انتقل إلى رحمة الله ويبدو أنَّه كتب تفسيرًا للقرآن من جزئين أو ثلاثة أجزاء ـ هو: بما أنَّ الملائكة شاهدوا أناسًا قبل وجود آدم، فإنّهم علموا بأنَّ هذا الإنسان الجديد من نسل آدم سيكون نسخة من ذلك المخلوق؛ فكما أنَّ أولئك كانوا يفسدون في الأرض، فهذا الخلق الجديد الذي سيخلقه الله مرّة أخرى باسم آدم، ثمّ يُخرج منه حواء سيكون تقريبًا مثل أولئك المخلوقات. وعليه، فإنّ الملائكة لهم اطّلاع على حقيقة الأمر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بيان حقيقة علم الملائكة عليهم السلام</w:t>
       </w:r>
@@ -587,51 +615,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فبناءً على ما تقدَّم يكون كلام هذا الشخص غير صحيح؛ لأنّ الملائكة كانوا مطّلعين على آدم وعلى أعماله، وكذلك على الحوادث التي ستقع؛ ألا يوجد ما يدلُّ على ذلك في الروايات؟ لقد جاء في الروايات ـ من باب المثال ـ أنَّ جبرائيل أخذ رسول الله إلى كربلاء وأراه واقعة الطف.. ألا يوجد في الروايات أنَّ الملائكة عرضوا على الأنبياء ما سيجري على سيّد الشهداء في كربلاء؟ ألم يُذكر في الروايات بأنَّ الملائكة قد استعرضوا المصائب التي جَرَت على أهل البيت؟ إنَّ لدينا عدد كبير من الروايات في هذا المجال؛ فهل إنَّ الملائكة ـ والحال هذه ـ لا يعلمون بأنَّ هذا المخلوق الجديد سيُفسِد في الأرض؟ إنَّهم يعلمون ذلك حقًّا! لكن ومع أنَّ هذا الإنسان سيُفسِد في الأرض، فإنَّ الله يأمر الملائكة بالسجود لآدم أبي البشر وأصل ومنشأ هذا الإنسان والذي سيتفرّع عنه الجميع؛ وهذا هو الأمر الذي لم تتمكّن الملائكة من إدراكه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[فلسان حال الملائكة يقول:] لماذا نسجد لهذا الإنسان الذي سيُفسِد في الأرض؟ غير أنَّه ما دُمتَ قد أمرتنا بذلك يا إلهنا، فإنَّنا سنُطيع الأمر، ولا نكون مثل ذلك الشيطان الذي تمرَّد وقال: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَنَا خَيْرٌ مِنْهُ خَلَقْتَني‏ مِنْ نارٍ وخَلَقْتَهُ مِنْ طينٍ}</w:t>
+        <w:t xml:space="preserve">﴿أَنَا خَيْرٌ مِنْهُ خَلَقْتَني‏ مِنْ نارٍ وخَلَقْتَهُ مِنْ طينٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فالشيطان اعترض على الله وقال: كيف أسجد لآدم وأنا أفضل منه؟ فقد خلقتني من النار الحارقة والتي هي أفضل وألطف من ذلك الطين المتصلَّب الذي خلقت منه آدم ـ فالنار من وجهة النظر الماديّة أفضل من الطين ـ فكيف أسجد له؟ ولهذا لم يسجد لآدم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا الملائكة، فإنَّهم سجدوا، لكن مع ذلك بقيت تلك الشُّبهة في قلوبهم وهي: كيف يُمكننا السجود لمثل هذا المخلوق الذي يُفسِد في الأرض؟ إنَّ لهذا الاعتراض ما يمكن أن يُبرِّره، لكن لو كان للملائكة علم بتلك الوديعة الإلهيّة ـ والتي هي مقام جامعيّة الأسماء الإلهيّة مع مراعاة كون تلك الأسماء منزَّلة من الذات الإلهيّة والتي استحقَّ بواسطتها الإنسان أن يتخلَّع بخِلعة الخلافة الإلهيّة ـ فهل سيكون لاعتراضهم ما يُبرِّره؟ سيكون الجواب بالنفي طبعًا! ويتّضح من هذا بأنَّه لا علم للملائكة بهذا الأمر. </w:t>
@@ -913,51 +941,51 @@
         <w:t xml:space="preserve">هذا في الوقت الذي نرى فيه حفيده معاوية الصغير، ابن يزيد يصعد المنبر بعد شهرين من تولِّيه الخلافة ليقول: أيَّها الناس، إنَّ هذه الخلافة مغتصبة وهي حقٌّ لأهل بيت الرسالة، وهي الآن لعليّ بن الحسين، وقد كنت غاصبًا لها خلال هذين الشهرين، لكنّني من الآن فصاعداً سأخلع نفسي منها وأُعيدها إلى أهلها؛ فقاموا بقتله بدسِّ السّم إليه بعد خمسة عشر أو عشرين يومًا من ذلك</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛واذهبوا الآن لتروا بأنّ قبر معاوية هذا ـ والذي هو حفيد معاوية بن أبي سفيان ـ هو محلّ لتردّد الناس، وهو مكانٌ نورانيٌّ جدًا؛ وقد ذهبت لزيارته وصلَّيت ركعتين عند قبره، وقبَّلتُ باب ضريحه وقبره كذلك؛ لماذا؟ لأنَّه مُحِبٌّ لأهل البيت؛ ويجب تقبيل باب ضريح محبِّي أهل البيت. ويقع قبر معاوية الصغير خلف المسجد الأموي، وهو مكان صغير، ويقع إلى الأسفل منه قبر جدِّه معاوية الذي يغلقون بابه لئلاّ تلقي الحيوانات فضلاتها عليه.. انظروا إلى هذا التفاوت! فمَنْ هو الأسمى، ومَنْ هو الأدنى؟ مَنْ الذي فاز ومَنْ الذي خسِر؟ هل كان الإمام الحسين الفائز أم يزيد؟ وهل كانت زينب سلام الله عليها الفائزة أم ابن زياد؟ هذه هي رؤية أهل المعرفة! فوفقًا لرؤية أهل المعرفة لا وجود للهزيمة، بل هنالك فوز دائم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">در صراط مستقيم ای دل کسی *** گمراه نيست *** در طريقت هرچه پيش سالک آيد خير اوست</w:t>
+        <w:t xml:space="preserve">در صراط مستقيم ای دل کسی گمراه نيست *** در طريقت هرچه پيش سالک آيد خير اوست</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[يقول: لا يضلُّ شخصٌ في الصراط المستقيم يا قلبي؛ ففي الطريقة، كلّ ما يحصل للسالك يصبُّ في مصلحته وهو خيرٌ له]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -1331,163 +1359,166 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ويبقى أنّ هنالك الكثير من التفاصيل التي يمكن التوغّل فيها، ولو أردنا الخوض في هذا البحث، فسيجرّنا هذا إلى مسألة وجوب ترك العمل! نعم، إذا وفقنا الله تعالى، سنسعى في الليالي القادمة إن شاء الله للتطرّق إلى جزء من هذا البحث، لكن من دون التوسّع فيه لكيلا يتشتّت الموضوع، بل سنتطرّق إلى الجزء الخاصّ بضرورة تخلّص السالك من أن يكون اهتمامه مُنصبًّا على العمل، وألاّ يحسب له حسابًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الإمام هنا: ساء عملي.. وبما أنّ عملي سيّئ، فإنّ الأمر الذي يترتّب على ذلك هو أنّه ينبغي عليك أن لا تهتمّ بعملي هذا؛ لكن هل يعني هذا بأن نضع إحدى يدينا على الأُخرى ولا نعمل؟ فما دام عملنا هو عمل سيّئ، فلنُلق الحبل على الغارب إذًا! كلاّ، لا يكون الأمر بهذا الشكل، بل علينا أن نعمل، والله متكفّل بتبديله إلى عملٍ حسنٍ؛ وذلك مصداقًا للآية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ}</w:t>
+        <w:t xml:space="preserve">﴿فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ها نحن لم نفِ أيضاً بوعدنا كما حدث في الليالي السابقة؛ يقول حافظ: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">... *** هزار وعدۀ خوبان يکی وفا نشد </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">...  ***  هزار وعدۀ خوبان يکی وفا نشد</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">[يقول: لم يفِ الصالحون بواحد من ألف وعد وعدوه]</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">.. مع أنَّني لست أيضاً من الصالحين!</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مع أنَّني لست أيضاً من الصالحين!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و لا يخفى بأنَّ كلّ ما قدّمناه هو عبارة عن بحث للموضوع من زواياه المختلفة؛ وهو مفيد بالطبع، إلاّ أنّ مرادنا كان هو التعرّض لآية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَنات}</w:t>
+        <w:t xml:space="preserve">﴿فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَنات﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وبيان كيفيّة تبديل الأمر السيّئ بالحسنة؛ وهي مسألة مُعقّدة ولا بدَّ من توضيحها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">على أيّة حال، فكلّ ما يأتي فهو خيرٌ! فعندما أجلس هنا أترك الأمر لما يَرد؛ ولقد اقتضى الأمر أن يكون الحديث هذه الليلة بهذا الشكل، ولا يُفترض بنا مناقضة أنفسنا، فما دام هذا هو نهجنا، فلا معنى للسؤال لماذا حصل هذا، بل نقول شكرًا لك يا إلهي؛ فهذا الفيض الحاصل من اللقاء بالأصدقاء والبحث حول مضمون هذه الكلمات الثمينة والمعجزة، هو توفيق من الله؛ فما هي معجزة الإمام السجّاد برأيكم؟ هل هي بأن قام بهزّ الحبل فاهتزّت له المدينة وكاد أن يصبح عاليها سافلها؟ هل تلك هي المعجزة؟ لا يا عزيزي! إنَّ ذلك ليس من شأن الإمام السجّاد، بل ذلك من شأن مبتدئي طريق السلوك. إنَّ معجزة الإمام السجّاد هي دعاء أبي حمزة هذا، وهو الدعاء الذي يفتح أعيننا، لكي نعرف ماذا علينا أن نفعل، وهو الذي يُطلعنا على شراشر وجودنا؛ فهو يدعونا لئلاّ نُسلّم أنفسنا لكائن من كان، ولا نتبع كلّ ناعق و لا نُصغي لكلّ شائعة، ويدعونا إلى التحقّق بتلك المبادئ وتلك المفاهيم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ألا يجدر بنا والحال هذه أن نشكُر الإمام السجّاد عليه السلام؟ ألا يجدر بنا أن نعرف قيمة وقدر هذه المنّة بحصول هذه الإفاضة وهذه البركات وهذه النعم النازلة على قلوبنا وعقولنا والمُبيِّنة لطريقنا، والتي حصلت لنا عن طريق هذه النفوس المُطهَّرة؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَئِنْ شَكَرْتُمْ لَأَزيدَنَّكُمْ}</w:t>
+        <w:t xml:space="preserve">﴿لَئِنْ شَكَرْتُمْ لَأَزيدَنَّكُمْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نأمل من الله تعالى أن يتفضّل علينا ـ إن شاء سبحانه ـ بالتوفّق لإدراك هذه المعاني وهذه الحقائق، وأن يوفّقنا للعمل بها والثبات عليها ببركة شهر رمضان المبارك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -1518,88 +1549,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B3B21780-AA32-4F45-840A-C3329E54C224}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4CA3EA01-2A90-424E-BC61-9A82CFBA9CC9}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{84666B9D-71DC-42C2-901D-4419DDAD85E5}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E82CA48D-8CBA-4D26-8033-0246B47D98CA}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1648,61 +1686,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="9" name="_x0000_i0009">
+                <wp:docPr id="17" name="_x0000_i0017">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0009"/>
+                        <pic:cNvPr id="0" name="_x0000_i0017"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1805,61 +1843,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="10" name="_x0000_i0010">
+          <wp:docPr id="18" name="_x0000_i0018">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0010"/>
+                  <pic:cNvPr id="0" name="_x0000_i0018"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2734,51 +2772,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3557,61 +3595,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3886,63 +3999,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>