--- v0 (2025-11-21)
+++ v1 (2026-01-12)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,63 +75,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الاطّلاع على حقائق الأشياء شرط في المربّي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة السابعة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -152,50 +165,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحيم </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّى اللهُ عَلَى سيّدنا ونَبِيّنا أبي القاسِمِ مُحمّد </w:t>
@@ -205,63 +230,63 @@
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهمّ صلّ على مُحمّد وآل مُحمّد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و عَلَى آله الطّيّبين الطّاهِرينَ واللّعنة عَلَى أعدائِهِم أجمَعينَ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عظُم يا سيّدي أملي وساء عملي فأعطني من عفوك بمقدار أملي ولا تؤاخذني بأسوء عملي؛ فإنٌّ کرَمَك يجلّ عن مجازات المذنبين وحلمك يكبر عن مكافات المقصِّرين</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -274,51 +299,51 @@
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قلنا للرفقاء بأنَّ ذلك الأمل الذي يرجوه الإمام السجّاد من الله كبير جدّاً جدّاً، ولا يمكن أن يكون ذلك الأمل شيئاً آخر سوى لقاء الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۱. معرفة الحقّ تكون بالحقّ نفسه</w:t>
+        <w:t xml:space="preserve">۱.معرفة الحقّ تكون بالحقّ نفسه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ المراد من لقاء الله هو الوصول إلى مقام الذات، والذي هو عبارة عن معرفة الحقّ بواسطة الحقّ نفسه؛ لأنَّه لا يمكن للوجود المحدود من حيث سعته الوجوديّة أن يعرف الوجود اللامحدود؛ إذ إنَّ من مستلزمات المعرفة، تحقّق التماثل والتساوي في الدرجة بين كلتي الرتبتين الوجوديّتين؛ فيصبح هذا الحدّ الوجوديّ بمستوى ذلك الحدّ من حيث المعرفة؛ فإذا ما أصبح بذلك المستوى، تنكشف عندها خصوصيات تلك الدرجة الوجوديّة لذلك المعروف بالنسبة للعارف، وتتوضّح خصوصيات تلك الدرجة الوجوديّة لذلك المعلوم بالنسبة للعالِم؛ فإن لم يكن العالم بنفس تلك الدرجة، فإنَّ اطّلاعه وعلمه ومعرفته بذلك المعلوم سيكون اطّلاعاً ناقصاً، لا اطّلاعاً تامّاً وكاملاً؛ إذ سوف لن يحصل له إشراف على ذلك المعلوم بالكامل وبالشكل الذي هو عليه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فنحن نرى الآن رفيقنا، ولدينا اطّلاع مجمل عن خصوصيّاته: من هو أبوه، من هي أمّه، متى كانت ولادته، ما هو مستوى تحصيله الدراسي، ما هو مستواه الثقافي، كيف هي أخلاقه، هل هو بخيل ومُمسِك عن الإنفاق أم هو جواد وكريم؟ هل هو حَسن الخُلق؟ أم سيّئه؟... فتلك أمورتحصُل لنا المعرفة بها تدريجيّاً وبمرور الزمان وعلى إثر مرافقته؛ فتتّضح لنا نقاط ضعفه، ونقاط القوّة لديه، وكم هو مقدار تحمّله وحلمه عند وقوع المشاكل والأمور الشاقّة وغير الملائمة لطبيعة النفس الإنسانيّة؛ فما إن تتغيّر أمور البعض شيئاً ما، وما إن تتذبذب أمورهم المعاشيّة شيئاً ما، إلاّ وظهر تذمّرهم وارتفعت أصواتهم إلى عنان السماء!</w:t>
       </w:r>
@@ -454,51 +479,51 @@
         </w:rPr>
         <w:t xml:space="preserve">بينما تجد شخصاً آخر يُصاب بمرض عضال، ولكنَّه مادامت آثار ذلك المرض لم تظهر للعيان، فإنَّه لا يرغب بإخبار حتّى زوجته بإصابته بذلك المرض الخطير، اللهمّ إلاّ إذا اتّضحت المسألة تلقائياً ووصل المرض إلى الدرجة التي يكون فيها مُشاهداً للآخرين.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فسِعة الأشخاص مختلفة، وذلك إمّا أن يكون جِبِليّاً ـ فالشخص يكون ذاتيّاً بهذا الشكل ـ أو أن يصل إلى هذه المكانة ويحصل له هكذا استعداد بفعل طيِّه لمراحل التربية والإعداد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٢. عدم تمكّن الإنسان القاصر من التعرّف على حقائق الأشياء</w:t>
+        <w:t xml:space="preserve">٢.عدم تمكّن الإنسان القاصر من التعرّف على حقائق الأشياء</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكنَّك هل تكون في واقع الأمر قد أحطت بجميع خصوصيّاته كما هي عليه؟ كلاّ؛ لماذا؟ لأنَّك من الممكن أن تقوم بعمل ما، ويكون لديك تصوّر خاص عن ردّة فعله، ولكنَّك تُفاجأ بمشاهدة تصرّف منه على خلاف ما كنت تتوقّعه؛ والسبب في ذلك يعود إلى أنَّ ذلك العمل لم يكن متوافقاً مع فكره وذوقه في ذلك الوقت؛ فلو كان لديك ـ والحال هذه ـ اطّلاع كامل عنه وكانت معرفتك به تامّة، لما كان هنالك موجب لأن يتأثّر ويرى منك ما لم يكن يتوقّعه. من هنا، يكون معلوماً بأنَّ معرفتنا بالأشخاص ومهما كانت كبيرة تظلّ معرفة ناقصة؛ إذ إنَّنا لا نستطيع الإحاطة بجميع خصوصيّاتهم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّكم لا تستطيعون تصوّر ما هو أدنى من النعجة.. تلك النعجة التي ترونها وتذبحونها كأضحية؛ فكم هو مقدار معرفتنا بها؟ هل نعلم حقّاً أيّ حيوان هو، وما هي خصائصه، وما هي نفسيّته، وما هي حالاته، وفي أيّ عالم هو؟ من الواضح أنّه لا علم لنا بذلك؛ فنحن نقول عنها: أغنام، حيوانات؛ فهل هذا يكفي؟!</w:t>
       </w:r>
@@ -598,51 +623,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فهذا الجدار لا يدع الإنسان يتعرّف على رفيقه؛ فكلّ ما يستطيعه هو إدراكه لمجموعة من خصوصيّاته الظاهريّة؛ فحتّى لو عشت مع رفيقك لمدة خمسين سنة، فإنَّك لا تستطيع إدراك الكثير من خواصّه النفسيّة ـ تستطيع أن تتعرَّف على ظاهره كلون بشرته ومكان حاجبه وشاربه و... فهذه من الأمور الطبيعيّة ـ أمّا كيف تكون معنويّاته؟ كيف تكون نفسانيّاته؟ ماذا لديه من علوم؟ ما هي مكنوناته؟ ما هي صفاته؟ ما هي خصائله؟ أنَّى للإنسان أن يعرِف ذلك؟ فلو كان يستطيع ذلك لما حصل اختلاف وتصادم بين شخصين، في الوقت الذي نرى فيه بأنَّ ذلك يحصل دائماً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل تعلمون أحداً أقرب للآخر من الزوج وزوجته؟ هل يوجد؟ لا يوجد! ألا يحصل خلاف بينهما؟ أفلا وجود لأيّ خلاف حول أيّ أمر؟ لا، يحصل ذلك؛ فيحصل أحياناً أن يصدر من أحدهما أمراً خلاف ما يرجوه الأخر، ويحصل أحياناً أن يقول أحدهما بشيءٍ ينزعج منه الآخر؛ كأن يقول على سبيل المثال: إنَّ عينك هكذا،... . يحصل الكثير من ذلك وهو أمر رائج، ثمّ يحصل بعدها تفاهم بينهما وينتهي الأمر بخير وسلامة، ولكن ومع كون هذان الزوجان يعيشان معاً، إلاّ أنَّه ليس لهما معرفة بالأمور المخفيّة لأحدهما عن الآخر، حتّى وإن استمرّت حياتهما إلى يوم القيامة، لماذا؟ لأنَّ هذا يكون في مرتبة وجوديّة، وذاك في مرتبة أخرى؛ فلا هذا يرتقي إلى مرتبة ذاك ولا ذاك إلى مرتبة هذا؛ فكلّ منهما في درجة خاصّة، وهما يتحرّكان بشكل متساوي ومتوازي، وإذا ما استطاعا أن يوازنا أمورهما، ولا يُسبّب أحدهما مشكلة للآخر، فسيكونان بذلك قد حقّقا أقصى درجات المهارة؛ فذلك من أقصى درجات المهارة، نعم، أقصاها! أمّا أن يطّلع كل منهما على دقائق أمور الآخر، فلا يستطيعان ذلك ولو حاولا إلى يوم القيامة؛ إذ إنَّ ذلك من الممتنعات العقليّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٣. الارتقاء الوجودي لمرتبة الأشياء شرط للتعرّف عليها</w:t>
+        <w:t xml:space="preserve">٣.الارتقاء الوجودي لمرتبة الأشياء شرط للتعرّف عليها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فمن هو الذي يتمكّن من الاطّلاع والإشراف على خصوصيّات الطرف المقابل؟ إنَّه ذلك الذي يستطيع الارتقاء وجوديّاً حتّى يصبح بنفس مستوى الآخر، وذلك هو الإمام عليه السلام فقط. بالطبع، فإنَّ تلك هي من الدرجات الدنيا، وإلاّ فللإمام درجات أعلى من هذه بكثير؛ فهذا التعبير هو أكثر التعابير عاميّةً نستطيع ذكره في هذا المجال؛ وأمّا بالنسبة للإمام والأولياء الإلهيّين، فهم أكبر من هذه الأمور.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، يرتقي ليصبح بنفس مستواه، ويأتي ليضع نفسه في ضمن حدوده الوجوديّة.</w:t>
       </w:r>
@@ -756,150 +781,150 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلو كان لموسى اطّلاع في ذلك الوقت، ولو كان في نفس الدرجة الوجوديّة لذلك الحيوان الصغير، لما كان قد اعترض على الله؛ فمقام موسى في محلَّه، ولكنَّ النبي موسى الذي وصل إلى مقام الجمع، غير النبي موسى الذي كان في مرحلة السير؛ فصحيح أنَّ المقام في كلتي الحالتين هو مقام الوحي، لكنّ النبي موسى في مراحل كماله لا ارتباط له بالوحي؛ إذ إنَّ تلك الدرجات هي درجات ذاته وكماله، في حين أنَّ الوحي يتعلّق بالأمور العاديّة والظاهريّة والأحكام المتعلّقة بالناس؛ وحضرة موسى لم يصل إلى ما وصل إليه خلال طيِّه لتلك المراحل الكمالية ومراحل التربية النفسانيّة والاستكمال الوجودي دفعة واحدة، بل انكشفت له الأمور تدريجيّاً ودرجة بعد الأخرى حتّى وصل إلى ما كان يجب أن يصل إليه، على أنَّ هنالك كلام فيما وصل إليه بالنسبة إلى ما وصل إليه البعض الآخر من الأنبياء والأئمّة والأولياء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و هذا نظير ما ورد في قوله تعالى عن النبي إبراهيم عليه السلام: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَإِنَّهُ فِي الآخِرَةِ لَمِنَ الصَّالِحينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَإِنَّهُ فِي الآخِرَةِ لَمِنَ الصَّالِحينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، حيث لم يحصل له ذلك في الدنيا، بل سيُحلّى بتلك الخَلعة في الآخرة وسيصل هناك إلى مقام الصلاح؛ فهكذا يكون الأمر مع النبي إبراهيم والذي يُسمى بأبي الأنبياء؛ فليس الأمر بالشكل الذي يكون فيه الجميع بنفس الدرجة. لقد تمّ الحديث عن هذا الموضوع سابقاً، وخير شاهد يمكن ذكره هنا هو قصّة سليمان وداود، وكم من الممكن أن يكون لقصّة النبي يونس من تأثير في فهم الإنسان في هذا المجال! حيث يتبيّن كيف كان للأنبياء درجات مختلفة في مراحل التربية النفسانيّة أثناء سلوكهم، وكيف أنَّهم كانوا يطوون تلك المراحل درساً بعد درس ودرجة بعد درجة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فمن المؤكَّد أنَّ النبي يونس عليه السلام في ذلك الوقت الذي يقول عنه تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَذَا النُّونِ إِذْ ذَهَبَ مُغاضِباً فَظَنَّ أَنْ لَنْ نَقْدِرَ عَلَيْهِ فَنادى‏ فِي الظُّلُماتِ أَنْ لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَذَا النُّونِ إِذْ ذَهَبَ مُغاضِباً فَظَنَّ أَنْ لَنْ نَقْدِرَ عَلَيْهِ فَنادى‏ فِي الظُّلُماتِ أَنْ لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وحين غادر قومه على حالة من الغضب، لم يكن يمتلك تلك الدرجة [العالية] من التوحيد والسعة الوجوديّة، فذهب وقضى أربعين يوماً في بطن الحوت، أو فم الحوت (أيّاً كان)، وطوى مراحل لم يكن قد طواها سابقاً؛ وعندما عاد، كانت له درجة أخرى من الاستكمال الوجودي مختلفة عن تلك التي كان عليها عند ذهابه؛ ولو كان النبي يونس عند مغادرته مغاضباً بعد رؤيته علامات العذاب (حيث خرج لكي لا يمسّه ذلك العذاب) له نفس ذلك الحال الذي كان له عند خروجه من بطن الحوت، لما كان سيغضب، بل كان سيقف في مكانه بدون أن يغضب، ولكانت المشكلة قد حُلَّت!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد ذهب مُغاضباً ... غير أنّ لذلك حسابه الخاصّ! فلكلّ شيء حسابه الخاصّ ... فلابدَّ له من أن يخرج ويطوي طريقه ويجتاز هذه الدورة.. الدورة العسكرية! (ماذا تُسمَّى؟) دورة التدريب العسكري!!!! لابدَّ له من أن يجتاز تلك الدورات الواحدة تلو الأخرى، لكي يعلم ما الذي يجري في هذا العالم، ومن هو المالك الفعليّ لهذا العالم. لقد كان النبي يونس قد حسب لنفسه بعض الحساب، ولم يجعل الأمر كلَّه بيد ذلك الجانب؛ فقال له الله: إذا وصل الأمر إلى هذا الحدّ، فتعال إلى هنا، تعال وامض هذه الدورة!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأنت يا حضرة يوسف، لماذا تبعث رسالةً وأنت في السجن تقول فيها: «إنَّني هنا، فاذكرني»؟ يا للعجب! إذا كان الأمر بهذا الشكل، فسوف تبقى عندنا سبع سنوات في السجن! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{اذْكُرْني‏ عِنْدَ رَبِّكَ}</w:t>
+        <w:t xml:space="preserve">﴿اذْكُرْني‏ عِنْدَ رَبِّكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ عندما تذهب إلى الملك فاحكي له قصّتي، ولا تنس! قل له إنَّهم قد ألقوا شابّاً مظلوماً لا ذنب له في السجن؛ فأنا التجئ إليك! فمعنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{اذْكُرْني‏ عِنْدَ رَبِّكَ}</w:t>
+        <w:t xml:space="preserve">﴿اذْكُرْني‏ عِنْدَ رَبِّكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هو إنَّني ألتجئ إليك؛ فهذا هو معناها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمّ إنّه من العجيب أن يذهب ذلك الشخص عند الملك، وينشغل بإنجاز بعض الأعمال وما شابه ذلك، وينسى الموضوع بالكليّة ... إنَّ ذلك لعجيب حقاً! فالإنسان يتذكّر أبسط الأشياء التي تحصل أمامه، فكيف بقضيّة بتلك الأهميّة (حيث كان مع يوسف في السجن)؟ فكيف يُمكن أن ينسى الإنسان أمراً كهذا؟ كيف يمكن أن يحصل ذلك؟ ثم إنَّ ذلك لم يكن ليوم أو يومين، أو أسبوع ... فهل يعني ذلك بأنَّه لم يتذكّر يوسف خلال تلك السنوات السبع؟! إنَّ ذلك لأمر عجيب! أو إنَّه من الممكن أن يكون قد تذكَّره، فيقول مع نفسه: آه! يا للهول! لا أبقاني الله، انظر، لقد كان قد أوصاني ... ولكنَّه ما أن يهمُّ بالذهاب حتّى يحدث أمرٌ آخر، فينقضي على تلك الحالة شهر آخر ... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1102,188 +1127,188 @@
         </w:rPr>
         <w:t xml:space="preserve">فاستمرّ الأمر هكذا حتّى مات المتوكّل! لقد قُتل بالطبع.. قتله ابنه، فلم يستطع [أخو الإمام] مقابلة المتوكل حتّى النهاية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ هذا الأمر وهذه القضيّة تُوضّح بأنّه ليس الأمر بأن نقتصر على ... وكثير من المسائل الواردة في هذا المجال تُحلّ بهذا الشكل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٤. مقام الأنبياء عليهم السلام في الوحي غير مقامهم في السير والسلوك </w:t>
+        <w:t xml:space="preserve">٤. مقام الأنبياء عليهم السلام في الوحي غير مقامهم في السير والسلوك </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعلى سبيل المثال، يقولون بأنَّ العالِم الفلاني (بل وحتّى العارف الفلاني أو وليّ الله الفلاني) قد ذكر كلاماً معيّناً، وعندما يتمعَّن المرء بالمسألة، يجد بأنَّ ذلك مستبعد، مع أنَّه من الممكن أن يكون قد قال ذلك فعلاً، ولكنَّه عند الاستفسار عن هذا الموضوع، يتّضح بأنَّه قد قال ذلك قبل أربعين عاماً؛ فقبل أربعين عاماً لم يكن وليّاً! فبما أنَّه وليّ الله، فإنَّهم يعتبرون كلامه هذا بمستوى واحد مع كلامه الذي تفوّه به قبل أسبوع واحد من وفاته. إنَّ هذا الاختلاف في درجات المعرفة تبعث على وقوع بعض الأشخاص في الخطإ؛ فيقوم المرء بالخلط بين ذلك وبين المواضيع الصادرة من الشخص قبل وصوله إلى درجة الولاية.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ جميع الناس يقولون بأنَّنا لا نستطيع إخراج كتكوت من البيضة دفعة واحدة؛ فتبدّل البيضة إلى كتكوت يتطلّب عشرين يوماً؛ فليس الأمر بحيث ما إن تضع الدجاجة بيضة حتّى تصبح كتكوتاً في الحال، فذلك يتطلّب عشرين يوماً، ويستلزم أموراً؛ وهكذا يكون الأمر بالنسبة للإنسان، فلكي يصل إلى هذه الدرجات، لا بدّ له من طيِّ الطريق، وبطيِّه لهذا الطريق تتبدّل أفكاره، ويحصل على معلومات جديدة، ويطّلع على أمور إضافيّة، وهكذا حتّى يصل إلى الحدّ الذي تكون فيه مشاهدته تامّة؛ عندها سوف تكون المطالب واحدة من دون زيادة أو نقصان، ومن دون علوّ أو دنوّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فنجد بأنّ النبي يونس قد اختلف حالُه بين زمان خروجه ذهابه وزمان عودته اختلافَ الأرض عن السماء، حيث كان قد استقرّ في بطن الحوت مردِّداً بشكل دائم: {</w:t>
+        <w:t xml:space="preserve">فنجد بأنّ النبي يونس قد اختلف حالُه بين زمان خروجه ذهابه وزمان عودته اختلافَ الأرض عن السماء، حيث كان قد استقرّ في بطن الحوت مردِّداً بشكل دائم: ﴿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ}</w:t>
+        <w:t xml:space="preserve">لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ وهو نفس الذكر الذي يُردّده العظماء والعرفاء، فقد أوصاهم بذلك أساتذتهم. فقال ليونس: عليك أنت أيضاً أن تُردّد هذا الذكر أربعين يوماً! ولكنَّك تذكره وأنت في بطن الحوت، بينما يذكره هو في حال السجود ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهذا الذكر يجب أن يُؤتى به في حال السجود، وإذا لم يتمكّن المرء من الإتيان به في حال السجود، فيمكنه أن يفترض نفسه في حال السجود؛ فلا يمكن الإتيان بهذا الذكر بغير هذا الحال، بل لا بدّ من افتراض حالة السجود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فكان نبيّ الله يونس يكرّر باستمرار في حال السجود {</w:t>
+        <w:t xml:space="preserve">فكان نبيّ الله يونس يكرّر باستمرار في حال السجود ﴿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ}</w:t>
+        <w:t xml:space="preserve">لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فلو لم أكُ من الظالمين، لما كنت قد ذهبت مُغاضباً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد غضِب وامتعض، وغادر قومه وهو غضبان ممتعض.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ ألا ترغبون في الإصغاء لكلامي؟ إذن، سأدعو عليكم لينزل عليكم عذاب الله، وسأخرج أنا حتّى لا يمسّني العذاب، وعندما أحسّ بعلامات العذاب، خرج.. قال: حسناً، لقد آن الأوان، فسترون! فماذا كنتم تظنّون؟ كلمّا كنت أتكلّم معكم، كنتم تسخرون منّي، وكلمّا كنت أتكلّم معكم، كنتم تضحكون عليّ، وتستهزؤون بي؛ فسترون الآن ماذا سيحلّ بكم؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مُغاضِباً فَظَنَّ أَنْ لَنْ نَقْدِرَ عَلَيْهِ}</w:t>
+        <w:t xml:space="preserve">﴿مُغاضِباً فَظَنَّ أَنْ لَنْ نَقْدِرَ عَلَيْهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يقول البعض بأنَّ لعبارة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَنْ نَقْدِرَ عَلَيْهِ}</w:t>
+        <w:t xml:space="preserve">﴿لَنْ نَقْدِرَ عَلَيْهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> معنى آخر غير القدرة، وأنّ معناها التضييق، أَنْ لَنْ نَقْدِرَ، أَنْ لَنْ نُضَيِّقَ، أي أنّنا لن نُضيّق عليه؛ فللكلمتان معنى واحد، ولا فرق بينهما.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وحتّى إنَّ المرحوم العلاّمة الطباطبائي ـ رضوان الله عليه ـ قال: من المستبعد أن يظنَّ نبيٌّ يمتلك مقام العصمة هكذا ظنّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1318,51 +1343,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فيقول الله تعالى، إنَّ الأمر لم يُحسم بعد، فأنت لم تقرأ ما هو مكتوب على الوجه الآخر للعملة، لقد قرأت فقط الوجه الذي يقول بأنَّك نبيّ. حسناً، هذا صحيح، كما أنّ دعاءك مستجاب، وهذا صحيح أيضاً، وأولئك قومٌ قد تمرّدوا، وهذا صحيح كذلك؛ فدعوت عليهم، واستجبتُ دعاءك، فهذه هي علامات العذاب قد بدأت تظهر، لكنَّ كل ذلك هو أحد وجهي العملة؛ وأمّا الوجه الثاني للعملة، فيقول بأنّني إذا شئتُ تبديل الأمر، وأحببت أن أشملهم برحمتي، وأردت تغييرهم، [فلن يمنعني شيء عن ذلك]؛ فمن الذي جعل منك نبياً .. هل نسيت ذلك؟ فأنت لم تأت بنبوّتك من ذخائر خالتك! أم أنّك أتيت بها من منزل عمّك وخالك؟ لا! من الذي جعل منك نبيّاً وجعل منك يونساً؟ أَأنا الذي فعل ذلك، أم أنت؟ أنا فعلت ذلك؛ فإذا كان ذلك من فعلي، فلماذا لا تأخذ بنظر الاعتبار حكمي بالنسبة لعبادي؟ فإذا كنتَ أنت من أنبيائي، فأولئك كذلك من عبادي؛ فكونهم عباد غير مطيعين، فليكونوا، فأنا أصلحهم؛ فلمن رحمتي إذن؟ لك أنت؟ أنت "ولد" صالح، وأنت إنسان جيّد ـ أستغفر الله ـ ، فأنت نبيّ صالح ومطيع لأمري.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فمتى هو وقت إظهار عطفي وغفاريّتي ورحيميّتي؟ وهل هي لك أم لهم؟ إنَّها لكلا الطرفين بالطبع! فهو بحاجة إلى رحمة الله في ذلك المقام بنفس مقدار حاجتهم لها، ولا تفاوت في ذلك أبداً؛ ففي مقام العزّ الربوبيّ ذاك، لا فرق بين نبيّ الله يونس وبين ذلك العبد المذنب؛ فكلاهما محتاج لها؛ فعندما شملتك رحمتي وتوفيقي وتقديري ومشيئتي، أصبحت النبي يونس؛ أمّا أولئك العباد، فلم يحصل لهم هذا التوفيق لحدّ الآن؛ لهذا فهم يعصون، ويخطئون، ويسخرون منك، ويستهزؤون بك؛ فاصبر! لا تعجل، لا تعجل حتّى ترى رحمانيّتي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٥. سبب إقبال الناس على النبيّ صلى الله عليه وآله وسلّم وصاحب الزمان عجّل الله فرجه</w:t>
+        <w:t xml:space="preserve">٥. سبب إقبال الناس على النبيّ صلى الله عليه وآله وسلّم وصاحب الزمان عجّل الله فرجه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا هو الفرق بينه وبين نبيّنا! لقد كان النبي يدعو لهم دائماً، ولم يكن يدعو عليهم، وكان يدعو لهم في جميع الأحوال، وفي أصعب الظروف؛ ففي معركة أُحد دعا الله بهذا الدعاء: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الّلهم اهدِ قومي فإنَّهم لا يعلمون.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -1424,51 +1449,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا يكون الإنسان بهذه الكيفيّة؟ ما هو سبب ذلك؟ ما هو سبب ذلك؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد طوى نبي الله يونس هذه المراحل، فذهب وأكمل دورة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ}</w:t>
+        <w:t xml:space="preserve">﴿لا إِلهَ إِلاَّ أَنْتَ سُبْحانَكَ إِنِّي كُنْتُ مِنَ الظَّالِمينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> بما فيها من معاني وأمور، فأخذ يتبدّل يوماً بعد يوم، ولقد تحلّل بدنه أيضاً؛ فمع تحلّل البدن أخذت روحه تقوى، وتتلطّف، وأخذ بالتقرّب، والدنوّ من مقام القرب والحرم القدسي؛ فرأى فجأةً: يا للعجب! لماذا دعوت عليهم؟ فحالهم مثل حالي!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهو الذي جعل منّي نبيّاً، وجعلهم على هذا الحال؛ فلماذا أدعو عليهم؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1659,51 +1684,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فإذا ما وُجد هكذا شخص، وقام بالكشف عن نفسه، وعرِفه الناس، فسيتقبّلونه بأرواحهم وأنفسهم، ولا حاجة بعد ذلك إلى الصخب، ولا حاجة إلى الإعلان وأمثال ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، يبقى أن تلك السيطرة الولائيّة للإمام وتلك اليد الغيبيّة ستتدّخل لتأكيد الأمر للناس، وتوضيح الأمر لهم بشكل أكبر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٦. الوليّ الكامل هو الجدير بتربية الناس لاطّلاعه على حقائق الأمور</w:t>
+        <w:t xml:space="preserve">٦. الوليّ الكامل هو الجدير بتربية الناس لاطّلاعه على حقائق الأمور</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فمحصّلة الكلام لهذه الليلة هو أنَّه لكي يطّلع ويتعرّف الإنسان على شيء ما ـ حتّى ولو كان ذلك الشيء حيواناً أو نعجة أو عصفوراً أو دجاجةً أو حمامةً أو صقراً أو أسداً أو أيّ شيء آخر، سواءً كان صخرةً أو شجرةً أو ماءً أو نجمةً ـ ، فلا بدّ من أن يكون من الناحية الوجوديّة في نفس المستوى الوجودي لذلك الكائن؛ أيّ أنَّ هذا الوجود يستطيع أن يكون في نفس ذلك المستوى من الناحية الوجودية. وبما أنّنا نُعدّ ـ عادةً ـ محدودين من الناحية الوجودية، ولا نستطيع أن نكون في نفس تلك الدرجة الوجوديّة لذلك الشيء، لذا فإنَّ معرفتنا بالأشياء هي معرفة عَرَضيّة لا معرفة جوهريّة؛ فالمعرفة العرضيّة هي معرفة اللون والشكل والصوت والكيفيّات والأمور الظاهريّة والحركات والسكنات وغيرها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا إذا ما أردنا التعرّف على خصوصيّات الأشياء، وحقيقة ذلك الشيء، وملكاته وصفاته، ومكنونات ضميره، ورغبنا في معرفة تلك الخصوصيّات التي تشكّل باطن نفسه وليس لأحد معرفة بها واطّلاع عليها ، فإنَّ ذلك غير ممكن إلاّ للشخص الواصل إلى مقام المعرفة، فإنَّه يتمكّن في ذلك المقام من الاطّلاع على خصوصيّات الأشخاص؛ وذلك هو: إمّا الإمام أو وليّ الله.</w:t>
       </w:r>
@@ -1968,88 +1993,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{19B86D30-1644-4A58-9897-BA2AADE93047}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{96C11262-90DC-4288-A11F-730586352246}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BF8345AE-34DD-453A-8728-7696B104CAC0}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E4EEE8A9-7B4B-4EA9-A5AB-226AF1D208E7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2098,61 +2130,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="29" name="_x0000_i0029">
+                <wp:docPr id="11" name="_x0000_i0011">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0029"/>
+                        <pic:cNvPr id="0" name="_x0000_i0011"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2255,61 +2287,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="30" name="_x0000_i0030">
+          <wp:docPr id="12" name="_x0000_i0012">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0030"/>
+                  <pic:cNvPr id="0" name="_x0000_i0012"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3002,51 +3034,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3825,61 +3857,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4154,63 +4261,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>