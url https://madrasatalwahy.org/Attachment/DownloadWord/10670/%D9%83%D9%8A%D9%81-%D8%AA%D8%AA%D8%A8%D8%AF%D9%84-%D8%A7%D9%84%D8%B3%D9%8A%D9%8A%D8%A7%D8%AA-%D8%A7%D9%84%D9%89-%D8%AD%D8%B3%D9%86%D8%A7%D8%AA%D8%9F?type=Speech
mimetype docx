--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,63 +75,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيف تتبدّل السيئات إلى حسنات؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة السادسة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -152,92 +165,104 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">بسم الله الرحمن الرحيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وصلى الله على محمّد وآله الطاهرين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واللعنة على أعدائهم أجمعين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«عَظُمَ يا سَيِّدِي أَمَلِي، وَساءَ عَمَلِي، فَأَعْطِنِي مِنْ عَفْوِكَ بِمِقْدارِ أَمَلِي، ولا تُؤَاخِذْنِي بِأَسوَءِ عَمَلِي، فَإِنَّ كَرَمَكَ يَجِلُّ عَنْ مُجازاةِ الْمُذْنِبِينَ، وَحِلْمُكَ يَكْبُرُ عَنْ مُكافاةِ الْمُقَصِّرِين»‏.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -621,123 +646,123 @@
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم الحدّاد رضوان الله عليه يقول دائماً للمرحوم العلاّمة: «كم هو عدد تلامذتك الذي أخذوا المسألة على محمل الجدّ؟» فحينما كانا يجلسان معًا، كانا يتحدّثان مع بعض، وفي بعض الأحيان كانا يأمراني بالخروج؛ كأن لا تكون مصلحة في بقائي، ويكون هناك ثمّة أمر خاصّ، فكانا يأمراني بالذهاب للحرم، فكنت أذهب للحرم، فلا أطّلع على ما كان يدور بينهما. لكن في أحيان أخرى كنت أستمع لذلك، كأن أكون نائماً أو أتظاهر بالنوم، فأشحذ السمع من تحت اللحاف، وحينئذٍ أسمع بعض الأشياء التي لا ينبغي عليّ سماعها! لكنّ ذلك كان يحصل في بعض الأوقات، ولا يخفى أنّهم كانوا يسمحون بذلك، وإلاّ لكنت قد استغرقت بدلًا عن ذلك في النوم من دون أن أطّلع على أيّ شيء؛ فإلى الحدّ الذي كانت هناك مصلحة في سماعي، فإنّني كنت أسمع.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وفي أواخر حياة المرحوم العلاّمة، كنت قد تشرّفت بزيارة مشهد، وفي أثناء كلامي قلت فجأةً: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- حسنًا، هذا هو رأي المرحوم السيّد الحدّاد!</w:t>
-[...71 lines deleted...]
-        <w:t xml:space="preserve">- قلت: لقد سمعت أيضًا بعض الأشياء الأخرى! قلت له فقط إنّني سمعت أشياء أخرى، لكن من دون أن أخبره بما سمعته.</w:t>
+        <w:t xml:space="preserve">- حسنًا، هذا هو رأي المرحوم السيّد الحدّاد!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- فقال لي [المرحوم العلاّمة]: من أين علمت بذلك؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- قلت: هل تتذكّر يا سيّدي في ذلك المكان حينما كانت الساعة الثالثة ليلًا، وكنتم قد أطفأتم المصباح وشرعتم في الحديث مع السيّد الحدّاد؟ لقد كنت في ذلك الوقت أستمع إليكم!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-قال: يا عفريت! كأنّك استرقت السمع في موضع لا ينبغي لك فيه أن تفعل ذلك؟ لكن لا تُخبر أحدًا بذلك!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- قلت: أنا لحدّ الآن لم أخبر أحدًا!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- قال: وماذا سمعت أيضًا؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- قلت: لقد سمعت أيضًا بعض الأشياء الأخرى! قلت له فقط إنّني سمعت أشياء أخرى، لكن من دون أن أخبره بما سمعته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، لقد كان [السيّد الحدّاد] يقول: «من بين تلامذتك، كم هو عدد الأشخاص الذين أخذوا المسألة على محمل الجدّ؟ كم هم الذين وصلوا إلى هذا الأمر؟» ثمّ ذكر عبارة بعد ذلك وردت بهذا الشكل: «كلّ من لم يصل إلى هذا الموضع، فلا تُرجى منه فائدةٌ كبيرةٌ» ـ حيث ذكر أيضاً لفظة «كبيرة» ـ «فعليه أن يصل إلى تلك الحالة بحيث يتعامل بجدّية مع هذا الأمر». </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وحينما يأخذ المسألة على محمل الجدّ، فإنّ ذلك سيظهر على أحواله، وسلوكه، وسكناته، وأقواله، وكيفيّة ارتباطه ببقيّة الناس وبأهل بيته.</w:t>
       </w:r>
@@ -803,191 +828,191 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تبدّل السيّئة بالحسنة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في السنة الماضية، حينما كنّا نتحدّث مع الرفقاء عن هذه المسائل، وصلنا ـ بحسب ما يبدو لي ـ إلى هذا الموضع؛ فنكون بطبيعة الحال قد وصلنا الآن إلى نفس هذه المسألة؛ وهي: «مسألة تبدّل السيّئة إلى حسنة»، والتي وردت في القرآن الكريم بنفس هذا المعنى، حيث لدينا في سورة الفرقان حديث عن خصائص عباد الرحمن: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الأَرْضِ هَوْناً وإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلاماً}</w:t>
+        <w:t xml:space="preserve">﴿وَعِبادُ الرَّحْمنِ الَّذينَ يَمْشُونَ عَلَى الأَرْضِ هَوْناً وإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلاماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إلى أن تصل إلى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِلاَّ مَنْ تابَ وآمَنَ وعَمِلَ عَمَلاً صالِحاً فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ وكانَ اللَّهُ غَفُوراً رَحيماً}</w:t>
+        <w:t xml:space="preserve">﴿إِلاَّ مَنْ تابَ وآمَنَ وعَمِلَ عَمَلاً صالِحاً فَأُوْلئِكَ يُبَدِّلُ اللَّهُ سَيِّئاتِهِمْ حَسَناتٍ وكانَ اللَّهُ غَفُوراً رَحيماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعباد الرحمن هم الذين يمتلكون هذه الخصائص والمواصفات؛ وحينما يمرّون بالجهّال، فإنّهم يتجاوزونهم بسلامٍ ولا يُجادلونهم ويتركونهم وشأنهم ويذهبون للاهتمام بأمورهم الشخصيّة. و</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلاماً}</w:t>
+        <w:t xml:space="preserve">﴿وإِذا خاطَبَهُمُ الْجاهِلُونَ قالُوا سَلاماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، يقولون لهم: السلام عليكم! في أمان الله ورعايته! وفّقكم الله تعالى! رحمكم الله تعالى! ويذهبون، فلا يتوقّفون للجدال والنزاع. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمّ إنّهم، هُم أولئك الأشخاص الذين لا يرتكبون المعاصي، ولا يكذبون، ولا يقومون بالزنا وشرب الخمر وأمثال هذه الأعمال، ولا يصدر منهم الظلم والجور. وإذا ما صدر منهم ذلك بحسب الاتّفاق، فإنّهم يتوبون عن فعل المعاصي؛ ولهذا ورد الاستثناء بـ : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِلاَّ مَنْ تابَ وآمَنَ وعَمِلَ عَمَلاً صالِحاً}</w:t>
+        <w:t xml:space="preserve">﴿إِلاَّ مَنْ تابَ وآمَنَ وعَمِلَ عَمَلاً صالِحاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ تاب توبةً نصوحًا، توبةً حقيقيّةً، تراجع وغيّر نفسه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وآمَنَ}</w:t>
+        <w:t xml:space="preserve">﴿وآمَنَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي: آمن بما نُلقيه من مسائل، وآمن بما وعدنا به، واعتقد بذلك؛ فالله تعالى لا يعِد من فراغ، وبالتالي فإنّ كلّ من يتوب ويُؤمن، فإنّه سيقوم بأعمالٍ صالحةٍ أيضًا، وستكون أعماله صالحةً، لكن ماذا يفعل هؤلاء الأشخاص بالنسبة لأعمالهم السابقة؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَأولَئِكَ يُبَدِّلُ اللهُ سَيِّأتِهِمْ حَسَنَاتٍ}</w:t>
+        <w:t xml:space="preserve">﴿فَأولَئِكَ يُبَدِّلُ اللهُ سَيِّأتِهِمْ حَسَنَاتٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">جميع أعمالهم السابقة ستتبدّل إلى حسنة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">! وهذا شيء عجيب جدّاً!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَكَانَ اللهُ غَفُورًا رَّحِيماً}</w:t>
+        <w:t xml:space="preserve">﴿وَكَانَ اللهُ غَفُورًا رَّحِيماً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، تأتي رحمته وتستر جميع تلك السيّئات وتُغطّيها؛ فيُدخلها سبحانه وتعالى بأجمعها تحت رحمته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ماذا يفعل الإنسان العاصي ليبدّل اللـه سيّئاته حسنات؟‌</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1024,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فماذا عليّ أن أفعل يا إلهي؟ فمن جهة، أنا أمتلك الأمل في الوصول إلى مقام قُربك، والبلوغ إلى ذاتك، وفي هذه الذات لا طريق للغشّ، ولا مجال للكذب، ولا مكان للخُدعة والنفاق والتلوّن؛ ففي تلك الذات هناك لونٌ واحدٌ، هناك التوحيد، هناك الانبساط، هناك الابتهاج، ولا يوجد هناك الغلّ والحقد والحسد وأمثال ذلك؛ وأنا قد خلطت أعمالي هنا بمثل هذه الأمور. حسن جدّاً! فما هو تكليفي إذن؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الله تعالى: تفضّل على بركة الله! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِلاَّ مَنْ تابَ}</w:t>
+        <w:t xml:space="preserve">﴿إِلاَّ مَنْ تابَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">... تفضّل، تعال وتُب وأقلِع عمّا كنت تقوم به؛ وهنا يأتي عمل التوبة الذي كان المرحوم العلاّمة يُوصي به؛ فحينما يأتي السالك، ينبغي عليه أوّلًا أن يتوب والرفقاء على علم بشروط هذه التوبة وخصائصها، ينبغي عليه أن يغتسل، إمّا غسل التوبة، أو غسل الاستخارة، ومن الأفضل أن يكون ذلك يوم الجمعة بعد صلاة الصبح، ويُصلّي ركعتين تحت السماء، ثمّ يهوي برأسه للسجود ويقول مائة مرّة «أستغفر الله ربّي وأتوب إليه»، وكان يأمر [المرحوم العلاّمة] الإنسانَ بعد ذلك أن يستعرض ـ بشكل حقيقي ـ جميع المعاصي التي ارتكبها طيلة هذه المدّة واحدةً واحدةً، ويعقد القلب على تركها بالكلّية! وأن يُقرّر مع نفسه عدم ارتكابها من الآن فصاعداً، كما أنّه ينبغي له أن يقرّر مع نفسه أن يترك المسائل التي يتعلّق بها قلبُه، و يرى أنّ تركها صعب. فكما أنّه لا يستطيع أن يفصل مثل هذه المسائل عن نفسه، عليه أن يفعل نفس الشيء مع ما يُؤدّي لسخط الله تعالى، ويُسبّب في إبعاده عنه سبحانه.، وبكلمة واحدة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أن يقرّر ترك كلّ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ما </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1172,87 +1197,87 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فرحمته واسعةٌ بالنسبة للذي يرغب في الانضواء تحتها</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ورحمته واسعةٌ بالنسبة للحرّ [الرياحيّ] الذي أراد أن يدخل تحتها؛ فمثل هذا يُقال له: تعال، ونحن سنغضّ الطرف عن كلّ ما فعلته. لقد جاء الحر قائلاً: يا بن رسول الله، لقد وقفت في وجه ذريّة الرسول وآذيتهم، فماذا أفعل؟ . فيقول الإمام الحسين: اترك الحديث عن الماضي. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- يا بن رسول الله: لقد ارتكبت كلّ هذه الأمور! </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">- فيجيبه: ما الخبر؟ لقد قلت لك دع الحديث عن ذلك! فقد تجاوزنا عن كلّ ذلك، وعفونا عنه بأجمعه.</w:t>
+        <w:t xml:space="preserve">- يا بن رسول الله: لقد ارتكبت كلّ هذه الأمور! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- فيقول الإمام: ألم أقل لك دع الحديث عن الماضي؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- يا بن رسول الله فعلت كذا وكذا و... يا بن رسول الله...</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- فيجيبه: ما الخبر؟ لقد قلت لك دع الحديث عن ذلك! فقد تجاوزنا عن كلّ ذلك، وعفونا عنه بأجمعه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذه هي الرحمة الواسعة؛ وهذا هو معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«يا رحمة الله الواسعة»!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1474,51 +1499,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا نظير ما يحصل معكم عندما تكونوا مرضى، قد أصابتكم حالةٌ من الضعف، ولا تستطيعون أصلًا أن تقوموا من مكانكم، فيأتون ويحقنونكم بإبرة البنسلين أو البندول، وبعد ساعةٍ واحدةٍ، فإذا بكم تنهضون، وتتحرّكون بأنفسكم، إنّ هذه الحقنة تترك مفعولها في البدن، حيث تعمل على محاربة الميكروبات والفيروسات التي تسلّلت إليه، فيحصل له التغيّر، وحينما تُحارب تلك الحقنةُ الميكروبات وتتغلّب عليها، نجد أنّ البدن يرجع لحالته الطبيعيّة بالتدريج، فيعتدل مزاجه وتعود له صحّته من جديد؛ ولهذا السبب تستطيعون القيام والنهوض؛ فمعنى قيامكم وجلوسكم هو أنّ هذه الحقنة قد تركت مفعولها فيكم، ومعنى نهوضكم وتحرّككم هو أنّ هذه الحقنة قد دخلت وأعلنت الحرب والقتال على هذه الميكروبات التي تسلّلت إلى هنا وسيطرت على خلاياكم وبدأت في القضاء عليها؛ فقد أعلنت الحرب عليها، وعملت على تحرير الخلايا والكريّات من أسر هذا الضيف المتطفّل والمشؤوم الذي تسلّل إلى البدن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فحينما يتوب الإنسان: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِلاَّ مَنْ تابَ وآمَنَ}</w:t>
+        <w:t xml:space="preserve">﴿إِلاَّ مَنْ تابَ وآمَنَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فهذا يعني أنّه قد آب ورجع: يا إلهي، لقد أنبتُ إليك! وعمله هذا ليس بالعمل الهيّن! أي إنّني تحوّلت عن ذلك الطريق والمسير الذي كنت أمشي فيه لحدّ الآن، إلى الطريق والمسير الذي ترتضيه أنت.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهؤلاء الأشخاص هم الذين تُبدّل سيّئاتُهم إلى حسناتٍ، لا أولئك الذين يُخرجون السبحة من جيوبهم ويشرعون بالاستغفار والتهليل و...! فيكرّرون هذه الأذكار ثلاثة آلاف مرّة من الصباح إلى المساء، ثمّ من المساء إلى الصباح؛ إذ لا يحصلون على أيّة فائدةٍ من ذلك، بل يظلّون متوقّفين في مكانهم؛ لأنّه من ناحية، يُمسك السبحة بيده، ومن ناحية أخرى، عندما يخرج للشارع، فإنّه يفعل كلّ ما يحلو له. أو تراه ـ من جهةٍ ـ يُمسك السبحة بيده، لكنّه من جهةٍ أخرى، حينما يدخل للمنزل، فإنّه يرتكب شتّى أنواع الظلم. فلا فائدة من هذا التسبيح، ولا فائدة من الذهاب إلى المسجد والهيئة والمجالس المقامة لأجل الإمام الحسين والإمام السجّاد والإمام الرضا، اللهمّ إلاّ أن نتوب ونرجع، ونؤمن؛ أي أن نتوب عن إيمانٍ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1609,51 +1634,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيوجد من يرغب في الذهاب إلى هذه الناحية، ويوجد أيضًا من يُريد الذهاب إلى الناحية الأخرى؛ فإذا كان الأمر كذلك، فلماذا التلاعب والتحايل ومحاولة التلبيس والتحوير؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فهنا تقول الآية: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{مَن تَابَ}</w:t>
+        <w:t xml:space="preserve">﴿مَن تَابَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي أنّ الذي تاب وآمن، فقد تحقّق مراده. أفهل يُمكن لذلك الإيمان أن يدع له مجالًا للراحة؟ فهل يُمكن لذلك الإيمان ولتلك التوبة أن يدعانه يمشي بسكون؟ أفهل يدعانه؟ هيهات! حينئذٍ، إذا أصبح الأمر بهذا الشكل، فإنّ ذلك العمل أضحى قادراً على إيصاله إلى تلك العظمة، لماذا؟ لأنّ العمل أصبح إلهيًّا. فليس صحيحًا أنّ الرسول والأئمّة فقط هم الذين يستطيعون القيام بالعمل الإلهي، بل كلّ إنسان يستطيع القيام به بحسب وُسعهِ وطاقته. أجل، يبقى أنّه لا قدرة لنا أبدًا على الإتيان بنفس أعمالهم إلى أبد الآباد، ولكن على الأقل في وسعنا أن نجعل ضميرنا حاكماً علينا، ونحن قطعًا نعلم بما الذي يحصل في باطننا؛ فلماذا نخدع أنفسنا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ ما يقوم به إمام الزمان، لا يستطيع إلّا هو وجدّه وآباؤهُ القيام به، فهل نقدر نحن على القيام به؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1709,88 +1734,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{59AA1E11-BD61-481B-9D3F-0C5D0D378946}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{C4A0010F-66F3-4A66-B3EC-1D27FB10DB08}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{7949E98A-E22B-40F0-948C-161EB1B5AC0F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{3AEC36FB-3438-40CE-950A-3D427E8D629B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1839,61 +1871,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="3" name="_x0000_i0003">
+                <wp:docPr id="7" name="_x0000_i0007">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0003"/>
+                        <pic:cNvPr id="0" name="_x0000_i0007"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1996,61 +2028,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="4" name="_x0000_i0004">
+          <wp:docPr id="8" name="_x0000_i0008">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004"/>
+                  <pic:cNvPr id="0" name="_x0000_i0008"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2651,51 +2683,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3474,61 +3506,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3803,63 +3910,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>