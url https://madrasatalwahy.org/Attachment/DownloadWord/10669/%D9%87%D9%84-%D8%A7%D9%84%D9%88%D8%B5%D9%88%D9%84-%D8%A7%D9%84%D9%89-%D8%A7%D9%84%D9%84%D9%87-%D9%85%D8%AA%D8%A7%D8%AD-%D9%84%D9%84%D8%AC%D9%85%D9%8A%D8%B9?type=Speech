--- v0 (2025-11-01)
+++ v1 (2026-01-09)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,63 +75,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل الوصول إلى الله متاح للجميع</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الخامسة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -670,51 +683,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيفيّة تعامل المرحوم العلاّمة في المجالس العامة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كنت أشاهد في بعض الجلسات.. بالطبع لقد كانت مكانة المرحوم العلاّمة رضوان الله عليه مشخّصة من الناحية العلميّة وأعلميّته معلومة لدى الأشخاص؛ الأقران والأقارب.. وكان يحصل أحياناً أن يتمّ طرح سؤال في المجالس التي يحضـرها أشخاص آخرون من أهل العلم، وبالطبع يكون هو ممّن تتوجّه إليه الأنظار، فيكون هو المُخاطب وإليه تتوجّه الأنظار على الرغم من وجود أشخاص آخرين؛ وكنت أُلاحظ بأنَّه لا يتكلّم، بل كان يترك الكلام للآخرين، وكان حال الآخرين معلوماً؛ فلا يُريد أحدهم أن يتنازل في هكذا جمع.. انظروا إلى أهل الدنيا كيف تكون تصرّفاتهم بالمقلوب.. ماذا قلت لكم الآن؟ قلت لكم: إنّ السالك الذكيّ هو ذلك الشخص الذي يكون دائماً [متيقّظاً، ولا يبرز نفسه، ولا يبادر للتصدّي].. إلّا في تلك الموارد الخاصّة التي يكون عنده تكليف طبعاً، فتلك محفوظة في محلّها، [ومن الواضح أنّه لا ينبغي أن نتعذّر بالتكليف كلّما شئنا]، فالأمر ليس دائماً بهذا الشكل... فالإنسان يعرف جيّداً، الإنسان يعرف جيّداً، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ}</w:t>
+        <w:t xml:space="preserve">﴿بَلِ الْإِنْسانُ عَلى‏ نَفْسِهِ بَصيرَةٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ فالإنسان يعرف نفسه، ويعرف أين قد خالف الحقّ وتجاوزه، ونعرف جيّداً المواضع التي نحاول أن نسبق خصمنا ونتغلّب عليه، ونعرف أنفسنا عندما نكون في مجلس ويكون هدفنا هو أن نتفوّق على منافسنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في أحد الأيّام الماضية، كنت قد ذهبت لتلبية دعوة للإفطار، كان ذلك قبل فترة طويلة ـ كان في عهد الشاه ـ في قم، عندما كنت شاباً، أصغر من هذا السن؛ فالآن قد أصبحت شيخاً! (مزاح) ولكنَّني كنت شاباً عندها، لا تقولوا بأنّي قد صرت شيخاً.. والحاصل أنّي ذهبت إلى مجلس الإفطار في مثل هذا الشهر، وكان صاحب الدعوة من أصدقائي وزملائي في الدراسة؛ وكان هنالك جمع كثير من المدعوّين، منهم من توفّي ومنهم من لا يزال على قيد الحياة. رحم الله المرحوم السيّد رضا بهاء الدينيّ فقد كان من بين الحاضرين، وقد ذهب وجلس في الشُرفة. لم يكن يختلط بالجمع غالباً، فقد كان يذهب جانباً (وكان له عالمه الخاصّ به) بصحبة عدد من حواريّيه والمحيطين به؛ رحمه الله كان رجلاً طيّباً؛ كان من أهل الصفاء والباطن إلى حدّ ما؛ ولقد كان المرحوم الوالد يوصيني كثيراً بالذهاب لزيارته واللقاء به باستمرار؛ وكان يحصل لي التوفيق بذلك، وكنت أذهب إلى زيارته والاستفادة منه.</w:t>
@@ -1632,88 +1645,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A6D6267C-B09B-4F8A-B5F2-AC74CEF4BFF8}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3748D804-4675-4657-84FC-080621A8EE17}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FA570AB1-22E8-4527-8EE7-A85FCA656B75}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{0171FB3A-0FB3-4498-8F5D-AE754CAFF18F}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1762,61 +1782,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="91" name="_x0000_i0091">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0091"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1919,61 +1939,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="92" name="_x0000_i0092">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0092"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2597,51 +2617,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3420,61 +3440,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3749,63 +3844,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>