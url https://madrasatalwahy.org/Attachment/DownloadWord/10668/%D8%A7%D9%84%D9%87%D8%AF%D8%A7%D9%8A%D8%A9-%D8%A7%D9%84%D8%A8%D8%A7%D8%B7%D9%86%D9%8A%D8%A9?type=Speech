--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,63 +75,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الهداية الباطنية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الرابعة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -275,93 +288,105 @@
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">استعرضنا للرفقاء في بيان هذه الفقرات، بأنَّ الإمام السجّاد يقول في خطابه لله: إنّ أملي كبير، ولكنّ ما يقابله من العمل الذي يُفترض أن يوصلني إلى هذا الأمل و تلك الدرجة التي أتمنّاها في قلبي وذهني عملٌ ضعيف.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۱. الانجذاب الباطني هو المحرّك للإنسان</w:t>
+        <w:t xml:space="preserve">۱. الانجذاب الباطني هو المحرّك للإنسان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ الإنسان قد يجد في نفسه شعوراً معيّناً .. شعورًا داخليّاً بالميل و الانجذاب نحو شيء معيّن.. لذا فهو يسعى للوصول نحو ذلك الشيء حتّى بدون أن يعلم مصدر ذلك الشعور ؛ و ذلك أنّ الإنسان قد يحصل له إحساسٌ عميق في باطنه، ولكنّ ذلك الإحساس لم يصل إلى مرحلة يكون مشهوداً بشكل تفصيليّ له ، فهو لم يتضّح جليّاً له بعد، ولم تظهر معالمه التفصيليّة بشكل دقيق ، و غاية ما يعلمه عنه هو أنَّ هنالك شيئاً ما:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كسی ندانسته كه منزلگه آن يار كجاست *** اينقدر هست كه بانگ جرسى مي‏آيد</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقول: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">[يقول: لا يعلم أحد أين هو منزل الحبيب، ولكنّنا *** نسمع صوت جرس يأتي من حيث لا ندري.‏]</w:t>
+        <w:t xml:space="preserve">لا يعلم أحد أين هو منزل الحبيب، ولكنّنا نسمع صوت جرس يأتي من حيث لا ندري.‏</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ لهذا الشعور لشأنًا، و هو شعور مبارك؛ فهو يجذب الإنسان شاء أم أبى إلى تلك الوجهة التي يجب أن يصل إليها، وينظّم مسير الإنسان بالشكل الذي يجعل عاقبته تنتهي إلى ذلك المقصد، و ما أعظم المصيبة لو كان الشعور في الاتجاه المعاكس! يعني نحن نرى أنَّ قلب بعض الأشخاص ينجذب في الكثير من الأحيان إلى الجهة المعاكسة؛ فترى هذا يُجذَب إلى هذا الاتجاه، بينما يُجذَب الآخر إلى الاتجاه المعاكس، فما هو السر الكامن وراء هذا الأمر؟ و العجيب أنّهم هم أنفسهم لا يدركون ذلك! فإذا ما جلس شخص في مجلس للوعظ و أخذ يذكر الله، نرى أحدهما يقول لصاحبه: لنذهب، لنذهب للاستماع إلى هذه الخطبة وهذا الكلام، فكم هو جميل حديث هذا الشخص! و كم هو جميل الأمر الذي ذكره ! بينما نرى الآخر يقول: و ما الذي قاله يا هذا؟ و أيّ فائدة فيه؟! اذهب لوحدك! إنّهَ قد شغل وقتنا بذكر بعض الكلمات المنمّقة ليس إلاّ ..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما هو السر الكامن في الأمر؟ فلا هذا يعلم ما الذي يجري في نفسه ولا ذاك، وغاية ما يعلمه أنَّ هنالك شيئاً يجذبه إلى هذا الاتجاه، فتراه يأتي و يستسيغ و يجد في نفسه الرغبة إلى القدوم مجدّداً، فيقوم بتنظيم أموره بالشكل الذي يمكّنه من المجيئ ( انتبهوا ؛ فهذه أمور في غاية الأهمّية!!)، تراه يقوم بتنظيم برنامجه للوصول إلى المجلس مبكّراً، قبل أن يأتي أحد ليُفسد عليه الذهاب إلى هناك.. قبل أن يأتي من يطرق عليه الباب.. قبل أن يأتيه ضيف، فإذا ما جاءه أحدٌ دون اتّفاق مسبق، فإنّه يعتذر منه قائلاً: عفواً، لديّ عمل.. لديّ ارتباط، أرجو أن تتفضّل بالدخول، حتّى أذهب و أعود، و بشكل عامّ ترى أنّه يقوم بتنظيم أموره، و برنامجه، ووقت استراحته، ويُرتّب وقته، مزيلاً العوائق من أمامه ومهيّئاً كلّما يلزم لأجل الوصول إلى مبتغاه أي إلى ذلك المجلس ،و استماع ذلك الحديث، فيصل بالنتيجة إلى ما كان قد خطّط له.</w:t>
       </w:r>
@@ -497,51 +522,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فأجابه الآخر: ولكن سيفوتنا المسلسل! إنّ الإمام الرضا لن يذهب بل هو باقٍ في مكانه! أمّا المسلسل فإنّه سيفوتنا! أسرع!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ثمّ ذهبوا مسرعين! وعندها علمتُ ما هو السبب الكامن وراء قلّة عدد الزائرين في حرم الإمام الرضا على الرغم من وجود مناسبة زيارة؟ السبب هو المسلسل! و هذا هواء أيضًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٢. اختلاف مراتب الناس باختلاف معرفتهم</w:t>
+        <w:t xml:space="preserve">٢. اختلاف مراتب الناس باختلاف معرفتهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فانظروا، إنّنا الآن نستطيع أن نفهم معنى كلام المرحوم العلاّمة حيث كان يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ مقدار الثواب يتوقّف على مقدار المعرفة التي عند الزائر!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -680,51 +705,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فهذا الذي يقول: ليس الآن ، و سأذهب لاحقًا، و هو يتعلّل بأنواع العلل، ثمّ إذا ما جاء بعد التي و اللتيا إلى مجالس الذكر و مجالس سيّد الشهداء و مجالس العزاء وغيرها، فإنّه سرعان ما يملّ منها و يقول: متى سيُختتم هذا المجلس؟ متى سينهي ذلك الخطيب كلامه؟ لقد نفذ صبري، متى ينتهي مجلسه؟ و يكون دائمًا في حالة ملل و ضجر... حتّى أنّ صاحبه الذي أحضره يقول: لقد ندمت على جلبي إيّاك معي إلى هذا المكان، و في نهاية المطاف ينهض و عند خروجه يشعر أنّه قد تحرّر!! و كأنه قد خرج من قفص، وكأنَّه كان مُكبَّلاً بالسلاسل، ثم فُكّ أسره، فيخرج ليتنفّس الصعداء! أمّا الآخر فيقول: ليت المجلس يستمر أكثر من هذا، ليت قارئ العزاء يستمرّ بالقراءة أكثر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو سبب هذا الاختلاف بين الحالتين؟ لماذا يكون هذا بهذا الشكل، وذاك على ذلك المنوال؟ إنّ السرّ في ذلك أمرٌ باطني و حركة باطنيّة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٣. الانجذاب الباطني يبدأ قليلاً ثمّ يزداد بالاستقامة</w:t>
+        <w:t xml:space="preserve">٣. الانجذاب الباطني يبدأ قليلاً ثمّ يزداد بالاستقامة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كنَّا جالسين في كربلاء بمحضر المرحوم السيّد الحدّاد رضوان الله عليه، وكان المرحوم العلاّمة يشرح حالات رفقائه للسيّد الحدّاد، فلان هكذا و له هذه الخصوصيّات ... فكان يبتسم ابتسامة، أما بشأن البعض الآخر فقد كان يلتفت بشكل خاصّ، وكان يسكت بشأن البعض، وهكذا، فقد كان السيّد العلاّمة يشرح حالات الرفقاء والأصدقاء للسيّد الحدّاد واحدًا تلو الآخر، وبسبب التفات سماحته باطنيًا إلى الحالة الخاصّة لكلٍّ منهم ، كانت تظهر علاماتٍ معيّنة تعكس ذلك على قسمات وجهه المبارك في الظاهر، حتّى وصل إلى أحد الأشخاص، فابتدأه السيّد الحدّاد قائلاً: كيف حال فلان؟ يعني هو الذي ذكر اسمه و سأل عنه، فأجاب السيّد العلاّمة قائلاً: لقد أدرك شيئاً، و فهم أنّ هناك خبرًا، و هذا يجعله متمسّكًا لا يترك بسهولة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فقال السيد الحدّاد: نعم، نعم، الأمر كما تقول، ولكن عليه أن يتابع ويستمرّ. يعني السيّد الحدّاد قال للسيّد العلاّمة: قل له: </w:t>
       </w:r>
@@ -767,51 +792,51 @@
         </w:rPr>
         <w:t xml:space="preserve">فالآن، ما هو ذلك الشيء الذي يمتلكه، والذي يجعله يتعلّق فلا يترك بسهولة؟ إنَّ ذلك الشيء الذي لا يدعه، هو ذلك الطلب الذي أودعه الله في الإنسان، فتأتي تلك الرغبة لتأخذ بيد الإنسان من أجل إيصاله إلى تلك الجهة حيث كماله، ومآله، ونهايته، فإذا ما حصلت موانع تحول دون وصوله إليها، فإنّ حالته هذه تُزيح الموانع عن طريقه، فلو جاءه صديق له، وقال له: لنذهب اليوم إلى المكان الفلاني، لأجابه: لا، لا أقدر أن أذهب لأنّ عندي عمل، إذ عليّ الذهاب إلى المجلس هذا اليوم...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و يأتي الآخر لأخذه إلى مكان آخر، أو تظهر مُشوِّقات و أمور جاذبة لتصرفه عن حضور المحاضرة، فيقول: لا، ويرجّح الذهاب إلى مجلس و حضور المحاضرة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٤. حقيقة الهداية الباطنية</w:t>
+        <w:t xml:space="preserve">٤. حقيقة الهداية الباطنية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و هاهنا يوجد أمثلة كثيرة.. أمثلة كثيرة، و قصص كثيرة حول كيفيّة ظهور تلك الرغبة الباطنيّة في جميع الظروف والمواقف الحياتيّة لتكون محورًا تنتظم حوله بقيّة الأمور والمواقف. هذا هو ما يُسمى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بالهداية الباطنيّة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -944,51 +969,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ما الذي يقوله؟ يقول: تعال فهاهنا كلّ شيء! فالهمّة هي تلك القوّة الباطنيّة، هي ذلك المحرّك الداخلي، فعليّك بتقويته؛ لأنّ هذا المحرّك عندما يصبح قويًّا، فإنّ جميع وجودك سوف يتبعه و ستكون حركتك سريعةً جدّاً، وحينئذٍ سوف لن تحتاج لأن يُقال لك: تعال هنا و اذهب هناك، و لن تحتاج إلى من يلاحقك و يحثّك، بل إنَّك ستمضي بنفسك سابقًا الجميع، و متقدّمًا عليهم، و علينا حينئذٍ أن نبحث عنك لأنّك ستكون قد حلّقت عاليًا تاركًا الجميع وراءك في حيرة! أجل:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بر سر تربت ما چون گذری همت خواه *** که زیارتگه رندان جهان خواهد شد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٥. كيف تحصل الهداية الباطنية ؟</w:t>
+        <w:t xml:space="preserve">٥. كيف تحصل الهداية الباطنية ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ الحالة الباطنيّة هذه تحصل للإنسان عن طريق أسباب شتى، فإمّا أن تحصل للإنسان بواسطة حالة غيبيّة، أو عن طريق الاستماع إلى حديث الأفراد الواجدين لهذا الأمر وكلماتهم؛ فاطمئنان الإنسان بحديث العظماء، وإحرازه لصدق كلامهم و إحرازه لعدم خطأهم في الرؤية والبصيرة وشهود الحقائق ولمسها سيعمل على تقوية تلك الحقيقة الباطنيّة القلبيّة، وسيتحرّك نحو ذلك المقصد الباطني حتّى يصل إليه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا هو الأمر الذي يطرحه الإمام السجّاد: يا رب، إنَّك أنت الذي أوجدّت ما في قلبي، لم أُوجده بنفسي.</w:t>
       </w:r>
@@ -1000,51 +1025,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عظُم يا سيّدي أملي!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنَّه عظيم جدًا ذلك الأمل وذلك المحرّك الذي في قلبي، وأنت الذي جعلته في قلبي! لم أُوجده بنفسي؛ فمن أنا حتّى أستطيع إيجاد حالٍ كهذا في نفسي؟! أو أُوجِد هذه الرغبة لديّ؟ أو أهيّئ هكذا هدف لي؟ فلو أنّك لم تجعل ذلك في نفسي، لكنت مثل بقيّة الأفراد الموجودين في الشوارع والأزقّة: حديثهم من الصباح حتّى المساء يكون عن الدولار والدينار، ارتفعت قيمة الدولار، وانخفضت قيمة اليورو... وعلى هذا المنوال! فيمضي الوقت من الصباح إلى المساء بالحديث عن هذه الأمور ... لماذا؟ لأنَّك يا ربّ لم تجعل في قلبه هذا الهدف و الأمل! إذ لو جعلته في قلبه لما ورد هذا الكلام في قلبه، ولما خطرت هذه الأمور في مخيّلته، ولمَا تمحور تفكيره حول هذه الأمور، ولما تمكّنت هذه القضايا من الاستيلاء على قلبه! تجده يرفع اليوم من شأن هذا، ليضع غدًا من شأن ذاك، يقوم اليوم بالترويج لهذا الشخص ، ثمّ ينكشف الخطأ الفادح، فيصيح : يا للخطب، يا ويلتاه! ثم تُعلم حقيقته بعد ذلك! وينكشف الخطأ للجميع؛ لتبدأ آلاف التبريرات!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٦. حال من خلى قلبه من الأمل العظيم</w:t>
+        <w:t xml:space="preserve">٦. حال من خلى قلبه من الأمل العظيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">سبب ذلك هو الخواء! قلبه خاوٍ! هذا القلب تملؤه أمورٌ أخرى؛ ففي هذا القلب قمامة.. في هذا القلب اعتباريّات وتوهّمات وتخيّلات.. في هذا القلب أمور دنيويّة وتقلّبات أحوالها.. في هذا القلب التجاء إلى غير الله و اعتماد على الأسباب الظاهريّة والماديّة؛ لذا نرى مسيره بهذا الشكل المتخبّط، فإذا ما تحدّثتَ عن الله، يضحك عليك (و إذا لم يضحك بالظاهر فإنَّه يضحك بقلبه)، و إذا ما تحدّثتَ عن الطريق إلى الله، [يقول:] ادعوا لنا الله ليوفقنا! ادعوا لنا! ادعوا لنا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">جاء أحدهم إلى المرحوم العلاّمة وكنت حاضرًا، وكان يقول: لا ندري أَ إلى الجنة أم إلى النار... و كان يُحرك يده هكذا، يعني: لا أدري هل ينتهي الأمر بي إلى الجنّة أم إلى النار!</w:t>
       </w:r>
@@ -1108,51 +1133,51 @@
         </w:rPr>
         <w:t xml:space="preserve">كلاّ يا عزيزي! [ليس الطريق مخفيًا كما تزعم، فتعال لكي] أريك طريق جهنم وطريق الجنة، و أُعطيك مصاديقها واحدًا واحدًا.. جرّب ذلك فإنَّك سوف لن تخسر! اختبر ذلك لشهرين لا أكثر! بل اختبر ذلك لأربعين يومًا؛ فإذا ما رأيت حالتك قد تغيّرت، فعندها ستعلم بأنَّ هذا الأمر له واقعية، و أنّ ما يقال حقيقة لا خيال! و إلاّ, إذا رأيت أنَّه لم يحصل تغيّير في حالك، و أنّك لازلت على حالك السابق، فإنَّك لم تخسر شيئًا، وستعود إلى ما كنت عليه! فلم نأخذ منك شيئًا، ولم نُنزِل بك بلاءً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل اتّضح الأمر؟ و من هنا، فقد أصبح معلومًا بأنَّ كلّ ذلك لم يكن سوى كلمات، وأنّه لا يوجد شيء في الداخل [القلب]؛ إذ لو كان هنالك شيءٌ ما، لما كنتَ قد تلاعبت بالألفاظ بهذا الشكل، و من هنا يتّضح أن القلب خاوٍ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۷. من تمكّن الأمل العظيم في قلبه لا يستطيع التخلي عنه</w:t>
+        <w:t xml:space="preserve">۷. من تمكّن الأمل العظيم في قلبه لا يستطيع التخلي عنه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الإمام السجّاد عليه السلام: إنَّ ما يشغلني هو وجود ذلك الشيء في داخلي! فهنالك أمرٌ ما، يجذبني إلى هذا الاتّجاه، فأنا لست مثل أولئك الذين يُحرِّكون أيديهم هكذا ويقولون: (أ إلى الجنة أم إلى النار)، كلاّ، بل أنا حريص على هدفي و متمسّك به يا إلهي، و لن أتخلّى عنه! فأنت قد جعلتَ في داخلي شيئًا، جعلتَ في داخلي أملاً لا يتركني، و لكن ما الذي أفعله إذا كانت أعمالي وأفعالي لا تستطيع إيصالي إلى أُمنيّتي هذه! قل لي يا رب ماذا أفعل؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكون هذا الأمر موجودًا في داخلي هو مما لا شكّ فيه، فأنا أعلم أنَّ هنالك أمرًا ما، أعلم بوجود مسألة ما، و حالي كما قيل:</w:t>
       </w:r>
@@ -1351,51 +1376,51 @@
         </w:rPr>
         <w:t xml:space="preserve">هل صار المرحوم القاضي تلقائيّاً؟ هل وُجد المرحوم المولى حسين قلي الهمدانيّ تلقائيّاً؟ وُجِد هكذا تلقائيّاً! وُجِد هكذا! كان يمشي فإذا به صار المولى حسين قلي! صار المرحوم القاضي! صار السيّد أحمد الكربلائي! صار الشيخ محمّد البهاري! صار العلاّمة الطباطبائي! صار الميرزا جواد الملكي التبريزي! صار العلاّمة الطهراني! هل صاروا بشكل تلقائي! هكذا صاروا مرّة واحدة!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ هذا النمط من التفكير لا يُوصل صاحبه إلى نتيجة، بل يجعل الإنسان واقفًا على هذا الحال، يجعله ساكنًا.. يوقفه بلا فائدة.. يُوقفه ويُميت كافّة قابلياته، ويُميت ما أودعه الله فيه من القابليات و يقضي عليها! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۸. في مدرسة العرفان: لابدّ من الفهم و التعقّل و الحريّة</w:t>
+        <w:t xml:space="preserve">۸. في مدرسة العرفان: لابدّ من الفهم و التعقّل و الحريّة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا رؤية أهل العرفان فتقول: ارتقِ! ارفع رأسك، وانظر ماذا هناك! ارتقِ بفهمك و استفد من عقلك و لو قليلاً، استفد من فطرتك، استعمل حريّتك! فقد خلقك الله حرّاً! فلست أسيرًا لأحد ولست أسيرًا لأذواق الآخرين ورغباتهم! فتعال بنفسك و انظر واعرف من أنت؟ و ما أنت؟ انظر بنفسك! فإن حاول أحدٌ أن يفرض عليك رأيه قائلاً:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ إنّ هذا هو الصواب! </w:t>
       </w:r>
@@ -1654,99 +1679,99 @@
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم العلاّمة يقول عندما ذهبت إلى النجف، ذهبت لأصبح إنسانًا! كانت تلك هي عبارته! لا أن أكون عبدًا لهذا وذاك! لأصبح إنسانًا! لأجل نفسي، أردتُ أن أعرف بنفسي من أنا , و ماذا عليّ أن أفعل؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فجاءوا وقالوا لي: دع فهمك جانبًا! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- فأجبتهم: كلاّ، لن أدعه جانبًا! فأنا قد جئت هنا لكي أفهم! جئت إلى عتبة أمير المؤمنين عليه السلام لأرتقي بمستوى فهمي، وأنتم تقولون دع فهمك جانبًا؟</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">- لماذا أتجاوزه؟ فأنا إن تجاوزت هذه القضيّة، فعليّ تجاوز تلك القضيّة المشابهة أيضًا؛ لأنّه إذا كان مقتضى الأمر أن أتجاوز هذه القضيّة، فعليّ تجاوز تلك القضيّة أيضًا، وإذا لم يكن عليَّ تجاوز هذه القضيّة، فلا ينبغي تجاوز تلك القضيّة أيضًا. </w:t>
+        <w:t xml:space="preserve">-فأجبتهم: كلاّ، لن أدعه جانبًا! فأنا قد جئت هنا لكي أفهم! جئت إلى عتبة أمير المؤمنين عليه السلام لأرتقي بمستوى فهمي، وأنتم تقولون دع فهمك جانبًا؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-يقال: يا سيّد إذا كنت تفهم شيئًا، فعليك فتجاوز عنه الآن و اتركه ... </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-كلاّ! بل إذا فهمتُ أمرًا، فعليّ أن أتابعه إلى النهاية.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-يقولون: تجاوز يا سيّد هذا الأمر الآن! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-لماذا أتجاوزه؟ فأنا إن تجاوزت هذه القضيّة، فعليّ تجاوز تلك القضيّة المشابهة أيضًا؛ لأنّه إذا كان مقتضى الأمر أن أتجاوز هذه القضيّة، فعليّ تجاوز تلك القضيّة أيضًا، وإذا لم يكن عليَّ تجاوز هذه القضيّة، فلا ينبغي تجاوز تلك القضيّة أيضًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هكذا إنسان يُسمى حُرًا!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ففي يوم عاشوراء، حُريّة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
@@ -1817,51 +1842,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل تلتفتون أيّها الرفقاء إلى المسألة؟ إنَّها دقيقة جدًا، نعم! لم نُعطَ ضمانًا بأنّنا سنبقى أحياءً إلى الغد! ولم نُعطَ ضمانًا بأنّنا سنبقى أحياءً إلى السنة القادمة! ولذلك </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">متى ما شعرت بأنَّك متردّد في مثل هذا الموقع، فاستعمل تلك الحريّة، وتلك الفطرة السليمة التي منحها الله لنا كأداة للتميّيز، واستمدّ منها، واخرج فورًا! اسحب نفسك خارجًا، ولا تؤجّل ذلك للغد؛ فلعلك تموت هذه الليلة في فراشك، فيكون موتك و أنت على شكّ! حينئذٍ ستكون قد متّ و أنت في حالة من الحيرة و التردّد! هذا هو الأمر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">٩. أملنا عظيم و لكنّ عملنا سيّئ ؛ فما هو الحلّ ؟</w:t>
+        <w:t xml:space="preserve">٩. أملنا عظيم و لكنّ عملنا سيّئ ؛ فما هو الحلّ ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول الإمام السجّاد عليه السلام: إلهي ماذا أفعل؟ ففي ذهني وقلبي أمل عظيم، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عظُم يا سيّدي أملي</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -2134,75 +2159,75 @@
         </w:rPr>
         <w:t xml:space="preserve">لقد قال لي هذا الشخص يومًا: بنظرك ، من هو أعلى تلامذة العلاّمة من حيث القابليات و ما شابه ذلك؟ (واللطيف أنّه كان يقول بعض الشعر أحيانًا ... نعم! لم يكن شعرًا جيّدًا في الواقع).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد فهمت ما كان يرمي إليه، فتظاهرت بعدم إدراك مغزاه، فقلت: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- لا أعلم، أنا لا أفهم من هذه الأمور شيئًا. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">- فقلت له: أتتصوّر بأنَّ ذلك هو أنت؟ بعدها قلت له شيئًا ما؛ فأصبح لونه كالبنجر! أحمر!</w:t>
+        <w:t xml:space="preserve">-لا أعلم، أنا لا أفهم من هذه الأمور شيئًا. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-فأخذ يلفّ ويدور ، وفي نهاية المطاف قال هكذا: هو ذلك الشخص الذي يمتلك عقل وتدبير الشيخ المطهّري، و عنده صفاء السيّد مرتضى الرضويّ وطهارته.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-فقلت له: أتتصوّر بأنَّ ذلك هو أنت؟ بعدها قلت له شيئًا ما؛ فأصبح لونه كالبنجر! أحمر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا، لقد وصل الأمر بهذا الشخص بعد ذلك بمدّة إلى الدرجة التي كان يُرسل فيها رسالةً في غاية القبح إلى المرحوم العلاّمة و كنت أرى رسائله؛ و كيف كانت؟! كانت بالشكل الذي يخجل معها حتّى السَّوَقة و أبناء الشوارع من أن يخاطبوا بعضهم البعض بتلك العبارات! كان يخاطب المرحوم العلاّمة بتلك العبارات! نعم هذا الشخص!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإذا ما أردنا أن ننظر إلى أنفسنا، فهذا هو حالنا.</w:t>
       </w:r>
@@ -2293,51 +2318,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فعلينا إذن أن نتعلّم، ثمّ علينا أن نعمل و نطبّق.. علينا أن نعمل وفقًا لتلك الأمور، وأن نُحقّقها في أنفسنا، علينا أن نجلس ونُفكّر.. أن نختلي بأنفسنا، فنتفحَّص الأمور، ونقلّب هذه المسائل لنرى كيف يمكن أن تكون</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالإمام السجّاد يقول: إنَّ ذلك ممكن! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۱۰. نماذج واقعية للرحمة الباطنية من الله لعباده</w:t>
+        <w:t xml:space="preserve">۱۰. نماذج واقعية للرحمة الباطنية من الله لعباده</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسنًا أنا أحد الذين ينطبق عليهم هذا الكلام.. أنا أحدهم؛ وإلاّ فمنْ كان الفضيل بن عياض؟ كان قاطع طرق.. كان لصّاً.. كان يتربّص بالمسافرين عند عقبات الجبال، و كان الجميع يخاف منه حتّى إنّه عندما كان يُقال للقافلة: إنَّ الفضيل سيهجم عليهم، كانت ترتعد فرائصهم من الخوف؛ ثم كان عاقبة أمره أن أصبح من أصحاب سرّ الإمام الصادق! فمن الذي فعل هذا به؟؟ بالطبع فقد انقدحت في قلبه شرارة في منتصف الليل ... وقصته مذكورة بالتفصيل</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
@@ -2588,88 +2613,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{46139B7A-36AB-4476-AE80-21908FEF8B06}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{502BEC86-7866-4DEA-8D3B-E239ABB7CD85}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E2DAE0C5-83B1-4D6D-A11C-54B6072A155E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{01324700-05D4-4D2F-911B-5FA99D9608B1}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2718,61 +2750,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="87" name="_x0000_i0087">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0087"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2875,61 +2907,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="88" name="_x0000_i0088">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0088"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3577,51 +3609,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4400,61 +4432,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4729,63 +4836,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>