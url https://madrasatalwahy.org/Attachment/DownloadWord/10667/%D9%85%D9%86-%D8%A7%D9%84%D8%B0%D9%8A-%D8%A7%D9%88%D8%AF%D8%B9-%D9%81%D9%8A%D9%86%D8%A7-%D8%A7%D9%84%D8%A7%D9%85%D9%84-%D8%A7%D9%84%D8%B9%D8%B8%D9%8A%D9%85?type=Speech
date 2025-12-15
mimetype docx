--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من الذي أودع فينا الأمل العظيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الثالثة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -524,118 +537,94 @@
         </w:rPr>
         <w:t xml:space="preserve">إنّ جميع السير و السلوك، و البرنامج و المراقبة كلّها إنّما هي لأجل أن يدرك هذا الكأس الذي في داخل الماء بأنّه فانٍ في الماء</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. كلّها من أجل هذا.. إنّ جميع الشرائع والأديان وإرسال الرسل وإنزال الكتب السماوية، والتكاليف والمباني والاعتقادات كلّها جاءت من أجل أن يفهم هذا ويعرف حقيقة الأمر، لأجل أن ندرك بأنّنا فانون ومنمحون، لأجل أن نعلم وندرك ونحسّ بذلك واقعاً ها! وهذا الإحساس هو العرفان، وذلك الإحساس هو المعرفة، وذلك الإدراك هو التوحيد، وذلك الإحساس هو ما يُسمّى بالفناء! ألم تسمعوا بمرتبة «الفناء»؟! الفناء ليس أمراً عسيراً، بل هو هذا الذي بيّناه، ليس الفناء إلاّ أن يصل شعورك وإدراكك وشهودك إلى هذه النقطة وهي أن تدرك أنّه ليس لديك وجودٌ استقلاليّ! هذا هو الأمر فقط! فإذا وصلت إلى ذلك تكون عارفاً. هل رأيتم كم هو الأمر بسيط؟ لقد صرنا جميعا عرفاء هذه الليلة [يبتسم سماحة السيّد] بدون أيّ مشقّة! طبعاً الأمر يحتاج أكثر من ذلك، و كما يقول حضرة حافظ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اين گنج سعادت که خدا داد به حافظ *** از يمن دعای شب و ورد سحری بود</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (يقول: إنّ هذا الكنز من السعادة الذي منحه الله لحافظ كان من بركات دعاء الليل وأوراد السَّحَر).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوصول إلى ذلك المقام يحتاج إلى هذه الأمور، و لكن شيئاً فشيئاً، ففي النهاية الأمر يحتاج إلى الدعاء في الليل، وإلى الأذكار والالتزام بالبرنامج و إلى المراقبة و ما إلى ذلك، ولكن خلاصة الأمر هو ما ذكرنا، فلا داعي لأن نخاف كثيراً، خصوصاً أنّ عندنا مثل هذا الربّ الذي يصفه لنا الإمام السجّاد بهذا الشكل، فما الذي نخافه ونخشاه بعد ذلك؟ ومن أيّ شيء نقلق؟! وما الذي يدعونا بعد ذلك إلى أن نتصوّره كأنّه غول مخيف؟ وأن نتصوّر هذه المقامات كأنّها جبلٌ عظيمٌ بعيد المنال، فنرى أنفسنا عاجزين، يا عزيزي:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">برون آی از سرای امّ هانی *** بخوان مجمل حديث لن ترانی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (يقول: اخرج من بيت أم هاني العجوز واتلوا حديث«لن تراني» ، يعني لا تكتفِ بمقدار معرفة العجائز العاجزين عن تحصيل المراتب العليا من المعرفة، بل لا بدّ وأن ترتقي إلى أعلى مدارج المعرفة).</w:t>
+        <w:t xml:space="preserve">(يقول: اخرج من بيت أم هاني العجوز واتلوا حديث«لن تراني» ، يعني لا تكتفِ بمقدار معرفة العجائز العاجزين عن تحصيل المراتب العليا من المعرفة، بل لا بدّ وأن ترتقي إلى أعلى مدارج المعرفة).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلماذا جلست كالنساء العجائز في منزلك تعمل على المغزل، وتلف نسيجاً حول نفسك من خيالك، وحبست نفسك في بيت العنكبوت، خيوط العنكبوت الناشئة من الخيالات والأوهام ؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أولياء الله قد جاؤوا لكي يخرجونا من الظلمات إلى النور، ويأخذوا بأيدينا إلى الكمال</w:t>
       </w:r>
@@ -1529,51 +1518,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هل يكفي هكذا نقرأ دعاء أبي حمزة، ونقول: إلهي نحن صفر، إلهي نحن حقيرون ؟ لا ، بل ينبغي أن نفهم! وأن نؤمن بذلك ونصدّق به واقعاً، وأن نصل إلى مرحلة نقرّ ونعترف بأنّه: يا إلهي نحن نقول من أعماق قلبنا ومن أعماق وجودنا.. إلهي إن تتركنا لوحدنا، فسنعطي هذه الرشوة التي يعطيها الآخرون، وسنقوم بالكبائر من المعاصي التي يقوم بها الآخرون، إن لم تمسك بزمام نفوسنا، وإن لم تلاحظنا بعينك وتحفظنا، وإن لم تمنحنا ذلك النور [فهذه ستكون النتيجة!] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ماذا قال النبيّ يوسف عليه السلام؟ أولم يرد ذلك في القرآن؟ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لَقَدْ هَمَّتْ بِهِ وَ هَمَّ بِها لَوْلا أَنْ رَأى‏ بُرْهانَ رَبِّه‏ }</w:t>
+        <w:t xml:space="preserve">﴿وَ لَقَدْ هَمَّتْ بِهِ وَ هَمَّ بِها لَوْلا أَنْ رَأى‏ بُرْهانَ رَبِّه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> لولا أنّه رأى برهان ربّه لكان النبيّ يوسف مال إليها!! والآن فلنضع أنفسنا مكان النبيّ يوسف، لا! لا حاجة للنبيّ يوسف، بل في مكان أسهل منه، ماذا كنّا لنفعل؟! كنّا سنفشل و نسقط دون شك! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم هذه الأمور ستظهر لنا، كما قد ظهرت للنبيّ يوسف، لذا يقول النبيّ يوسف: إلهي من غيرك يستطيع أن يأخذ بيدي؟! إنّ النبيّ يوسف عندما قال ذلك كان صادق! هو الصادق في كلامه، لم يكن هازلاً في كلامه، أمّا نحن فكلامنا ليس جادّاً بل هو هزلٌ في الحقيقة، ولكن عندما ينزل البلاء على رأسنا، عندها سنفهم و سنقول: ها! إنّ ما قاله الإمام السجّاد صحيح، وسنفهم أنّ ما يدعوا به الإمام السجّاد أمام ربّه صحيح، وأنّه يقول الصدق والحقّ، وعندها نفهم أنّنا ينبغي أن نكون جادّين، وعندها نفهم أنّنا ينبغي أن نكون جادّين في عملنا، وعندها نفهم أنّه علينا أن نكون جادّين في طلبنا وأن نقول: إلهي نحن لا شيء، نحن صفر، نحن الفقراء، نحن الضعفاء. ثمّ نقول له أيضاً بكلّ جدّية: إلهي أعطنا المراتب العالية، كلاهما ينبغي أن يكونا بالجدّ، لا بالتسامح و الهزل، ولا ينبغي أن يكون بعض كلامنا جاد والآخر تلاعب، لا. </w:t>
@@ -1674,88 +1663,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F46FD1EF-244A-4329-86B3-57E23CA0D81A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{812C53B9-40B8-46D6-A389-8A378179A3E7}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BF685447-682D-423D-972F-B07631E9DE66}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F2A851FA-59E1-4308-9F57-CCF6272308E5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1804,61 +1800,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="83" name="_x0000_i0083">
+                <wp:docPr id="7" name="_x0000_i0007">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0083"/>
+                        <pic:cNvPr id="0" name="_x0000_i0007"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1961,61 +1957,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="84" name="_x0000_i0084">
+          <wp:docPr id="8" name="_x0000_i0008">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0084"/>
+                  <pic:cNvPr id="0" name="_x0000_i0008"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2639,51 +2635,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3462,61 +3458,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3791,63 +3862,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>