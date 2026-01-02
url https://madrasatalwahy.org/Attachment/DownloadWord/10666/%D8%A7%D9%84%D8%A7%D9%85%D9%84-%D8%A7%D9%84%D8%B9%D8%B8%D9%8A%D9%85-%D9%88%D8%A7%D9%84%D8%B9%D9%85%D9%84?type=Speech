--- v0 (2025-11-01)
+++ v1 (2026-01-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأمل العظيم والعمل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٤ هـ ق – المحاضرة الثانية </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -415,105 +428,105 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يمكن لأي شخص أن يكون مع الإمام الحسين أو مع عمر بن سعد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد أُعطينا القاعدة والقانون على امتداد التاريخ، لا ندّعي أنه لا قانون لدينا ولا قاعدة، بل لدينا الكثير من المعايير والضوابط؛ بحيث أننا لا نحتاج إلى بحث وتحقيق كي نجدها، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَكَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ وَ الْأَرْضِ يَمُرُّونَ عَلَيْها وَ هُمْ عَنْها مُعْرِضُونَ}</w:t>
+        <w:t xml:space="preserve">﴿وَكَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ وَ الْأَرْضِ يَمُرُّونَ عَلَيْها وَ هُمْ عَنْها مُعْرِضُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فهذا التاريخ وكلمات العظماء فيه جميعها مليئة ببيان المعايير والملاكات لنا، فالطبيب ينبغي عليه أن يعرف نفسه هل هو من أطباء معسكر عمر بن سعد، أم أنه من أطباء معسكر سيد الشهداء، والمهندس ينبغي أن يعلم هل هو من عسكر عمر بن سعد ـ فهؤلاء كان لديهم مهندسين أيضاً وأطباء، وكان لديهم من كل الأصناف ـ أم من مهندسي عسكر سيد الشهداء؟ على التاجر أيضاً أن يعلم، والعالم ينبغي أن يعلم.. واهٍ واه من هذا الأخير، إذ غداً سوف يحاسب العالِم على كل كلمة صدرت منه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كنت بالأمس أكتب عن النيروز، حيث كنت أكتب مقدّمته، فقد كتبت في الهامش بأن وظيفة العالم هل هي أن ينظر إلى ما يحبّه الناس ويتكلّم بحسب ما يرغبون به؟ أم عليه أن يرى ما هو الحق فيبيّنه لهم، حتى لو لم يرضوا به؟ إذ ما شأني أنا برضا الناس أو عدم رضاهم، أهل المطلوب مني أن أتكلّم بما يقبله الناس؟ النبي لم يستطع أن يرضي الناس جميعاً، وقد بيّن الله هذه الحقيقة؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّكَ لا تَهْدي مَنْ أَحْبَبْت‏}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّكَ لا تَهْدي مَنْ أَحْبَبْت‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بل عليك أن تقوم بتكليفك، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَعَلَّكَ باخِعٌ نَفْسَكَ أَلاَّ يَكُونُوا مُؤْمِنين‏}</w:t>
+        <w:t xml:space="preserve">﴿لَعَلَّكَ باخِعٌ نَفْسَكَ أَلاَّ يَكُونُوا مُؤْمِنين‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فحتى لو لم يؤمن أبو سفيان وخالد والمغيرة بن شعبة، فحتى لو لم يؤمنوا.. أنت عليك أن تقوم بتبليغك، فمن ينبغي أن يؤمن فسوف يؤمن، فالكلام لا ينبغي أن يكون لأولئك الذين يردّون الكلام قبل أن يسمعوه، فالخطاب ليس موجهاً لهؤلاء، إذ من إضاعة الوقت مخاطبة هؤلاء! فهم لهم فضاؤهم الخاص بهم، أو كالذين يشرعون بالنقض قبل أن يفهموا، فهل أنت لا عمل لك حتى تخاطب هؤلاء؟ لماذا تضيّع وقتك معهم؟ هذا الكلام ينبغي أن يكون مع الذين يريدون أن يسمعوا والذين نزعوا من آذانهم القطن، هذا الكلام إنما هو لهؤلاء. لماذا طويت أنا كل هذه المسافة وجئت إلى هنا؟ لأجل أن تقع هذه الكلمتين التي ألقيها في أسماع من ينبغي أن يسمعوا، لذا لا ينبغي أن يكون هذا موجباً لقلق الإنسان وعدم راحته فيقول هل سيسمع فلان هذا الكلام أم لن يسمعه.. العالِم يجب عليه أن يقول ما يراه هو؛ سواء قُبِل منه أم لا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هناك ذكرت في الهامش ـ لقد كتبت رسالة حول الأربعين وذكرت فيها ـ بأن الأربعين مختصّة بسيد الشهداء وليس لدينا شخص آخر في التاريخ قد أقيم له الأربعين حتى النبي صلى الله عليه وآله وسلّم، هذه الكتب بين أيدينا.. فإن كان هناك غير هذه الكتب فنحن لا إطلاع لنا عليها، والحال أن هذه الكتب وهذا التاريخ الذي بين أيدينا والقراءات والمطالعات التي نقوم بها لا يوجد فيها شيء من ذلك، فحتى من كان أفضل من الإمام الحسين كأمير المؤمنين ورسول الله لم يُقَم لهما أربعين، وواقعاً لم يقم لهما أربعين، والحال أنهما كانا أفضل من الإمام الحسين، وكذلك فاطمة الزهراء، أين ورد لدينا أنّه أقيم أربعين للسيدة فاطمة الزهراء عليها السلام؟ وأين ورد أنه أقيم للنبي الذي كان سيد الكائنات وأول تجلٍّ في العالم وهو التجلي الأعظم.. لكن نرى أنه مع ذلك يُسأل أحدهم عن الأربعين، فيجيب بأنّ الأربعين كان لجميع الأئمة لكن تم نسخها بالنسبة إليهم وبقي خصوص الأربعين للإمام الحسين.. يا أخي من أين أتيت بهذا الكلام؟! الأشخاص الذين يسمعون كلامك يأخذون به، فلماذا تكذب عليهم؟! إذا فرضنا أنهم بنوا على كلامك ورتّبوا عليه الأثر، فماذا سيكون جوابك أمام الله تعالى؟ لا تتكلّم هكذا، بل قدّم دليلاً على كلامك، فإن كان دليلك الوحي فينبغي أن نعرف.. حيث يقال الآن يوجد وحي ينزل على البعض، لكن ما نعلمه أن الوحي قد انقطع بوفاة النبي، فهذا الكلام ينبغي أن يكون من الوحي، حيث لم نجده في مكان ولم نقرأه ولم نسمعه من العظماء، فإن كان وحياً فقل أوحي إليّ هذا الأمر، وإن لم يكن كذلك، فلماذا تأتي وتقول: لقد كان الأربعين يقام لسائر الأئمة؟ نعم ما كان يقام للأئمة هو الذكرى السنوية فقط، فالإمام الباقر عليه السلام والإمام الصادق عليه السلام والإمام الحسين عليه السلام كان لديهم ذكرى سنوية، فالإمام الباقر عليه السلام أوصى بأن يُقام له مجلس عزاء في كل سنة في منى، وهذا الأمر ينبغي أن يكون، إذ لا بد من أن يبيّن الإمام نفسه للناس، ولا يمكنه أن يخفي نفسه عنهم، لذا عليه أن يقول أقيموا لي ذكرى سنوية، فإن لم نقمها للإمام، فلمن نقيمها إذاً؟ لكن أين لدينا أن الإمام الباقر قال أقيموا لي الأربعين؟ أو الإمام الصادق أو الإمام الرضا؟</w:t>
@@ -586,100 +599,88 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأمل العظيم هو ذات الباري تعالى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهنا يقول الإمام السجاد عليه السلام: إلهي لقد عرفنا أمر الدنيا، ورأينا أمثال ابن زياد ـ هذا لسان حاله ـ ورأينا أمثال يزيد ومعاوية وأمثال سنان، وفي المقابل رأينا أبانا وجدّنا ورأينا الأولياء وأصحاب والدي كيف كان فداؤهم له وكيف كانوا يتسابقون إلى ذاك الأمل العظيم الذي يشير إليه الإمام السجاد عليه السلام، حيث جعلوا هدفهم ذاك الأمل.. يقول إلهي لقد شاهدنا جميع هذه الأمور، ورأينا اعتبارية هذه الحياة الدنيا؛ فاليوم ترفع هذا الإنسان وغداً تضع الآخر، اليوم يتم مدحه وغداً ينتقد بألف انتقاد، اليوم كذا وغدا كذا. فقد رأينا هذه الحالة، رأينا اليوم يقولون شيئاً وغداً يقولون شيئاً آخر. إلهي ليس لدينا وقت وفرصتنا قليلة! والحال أنا نريد الخروج من هذه الأجواء، فما الذي يمكننا أن نضعه عوضاً عن هذه الأجواء؟ انظروا الإمام السجاد هنا يعلّمنا ما الذي ينبغي أن نطلبه! يقول إذا كان العاقل قد شاهد هذه الدنيا وخبرها، وأراد أن يعوّضها بشيء أفضل وعرف أنّ هناك شيئاً وراء هذه الدنيا.. فما هو الشيء الذي يطلبه عوضاً عنها؟ وما النعمة التي يطلبها؟ كل ما يريد الإنسان أن يضعه بدل هذه الدنيا في مقابل عمله لن يساوي ما وضعه الله تعالى لنا في الآخرة وما جعله في اختيارنا. نقول هناك في ذاك العالم نِعم وأمور وكل شيء.. نقول نَعم نحن نقبل بذلك! فجميع هذه الأمور صحيحة ومحفوظة في مكانها، لكن هل تقف المسألة عند هذا الحدّ؟ إذا كان الأمر كذلك، فما معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ولدينا مزيد}</w:t>
+        <w:t xml:space="preserve">﴿ولدينا مزيد﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذاً؟ حيث يقول القرآن بأنّ هناك غير هذه النعم التي ذكرناها لكم! بمعنى أنه لدينا صندوقاً فيه كل شيء، وهناك أمور أخرى، فما هي هذه الأمور الأخرى؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فكر بهشت و حوري و غلمان كجا كند *** ‌ دلداده عاشقى كه نگارش برابر است‏</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Poetry_MS_V1"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [ماذا يفعل العاشق بالجنة والحور والغلمان؟ فما يُعطى قلبه أعلى منها بدرجات]</w:t>
+        <w:t xml:space="preserve">[ماذا يفعل العاشق بالجنة والحور والغلمان؟ فما يُعطى قلبه أعلى منها بدرجات]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تلك العبارة لدينا مزيد تعني أن هناك شيئاً آخر لا يعطى لأي شخص، بل بحاجة إلى أشخاص محدّدين، وقد جعلناها للأشخاص الذين ليس فقط أتوا إلينا وتركوا ما تمسّك به أهل الدنيا ـ فقد ذكرنا أن العاقل العادي لا يفعل ذلك فما بالك بالإمام! فهل يفعل العالم العاقل ما يقوم به أهل الدنيا من أعمال؟! ـ ليس فقط تركوا ذلك، بل تركوا سائر النعم الأخروية أيضاً وتجاوزوها، هؤلاء أعددنا لهم ذاك المزيد! فمسألة لدينا مزيد، تعني أن هناك نعماً أخرى غير جميع ما يتصوّره الإنسان؛ من آثار ذات الباري تعالى والنعم والأسماء والصفات الكلية ونزولها إلى المراتب الجزئية وظهورها في ما يوجب التذاذ النفس وانبساط روح الإنسان وابتهاجه.. جميعها في مرتبة آثار الذات، جميع هذه في مرتبة ظهور وبروز الذات الإلهية؛ فهي تظهر تارة بصورة حور وغلمان، وأخرى بصورة جنان تجري من تحتها الأنهار من عسل مصفى ولذّة للشاربين، وثالثة بصورة سائر النعم الأخرى؛ كلٌّ في مرتبتها الخاصة التي توجب ابتهاج النفس.. جميع هذه الأمور ـ دون فرق بينها ـ من آثار ذات الباري تعالى. أمّا لدينا مزيد، فهي شيء آخر في ذاك العالم، بل حتى في هذا العالم أيضاً، إذ لا اختصاص لها بذاك العالم، فالأولياء والعرفاء الإلهيون يصلون في هذه الدنيا إلى ما وعد الله تعالى عباده في ذاك العالم، وذاك عبارة عن ذات الباري تعالى نفسها، وهذا هو حقيقة الوصول إلى ذات الباري تعالى، والوصول إلى الحقيقة غير المتناهية له تعالى، والوصول إلى أي شيء لا يمكن لأي نعمة أخرى أن تقارَن بها، أنظروا إلى الخواجة ماذا يقول:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من كه ملول گشتمى از نفس فرشتگان </w:t>
       </w:r>
@@ -812,88 +813,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9BC64145-FAEF-4941-A02E-ED3F77FF8229}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{00F32958-081B-4A9A-B587-3709971D94C4}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FB02B476-354E-4CAF-9CF5-342C02F2A862}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DBC6EDBE-F84F-45F0-8840-AEED8A303102}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -942,61 +950,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="79" name="_x0000_i0079">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0079"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1099,61 +1107,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="80" name="_x0000_i0080">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0080"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1800,51 +1808,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2623,61 +2631,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2952,63 +3035,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>