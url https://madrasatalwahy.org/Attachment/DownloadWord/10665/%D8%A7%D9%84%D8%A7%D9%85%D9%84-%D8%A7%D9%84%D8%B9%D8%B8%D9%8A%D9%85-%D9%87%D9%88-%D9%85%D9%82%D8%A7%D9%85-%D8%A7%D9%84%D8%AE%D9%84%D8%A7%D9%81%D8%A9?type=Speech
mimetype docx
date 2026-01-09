--- v0 (2025-11-01)
+++ v1 (2026-01-09)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأمل العظيم هو مقام الخلافة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي سنة ۱٤٣٤ هـ ق المحاضرة الاولى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -260,51 +273,51 @@
         </w:rPr>
         <w:t xml:space="preserve">واللعنة على أعدائهم أجمعين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">۱</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«فإن كرمك يجل عن مجازاة المذنبين»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، الظاهر أننا وصلنا إلى هنا، لا أعلم هل تحدثنا عن الفقرة السابقة أم لا؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:bCs/>
@@ -470,72 +483,72 @@
         <w:t xml:space="preserve">، أي لو ارتفعت ولو بمقدار بسيط فإنّ سعتي الوجودية لا تتحمّل، بل سوف أحترق بتلك النار وسوف أندكّ وأفنى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(لو اقتربتُ قيد أنملة‌ لأحرقَ نور تجلّيه تعالى جناحي‌)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَلَمَّا تَجَلَّى رَبُّهُ لِلْجَبَلِ جَعَلَهُ دَكًّا وَ خَرَّ مُوسى صَعِقاً}</w:t>
+        <w:t xml:space="preserve">﴿فَلَمَّا تَجَلَّى رَبُّهُ لِلْجَبَلِ جَعَلَهُ دَكًّا وَ خَرَّ مُوسى صَعِقاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإنه بتجلّي الذات صار صعقاً، ومن الواضح أنّ هذا التجلّي ليس هو مراد جبرائيل، فإنّ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قابَ قَوْسَيْنِ أَوْ أَدْنى}</w:t>
+        <w:t xml:space="preserve">﴿قابَ قَوْسَيْنِ أَوْ أَدْنى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الذي وصل إليه النبي، ولم يستطع نفس جبرائيل الأمين الملك المقرّب والذي كان من خلاله ينزل الوحي على النبي وسائر الأنبياء والمطّلع على اللوح المحفوظ وجميع الأنبياء بحاجة إليه في مراتب المعرفة.. جبرائيل هذا هو الذي قال للنبي أنا لا أستطيع التقدّم أكثر من هذا المقام. وليس المراد بذلك هو المقام الظاهري، بل المراد هو الحركة الطوليّة والسير التكاملي الذي كان للنّبي نحو الباري تعالى، فإنّ النبي عندما أراد أن يتجاوز مقام الأسماء والصفات وأن يصل إلى مقام الذات هناك زلّت قدم جبرائيل؛ إذ ليس لديه استعداد للوصول إلى هناك، لم يكن لديه قدرة على الاستمرار في السير، فتوقّف في تلك المرتبة، ولم يتقدّم. ففي تلك المرتبة لا وجود لجبرائيل، حيث لو فرضنا أنّنا وضعنا الماء في درجة حرارة معيّنة، فكم يستطيع الماء أن يتحمّل الحرارة ويحافظ على وجوده في ظل الحرارة؟ حتماً إلى حد مائة درجة، لكن إذا وصل إلى مائة أو أقل بقليل ترى هذا الماء بدأ بالتحرّك شيئاً فشيئاً، إذ بدأ يتحوّل إلى بخار، ثم بعد مدّة ترى أنّه لا وجود للماء في الوعاء، فقد تبخّر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مقام الخلافة لا يستطيع حتى جبرائيل الوصول إليه</w:t>
@@ -736,59 +749,59 @@
         </w:rPr>
         <w:t xml:space="preserve">، أيّ مرتبة من المراتب يريد؟ هل يريد مرتبة خبز الجنة وجبنها والجوز فيها؟ هل هذا هو الأمل العظيم؟ هو أن يذهب ويأكل الخبز والجبن في الجنة؟ أو يتناول التفاح والإجاص الجيّد؟ فهل هذا هو العظيم؟ أليس هذا مضحكاً؟ نحن الذين لا نفهم شيئاً نضحك من هذا الكلام! وأمّا إذا علمنا شيئاً فإنّ المسألة ستكون أعظم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى الفداء بذبح عظيم في قصّة إسماعيل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">أشرت فيما سبق إلى أنّ مسألة</w:t>
+        <w:t xml:space="preserve">أشرت فيما سبق إلى أنّ مسألة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وفديناه بذبح عظيم}</w:t>
+        <w:t xml:space="preserve">﴿وفديناه بذبح عظيم﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، حيث يحملها البعض على أنّ جبرائيل أتى بكبش من الجنة، وأمر إبراهيم بذبحه بدلاً عن إسماعيل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المطلب الذي يطرح في المقام ـ دون النظر إلى الروايات وغيرها ـ هو هل أن الكبش الذي يأتي من الجنة يساوي شيئاً أمام النبي إسماعيل حتى يقول اللـه تعالى فديناه بذبح عظيم؟! إسماعيل الذي وصل إلى مقام الوحي وصار من جملة الأنبياء وبلغ مرتبة الخلافة.. هل قيمته تساوي الكبش لكي يقول اللـه تعالى وفديناه بذبح عظيم، أين عظمته؟! فإنه كبش، إما أن يكون مثل هذه الخراف التي نراها بيننا، أو أن يكون ـ بما أنه من الجنة ـ له خصوصيات أخرى، لكن ما ربط هذا بمقام النبي إسماعيل، فإسماعيل قد وصل إلى تلك المقامات العالية ويريد أن يصير مثل أبيه النبي إبراهيم! وبعد ذلك يقال له: لقد أرسلنا لفدائك كبشاً كبيراً له رأس كبير وذيل كبير.. أنظر إلى صوفه، أنظر إلى لحمه وشحمه، وصوته يصل إلى مكان بعيد.. هذا معنى العظمة! ألا يضحك الإنسان من هذا الكلام؟! لكن عندما ننظر في الروايات نرى أنّ المراد من الذبح العظيم هو ما جرى في كربلاء، فنعرف أنّ ذلك ممكن، وهذا هو الذي يمكن أن يكون فداء عظيماً لإسماعيل، إذ يستحق أن يوصف بالعظمة، بل لفظ العظمة قليل عليه، إذ لفظ العظمة لا يؤدّي المعنى المراد من العظمة الموجودة فيه وذاك المقام والموقعيّة التي لديه. وهناك شواهد وقرائن على ذلك.</w:t>
@@ -901,51 +914,51 @@
         </w:rPr>
         <w:t xml:space="preserve">بناء على ذلك، علينا أن نعمل ما قيل لنا، ولا ندع الخواطر والوساوس الشيطانية تأتينا، لا نترك ذهننا يشتغل بما يجعلنا نميل أكثر إلى هذه الدنيا، لا ندع أنفسنا تتأثر بما يجري من أمور وأحداث، فهذه الأمور تمنعنا من الوصول إلى ما ينبغي الوصول إليه، فالدنيا لها أهلها ولها زبائنها، فلا نحمل همّ الدنيا، يقول المرحوم العلامة: لا تحملوا هم الدنيا فللدنيا زبائنها، شئنا أم أبينا للدنيا زبائن، وزبائنها كثر واقفون في الصف، هذا يقول أعطني حقّي وذاك يقول اعطني مالي، وهذا يقول: لا تنس حقي عليك! وذاك يقول سيدنا نحن هنا.. الجميع ينتظرون دورهم وهم واقفون في الصف، والصف طويل جداً لا يستطيع الإنسان رؤية نهايته[من كثرة الناس الواقفين فيه]، هؤلاء جميعهم زبائن الدنيا.. أمّا نحن فعلينا أن نقف في الصف الذي ليس فيه إلا ثلّة قليلة ليس أكثر، وإلاّ فلن نرى نهاية هذا الصف حتى بواسطة التلسكوب، فلو استطعنا أن نشاهد الهلال من وراء الأفق، لن نستطيع رؤية نهاية هذا الصف، فعلام نضع أنفسنا في هذا الصف؟! ونمزج أنفسنا مع هؤلاء الأشخاص ونخلط أفكارنا بأفكارهم، بل علينا أن نحصل من شهر رمضان هذا على نصيب وحظّ، وأن نتذوق شيئاً مما تذوقه العظماء في هذا الشهر، أن نفهم شيئاً منه، ويمكن أن نفهم ذلك بأن نجمع حواسنا ونركّز اهتمامنا ونخرج عن حالة التشتّت التي فيها، أن نعرف شيئاً عن مجتمعنا الواقعي، أن نخرج عن الاهتمام بالأخبار وأمثالها.. فإنها لا قيمة لها أبداً.. علينا أن نخرج ولو قليلاً كي نفهم، واللـه لقد عرفنا ما الذي يوجد في الدنيا، وعرفنا ما هي الأوضاع وماذا هناك، فهذا كاف، إلى متى نبقى نسعى وراء هذا وذاك، ونرى هنا ماذا جرى وهناك ماذا حصل! لقد رأينا ماذا حصل، فالإنسان يمكنه أن يفهم أوضاع الدنيا من خلال شهر واحد فقط، نعم يكفي شهر واحد ليعرف الإنسان ماذا هناك! يكفيه شهر واحد ليعرف الحقيقة ويفرّ من جميع هذه الأمور، لقد مرّ من عمرنا عشرات السنين، ألا يكفي ذلك؟! أم أننا نريد البقاء في هذه الحالة؛ نرى ما حصل هنا وما جرى هناك، أقول لكم: هذه السنة مثل السنة السابقة، والسابقة مثل التي كانت قبلها لا فرق بينهما أبداً، فالدنيا هي هذه، فيها العالي وفيها السافل، ومعرفة أنّ هذا الذي كان في الأسفل ارتفع وذاك هبط إنما هو لإشغالنا نحن، لذا علينا أن لا نقع في الفخ، فهل رأيتم ماذا جرى؟! ماذا قلنا وماذا جرى؟ لكن في النهاية انتهى كل شيء بتوجيه وتأويل وانتهى الأمر. لكنّنا فهمنا ماذا هناك، فإن فهمنا، علينا أن نتّجه بالاتجاه الآخر أكثر، لنرى ماذا هناك! فهؤلاء الذين أتوا وعرفوا.. أنظروا إلى المناجاة الخمسة عشر للإمام السجاد عليه السلام لنرى ما الذي فعلوه، واقعاً ما الذي فعله الإمام السجاد! هل يوجد في هذه المناجاة أن شغّل الراديو واستمع إلى الأخبار؟! هل ترى في المناجاة الخمسة عشر هذه العبارة؟ أو افتح التلفزيون وشاهد ماذا يجري في القسم الآخر من الدنيا، من كرة القدم، ومن الذي ضرب ومن فاز، هل تجدون في المناجاة شيئاً من ذلك، هل تجدون في المناجاة من الذي صار رئيساً ومن صار مرؤساً ومن صار سيّداً ومن ارتفع ومن هبط... أصلاً ليس فيها شيء من ذلك! والحال أن الإمام كان يعيش في عصره، ألم يكن في عصر الإمام مثل هذه الأمور؟! لماذا لم يتحدّث بذلك، لماذا تحدّث الإمام بشكل آخر؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انظروا إلى دعاء أبي حمزة، يكاد يذهب بعقل الإنسان، إنّه يُري الإنسان الطريق ويبين له الأخطار، ويقول: إذا أردت أن تمشي في هذا الاتجاه، فلن يكفيك عمر نوح فقط، بل لن يكفيك عمر خلق الدنيا كله، بل ستبقى واقفاً مكانك تتخبّط، وأمّا إذا أردت التقدّم فعليك أن تأتي وتستمع لهذا الكلام وتعمل به.. تفضّل فهذا ميدان العمل. ولينظر الإخوة ماذا يفعلون.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللـهم صل على محمد وآل محمد.</w:t>
+        <w:t xml:space="preserve">اللـهم صل على محمد وآل محمد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
@@ -959,88 +972,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4F6110A2-E23D-4720-9BE0-BB81FA890981}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{9044C34D-D126-4DFB-96EC-53C0796A056E}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BD4C73D7-4741-4ABF-A14C-532FA18D572F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8D020EF0-3B5F-4725-B10F-9F40A89F9EF7}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1089,61 +1109,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="23" name="_x0000_i0023">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0023"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1246,61 +1266,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="24" name="_x0000_i0024">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0024"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1956,51 +1976,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2779,61 +2799,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3108,63 +3203,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>