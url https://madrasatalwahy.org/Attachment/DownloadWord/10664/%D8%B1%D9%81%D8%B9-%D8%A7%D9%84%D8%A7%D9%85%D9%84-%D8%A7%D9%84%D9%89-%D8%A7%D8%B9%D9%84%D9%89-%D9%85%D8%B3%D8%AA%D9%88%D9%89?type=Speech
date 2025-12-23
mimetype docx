--- v0 (2025-10-23)
+++ v1 (2025-12-23)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رفع الأمل إلى أعلى مستوى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٣ هـ ق – المحاضرة السابعة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -489,55 +502,50 @@
         <w:t xml:space="preserve">كنّا نشاهد سماحة السيّد الحدّاد رضوان اللـه عليه، وكان سماحته يتحدّث معنا وينصحنا، وينقل لنا بعض الحكايات المعبّرة، وكذلك الأمر مع السيّد الوالد رضوان اللـه عليه، وأقصى ما استطعنا أن نصل إليه هو أن نحاول تحديد موقعيّة سماحته في إلقاء هذه المطالب! هذا أقصى ما تمكّنا منه! وذلك بأن نقول: يا له من مطلب عالٍ وما شابه ذلك. ولكن هل كنّا نعرف أين هو هذا الشخص الذي أمامنا؟ وفي أي عالم هو؟ وما هو المقدار الذي يعطينا إيّاه من حصّته ونصيبه؟ كم كان يعطينا؟ إنّ ذلك لم يكن ليبلغ واحداً من مليار مليار مليار! وأنا لا أبالغ في ذلك، بل إنّني أعرف بعض المطالب التي لا يمكنني أن أذكرها... إنّهم لم يكونوا يذكرون لنا حتّى واحداً من مليار مليار مليار ما عندهم! ومع ذلك كنّا نتعجّب من الأمور التي يقولونها، وكنّا نقول: يا للعجب! انظر إلى ما يقول سماحته! ما أعجبها من أمور! ويا لها من مطالب راقية لا تكاد تجدها في أيّ مكان آخر! فأين يمكن العثور على مثل هذه المطالب؟! بل كنّا نفتخر كثيراً بأنّ عندنا قابلية عظيمة بحيث أنّهم كانوا يلقون علينا أمثال هذه المطالب!! وكنّا نشعر بالاعتزاز والفخر لذلك، ولم يكن عندنا خبر بأنّه يضحك من حالنا، ويتعامل معنا على قدر عقلنا (وكنّا في ذلك الوقت في ريعان الشباب ولم تظهر حتّى اللحية على وجهنا)، وبطبيعة الحال فإنّ الحق معهم، فهم كانوا يراعون طاقتنا ومستوى إدراكنا، وكما يقال:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">چونکه با کودک سر وکارت فتاد *** پس زبان کودکی باید گشاد </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أفهل يمكن أن تقال حتّى كلمة واحدة، أو أن تُبيّن حتّى نقطة صغيرة من تلك الأمور التي أعطيت لهم؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأئمة بينوا من الحقائق ما يقدر الناس على تحمله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -1173,179 +1181,181 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فكلامه هذا ناظر إلى هذه المسألة، وهي أنّ على السالك [أن يعمل بهذا البيت]: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عليك بها صرفاً فإن شئت مزجها *** فعدلك عن ظلم الحبيب هو الظلم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عليك أن تفكّر بذات اللـه فقط وفقط، وأن تتوجّه إلى ذاته، وأن تجعل وجودك ممحواً في ذاته، وإن شئت أن تتنازل عن ذلك، فلا ينبغي أن تتنازل عن الأئمة وولاية الأئمة عليهم السلام، وإلا ابتليت بالخسارة والظلم العظيم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، كان هذا مقداراً مما تتضمّنته هذه الفقرة... وحيث أنّ من المحتمل ألاّ أوفّق في الأيام المتبقية من شهر رمضان لأن أكون في خدمة الإخوة، فنترك تتمّة هذه الفقرة إلى السنة القادمة إن وفّقنا إن شاء اللـه، لنقدّم مزيداً من التوضيح حولها، وكذلك سنبيّن الفقرة اللاحقة لها، وكيف أنّ عمل الإنسان لا يمكنه أن يوازي هذا المطلوب؟ إن شاء اللـه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نكتفي بهذا المقدار، ونسأل اللـه تعالى أن يمزج حقيقتنا وسرّنا وشراشر وجودنا بهذه المطالب وهذه المسائل التي علّمناها المقرّبون إليه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللـهم صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللـهم صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{798EB016-D4A6-4698-85FF-A423C8258254}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{3C22CC36-AB10-4108-A5EE-6AE0DCA0E9F2}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BC79FB95-7553-4557-8B2F-071FDB6D5E11}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{9ECD6BCF-BFDD-4F12-A822-809C48BDF850}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1394,61 +1404,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="9" name="_x0000_i0009">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0009"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1551,61 +1561,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="10" name="_x0000_i0010">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0010"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1732,52 +1742,50 @@
         </w:rPr>
         <w:t xml:space="preserve">فرب جوهر علم لو أبوح به</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولاستحلّ رجال مسلمون دمي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:tab/>
-        <w:tab/>
         <w:t xml:space="preserve">كيلا يرى الحق ذو جهل فيفتننا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إلى الحسين وأوصى قبله الحسنا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقيل لي أنت ممن يعبد الوثنا</w:t>
@@ -2332,51 +2340,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3155,61 +3163,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3484,63 +3567,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>