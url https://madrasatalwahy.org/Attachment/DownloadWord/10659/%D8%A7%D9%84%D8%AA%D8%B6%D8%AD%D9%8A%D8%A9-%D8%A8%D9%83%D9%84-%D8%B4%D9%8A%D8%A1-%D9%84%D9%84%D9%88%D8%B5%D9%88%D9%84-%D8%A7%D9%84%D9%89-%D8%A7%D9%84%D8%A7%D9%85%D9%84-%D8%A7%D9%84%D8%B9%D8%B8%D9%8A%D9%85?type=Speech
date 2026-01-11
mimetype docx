--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">التضحية بكل شيء للوصول إلى الأمل العظيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٣ هـ ق – المحاضرة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -164,50 +177,62 @@
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بسم الله الرحمن الرحيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلّى الله على سيّدنا ونبيّنا أبي القاسم محمّد</w:t>
@@ -217,63 +242,63 @@
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و على آله الطيبين الطاهرين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و اللعنة على أعدائهم أجمعين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الأمل نوعان: عظيم وبسيط</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
@@ -451,51 +476,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واعجباً ! لماذا تكتم الحقيقة يا عزيزي؟! من أيّ شيء تخاف؟ ومن تخشى؟ هل تخشى أن تقوم وتشهد بالحقّ فيأتون ويضربوك قليلاً؟! فليكن ذلك.. دعهم يضربوك! فما المشكلة في ذلك؟ تحمّل ضربة أو ضربتين في سبيل الله! ما العيب في ذلك؟! فإن كان لا بدّ من الضرب والحبس والأذى، فلماذا يكون ذلك مختصّاً بموسى بن جعفر عليه السلام؟! لماذا يكون ذلك مختصّاً بالإمام زين العابدين عليه السلام؟! ولماذا يكون ذلك مختصّاً بالإمام عليّ النقي عليه السلام فقط؟! ولماذا يتحمّل الإمام الرضا عليه السلام السمّ لوحده؟! لماذا ينبغي أن يكون تجرّع السمّ لهم فقط؟! إذا كان القضاء والتقدير كذلك فما المشكلة؟! يعني يأتي الإنسان ويقول كلاماً حقاً، فيحصل ذلك له. حسناً ما المشكلة في ذلك؟ فلتتحمّل أنت أيضاً بعض الضرب والأذى، وليحرموك من بعض المميّزات الاجتماعيّة، وليستدعوك للتحقيق والسؤال! فليكن ذلك! أفهل من المقرّر أن تسير الأمور بشكل طبيعي دائماً، ولا يتعرّض الإنسان لأيّ موقف مزعج طوال حياته؟! وهل من المقرّر أن يقتلوا زوجة عليّ فقط ويعصروها بين الحائط والباب وحدها؟! ما المشكلة لو تحمّلتَ أنت ضربة أو ضربتين؟! من أيّ شيء تخاف؟ هل تخاف أن يقلّ احترامك عندهم؟ وهل تخشى ألاّ يرفعوك ويوقّروك؟! أم تخاف أن يحرموك من منصب اجتماعيّ تطمح إليه؟! هل هذا هو الأمر؟ وهل هذا كلّ شيء؟! عجباً للإنسان كيف يمكن أن يكون ذليلاً ومنحطاً إلى هذه الدرجة بحيث يأتي إليه الإمام المحقّ عليه السلام، ويطلب منه أن يشهد من أجل إحقاق الحقّ، فيتهرّب منه، ويقول مثل هذا الكلام!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والتاريخ مليء بهذا النوع من الأحداث، فمثل هذه الوقائع كانت دائماً موجودة في التاريخ، فهؤلاء أفراد لا أملَ لهم وليس عندهم أيّة أمنية أو هدف!! إنّ غاية أملهم هي كما قال تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ذَرْهُمْ يَأْكُلُواْ وَيَتَمَتَّعُواْ وَيُلْهِهِمُ الأَمَلُ فَسَوْفَ يَعْلَمُونَ }</w:t>
+        <w:t xml:space="preserve">﴿ذَرْهُمْ يَأْكُلُواْ وَيَتَمَتَّعُواْ وَيُلْهِهِمُ الأَمَلُ فَسَوْفَ يَعْلَمُونَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، دعك منهم، فليذهبوا وليلعبوا وليأكلوا وليسعوا وراء آمالهم الدنيويّة، وليشغلهم الحصول على هذه الأمور الدنيّة ويلههم عن الوصول إلى ذلك المطلب والهدف الحقيقي ويمنعهم من الحصول عليه، ذرهم فهؤلاء من أهل الدنيا! فبناء على ذلك، إنّ جميع الأفراد واقعون في معرض الامتحان والاختبار.. جميع الأفراد كذلك!! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
@@ -611,51 +636,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول: غداً عندما تطلع شمس الحقيقة *** سنعلم أن أتعسهم من عمل طبقاً للمجاز</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذه هي حقيقة المسألة، فغداً يبقى هذا الفعل، هل رأيتم حينما يكذب شخصٌ على شخصٍ آخر، ويتمّ تسجيل ما حصل بالصوت والصورة، فإذا طالبوه لاحقاً قد ينكر ويقول: أنا لم أقل لم أفعل.. وإذا بالآخر يشغّل المسجّل، ويواجهه بالحقيقة ليذهب كلّ زعمه أدراج الرياح... [يضحك سماحة السيد] في يوم القيامة سيكون الوضع هكذا، سيفغر الجميع أفواههم عندما يجعلونهم يرون صورهم، ويتساءلون من أين أتيتم بهذه الصورة؟! أنا لم أرَ أن هناك أحداً كان يصوّر؟! سوف يفغر فاهه آنذاك. إنّ قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَبَصَرُكَ الْيَوْمَ حَديد}</w:t>
+        <w:t xml:space="preserve">﴿فَبَصَرُكَ الْيَوْمَ حَديد﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إشارة إلى هذه المسألة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -902,133 +927,140 @@
         </w:rPr>
         <w:t xml:space="preserve">لقد أتانا بلاغ بأنّ الوقت قد انتهى، وسعادة الطبيب حاضر بيننا وهو ينظر إليّ بنظرات متسائلة [ضحك].. سمعاً وطاعةً يا سيّدي، سننهي الكلام إن شاء الله تعالى! هل هذا واضح؟! فيأتي ذلك الملك ويقول: أيّها المسكين التعيس، صفّ حساباتك! صحيح أنّك تمتلك منزلة وجاهاً، لكن إلى متى هذا الجاه؟ إلى ما بعد يومين آخرين. صحيح أنّك موضع لطلب المشورة، لكن من طرف من؟ من طرف أشخاص سيتخلّون عنك غداً.. أفلم يحصل ذلك؟! فاليوم فقط يُسلّمون عليك، وهذه المسألة دائماً ما كانت تتكرّر..</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً، فمع أنّنا لم نتمكّن من إنهاء المطلب، لكن بما أنّنا سلكنا هذا الوادي، فقد ارتأينا أنّه من المناسب أن نبقى مع الرفقاء مدّة أطول، وأن نتحدّث معهم أكثر، على أن نكل تكملة المطالب إن شاء الله تعالى إلى الليالي المقبلة، راجين منه سبحانه أن يجعل ـ دائماً ـ من فهمنا فهماً يمكنه الوقوف في وجه نفوذ الشيطان.. أي أن يكون فهمنا الغالب، وهذا لا يعني أنّنا لا نمتلك أيّ فهم، فحتّى يزيد كان يمتلك فهماً، وكذلك الأمر بالنسبة لعمر بن سعد، إلاّ أن فهمهما لم يتمكّن من الوقوف في وجه وسوسة الشيطان، بل كانت النفس والأطماع الدنيويّة ولذّات الأمل والرغبات الدنيئة هي التي تغلّبت عليهما، ووضعت ذلك الفهم الغالب جانباً. فندعو الله تعالى أن يجعل من هذا الفهم الغالب ـ الذي يأتي ويقف في وجه ذلك ـ حيّاً وراسخاً فينا على الدوام.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمد وآل محمد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمد وآل محمد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{604138E0-2DAB-41CC-9BE6-468882CD30E4}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{5FC48706-5283-4784-9793-77DBB5C49EE5}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F73E2E48-C79D-458F-9C70-42FB82A0E195}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{A68D3170-966D-4A98-BD79-2EAB7658DA13}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1077,61 +1109,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="17" name="_x0000_i0017">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0017"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1234,61 +1266,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="18" name="_x0000_i0018">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0018"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1866,51 +1898,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2689,61 +2721,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3018,63 +3125,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>