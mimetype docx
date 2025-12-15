--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -11,54 +11,55 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -73,75 +74,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حاجة الإنسان إلى التشريع الإلهي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الرابعة عشر</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الرابعة عشرة</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -163,50 +176,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بسم الله الرحمن الرحيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وصلى الله على سيدنا ونبينا محمد</w:t>
@@ -223,51 +248,51 @@
         </w:rPr>
         <w:t xml:space="preserve">وعلى آله الطيبين الطاهرين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واللعنة على أعدائهم أجمعين إلى يوم الدين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذكرنا للإخوة أن كلامنا وبحثنا قد انجرّ بشكل من الأشكال إلى البحث في حجية أفعال وأقوال أولياء الله، ولعل هذا الأمر من مسائل الخير والختم بخير؛ لأن هذه القضية كانت مورد بحث وكلام منذ مدة طويلة، وأخيراً رأيت في بعض المقالات ـ حتى في الحوزة هنا وغيرها ـ أن هناك اعتراضات وإشكالات على هذه المسألة. وأعتقد بأن الكثير من هذه الإشكالات تشتمل على جهة مغرضة. نعم يبدو من بعض هذه الاعتراضات أنها صدرت بصورة جهل وعدم اطلاع، أو بسبب الجهل بالموضوع أو الجهل بالحكم.. وعلى كل حال، وظيفتنا هي الإجابة على هذه الأسئلة، مهما كان السائل، وأياً كان منشأ هذا السؤال.. فهذا الأمر لا يغير الحال بالنسبة إلينا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الداعي للإجابة على إشكال حجية فعل ولي الله</w:t>
       </w:r>
@@ -627,147 +652,154 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً! لأجل هذه المسألة وهذه القضية أرسل الله النبي، وإلا فلو كان المفترض أن يقوم الناس بهذه الأعمال العادية والظاهرية.. فلن يكونوا بحاجة إلى نبي، بل يجلس الناس بعضهم إلى بعض ويتحاورون في المجلس ويضعون قانوناً لهم، وإذا اكتشفوا وجود خلل في تشريعهم يصلحونه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذاً مجيء الأنبياء والأئمة عليهم السلام، ومجيء الأولياء الإلهيين إنما هو لتكامل النفس ونقلها من مرتبة الجهل إلى مرتبة المعرفة.. لأجل هذا. نعم في هذه الظروف يحصل الكثير من المطالب الأخرى؛ كالضرر الدنيوي، والضرر الأخروي أما الأساس في هذه المسألة هي أنه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لَقَدْ أَرْسَلْنا رُسُلَنا بِالْبَيِّناتِ وَ أَنْزَلْنا مَعَهُمُ الْكِتابَ وَ الْميزانَ لِيَقُومَ النَّاسُ بِالْقِسْطِ}</w:t>
+        <w:t xml:space="preserve">﴿لَقَدْ أَرْسَلْنا رُسُلَنا بِالْبَيِّناتِ وَ أَنْزَلْنا مَعَهُمُ الْكِتابَ وَ الْميزانَ لِيَقُومَ النَّاسُ بِالْقِسْطِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، الغاية هي ليقوم الناس بالقسط والاعتدال؛ بأن يكون لهم في كل مسألة اعتدال، في المسائل الاجتماعية ما هو الاعتدال، في المسائل الشخصية ما هو الاعتدال، في المسائل العبادية ما هو الاعتدال؟ هل الاعتدال في العبادة أن تقف للصلاة من الصباح إلى المساء؟ كلا ليس كذلك.. هل الاعتدال في العبادة هي أن تجلس لقراءة القرآن من الصباح إلى المساء؟ كلا.. هل الاعتدال في العبادة أن تصوم طوال أيام السنة؟ كلا.. هل الاعتدال في العبادة هي أن تترك المنزل وتعتزل في غار وتترهب هناك؟ كلا.. بل المراد الاعتدال والقسط في كل قضية.. المراد الاعتدال مع الرفيق والأخ، والاعتدال مع المجتمع.. الاعتدال مع الزوجة والأولاد، ومع الصديق والعدو، والاعتدال في العلاقة مع الله.. الأنبياء أتوا لأجل هذا.. وعليه فمسألة مجيء الأنبياء ـ وسنكمل البحث في الليلة القادمة إذا وفقنا الله ـ لتحديد مسألة القسط، وبيان مسألة النور ما هي وأي موقعية لها في هذه المسألة، وأن مسألة مجيء الأنبياء وتشريع الشرائع الإلهية إنما هو لأجل أن ينتقل الإنسان من مرتبة الجهل إلى مرتبة المعرفة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">اللهم صل على محمد وآل محمد.</w:t>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهم صل على محمد وآل محمد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId3"/>
       <w:footerReference w:type="first" r:id="rId4"/>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{4CF98EEB-3D3F-444B-8DC5-FCA610F0B039}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{27A35B9C-7C97-4265-995C-4FAB4C996A71}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{21C9D724-24AF-45AD-9719-D69886F7D20E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{B5F1AD8B-44DD-447B-AEB8-903528D2EAC2}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -816,61 +848,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="5" name="_x0000_i0005">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0005"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -973,61 +1005,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="6" name="_x0000_i0006">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0006"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1546,51 +1578,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2369,61 +2401,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2698,63 +2805,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>