--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الولاية الإلهية واحدة تتنزّل عبر المظاهر المختلفة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الثانية عشر </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الثانية عشرة </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -164,50 +177,62 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">أعوذ بالله من الشيطان الرجيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بسم الله الرحمن الرحيم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الحمد لله رب العالمين </w:t>
@@ -229,63 +254,63 @@
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعلى آله الطيبين الطاهرين المعصومين </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واللعنة على أعدائهم أجمعين</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
+        <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أثر معرفة العبد على العلاقة بينه وبين ربه</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -533,51 +558,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">جرى الكلام يوماً عن أحد الأشخاص الذين ورد ذكرهم في كتاب الروح المجرّد، فهذا الشخص كان قد طوى مراحل في سيره و سلوكه واطلع على مسائل هامّة.. و بعض حالات أمثال هؤلاء، و الأحاديث التي كانت تجري بينهم وبين المرحوم العلاّمة هي بحيث أنّني لا أستطيع أن أبيّنها في هذا المجلس.. هكذا كانت أوضاعه و حالاته... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد سمعتم بقصّة بلعم بن باعورا التي وردت في القرآن، الذي كان له العديد من الحالات وكان مستجاب الدعوة.. فقد وصفه القرآن بعبارة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{آتَيْنَاهُ آيَاتِنَا}</w:t>
+        <w:t xml:space="preserve">﴿آتَيْنَاهُ آيَاتِنَا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، لكنّه وقف في وجه موسى الذي كان نبيّ الله، مستخدماً جميع العلوم والمعرفة والقدرة التي منحه الله إياها في مواجهة نبي الله.. عجيب! هذه القدرة إنّما حصلتَ عليها من قبل الله تعالى، فلماذا تريد الآن أن تحارب وليّ الله بها؟ كيف تريد أن تفعل ذلك؟ والحال أنّك إنّما أتيت بهذه القدرة من قبل الله، لم تأت بها من بيت خالتك.. الله تعالى هو الذي منحك هذه القدرة وهذا العلم وهذه النفس التي تريد أن تُعمِلها وتجعلها تؤثّر في الأمور.. والنفَس الذي تمتلكه في استجابة الدعوة.. والمراد بكونه مستجاب الدعوة هو أنه بنفسه يقوم بهذه الأفعال، لا أنه يجلس يدعو الله، فيقول الله له: حسناً سوف نستجيب لك استثناءاً في هذا الأمر.. هذا هو معنى مستجاب الدعوة.. عندما يضع يده على المريض ويقول اشف من المرض يصبح صحيحاً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصة أحد رفقاء العلامة مع آية الله بهاء الدين المحلاتي</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -608,51 +633,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والحاصل أنّه قال له: قيل لي أن قلبك يؤلمك ولهذا السبب تفضلت بدعوتي إليك.. فاستحى الشيخ وقال: نعم! فاشرع.. فقال له سوف نقرأ سورة الفاتحة والشفاء بيد الله، فوضع يده على قلب الشيخ بهاء الدين محلاتي رحمة الله عليه، فما إن انتهى من قراءة ولا الضالين.. حتّى قام وجلس ولم يعد يشعر بشيء من الأوجاع التي كانت لديه.. عند ذلك بدأ يُظهر له شيئاً من المحبّة والودّ.. و قال: عجيب.. عجيب.. إذاً من الممكن أن يكون هناك أشخاص لهم مثل هذه القدرات!! و انقلبت حاله تجاه هذا الشخص بشكل عجيب.. والحال أنهم لم يكونوا من العوامّ، إذ أنه كان من العلماء المحصّلين، بل كان مرجعاً للناس. وعندما كان ذاك السيّد ينقل ما جرى إلى المرحوم العلاّمة، وكنت أنا جالساً هناك، قال له: كان الشيخ بهاء الدين ينقل لي بعض الأمور التي وصلته عنّي بحيث كنت أتعجّب منها، وكانت كلّها كذباً وافتراء بالنسبة لي وللآخرين.. قالوا له: هؤلاء وضعهم كذا.. وهكذا يصلّون.. وأمور أخرى عجيبة غريبة. فقلت له: أقسم لك أنّي أتبع النبيّ، فقال الشيخ بهاء الدين من تقلّد، فقلت أقلد السيد محمد الحسين الطهراني.. فقال له المرحوم الوالد: لماذا ذكرت اسمي عنده؟... فقال الشيخ بهاء الدين: عجباً! إذاً أنت تقلد السيد محمد حسين الطهراني.. ( ولا أدرى هل المرحوم العلاّمة تورّط بهذه العلاقة، أو أنها صارت سبباً لنجاة هذا السيّد وتطهيره من هذه الاتهامات والشائعات.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">انظروا كم المسألة عجيبة، حيث يصدر هذا الأمر من عالم كبير.. فإن من أبده الأمور وأوضحها هي أنه ما دام الإنسان لم يتأكّد من أمرٍ ما، فلا ينبغي له أن يقبل بنقل الآخرين.. إنّننا لا نعمل بهذه المسألة البديهية والأمر الواضح أبداً، بل كل من قال كلاماً ولو صدر من حمّال، نأخذ به ونبني عليه.. وإذا صدر كلام من أيّ إنسان نأخذ به بسرعة.. كلاّ! لقد أمرنا بالتحقيق: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنْ جَاءَكُمْ فَاسِقٌ بِنَبَأٍ فَتَبَيَّنُوا}</w:t>
+        <w:t xml:space="preserve">﴿إِنْ جَاءَكُمْ فَاسِقٌ بِنَبَأٍ فَتَبَيَّنُوا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. أين ذهبت المباحث الأصولية التي درستموها؟ وأين ذهبت دراستكم حول حجية خبر الواحد واستدلال الشيخ الأنصاري عليها ؟ أين ذهبت كلّ هذه الأبحاث؟ حيث استدل الشيخ بهذه الآية على أنه إذا جاء العادل بنبأ فلا تبيّنوا.. (و لكن على الإخوة أن يعلموا أنّ الآية لا تدلّ على حجية خبر العادل، بل تفيد وجوب التبيّن في خبر الفاسق، أما بالنسبة إلى العادل فلا تتحدث عنه أبداً، بل يجب إثباته من طريق آخر).. حسناً هكذا تقبل بهذا الكلام كيفما كان؟ هذا عندما يقرأ الفاتحة، والحال أنه سيد من أولاد النبي ومن أهل الصوم والصلاة.. فهل يمكننا أن نأتي ونتهمه بأي كلام غير موثّق؟ وهذا الذي يقرأ سورة الحمد، وبمجرّد الانتهاء منها يشفي المريض.. لماذا لا يشفى هذا المريض عندما نقرأ نحن سورة الفاتحة ؟! ما هو سرّ المسألة؟ السرّ هو أنّ ذلك الشخص لديه نفس.. يقرأ الفاتحة بشكل صحيح.. أما نحن فلا نقرأ الفاتحة بشكل صحيح.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أنفاس أولياء الله تشفي المرضى و تحيي الموتى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -695,207 +720,195 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حقيقة "الإذن" المعطى للنبي عيسى في الإحياء والإماتة </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">النبي عيسى على نبينا وآله وعليه السلام عندما منحه الله تعالى إذن إحياء الموتى.. فأقصى ما تفيده مسألة الإذن هي تنفيذ مشيئة الخالقيّة وإرادتها بواسطة هذا المظهر.. هذا هو معنى الإذن، لا أنّ معناه أن يقال له: تفضّل هنا وأحيِ.. أمّا هناك فلا تحي.. بل "الإذن" هو إعمال تلك مشيئة الله تعالى و إرادته في الأشياء بنحو "كن" الوجودية.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّما أَمْرُهُ إِذا أَرادَ شَيْئاً أَنْ يَقُولَ لَهُ كُنْ فَيَكُون}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّما أَمْرُهُ إِذا أَرادَ شَيْئاً أَنْ يَقُولَ لَهُ كُنْ فَيَكُون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فتكون "كن" الوجودية نافذة في وجود هذا الشخص؛ سواء كان ولياً أو غير ولي. وهناك بعض الأشخاص الذين لم يكونوا يعرفون الولاية كانوا يقومون بمثل هذه الأعمال.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. النبي عيسى كان من الأولياء الذين وصلوا إلى الولاية.. لذا يقول الله تعالى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ إِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ بِإِذْني‏ فَتَنْفُخُ فيها فَتَكُونُ طَيْراً بِإِذْني}</w:t>
+        <w:t xml:space="preserve">﴿وَ إِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ بِإِذْني‏ فَتَنْفُخُ فيها فَتَكُونُ طَيْراً بِإِذْني﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أي أنك أنت تخلق؛ بأن تجعل الطين كالطير بصورة حمامة أو عصفور.. يفعل ذلك من التراب؛ كما يفعل الأطفال من التراب والطين بعض الأشكال.. وبعد أن يجعلها على هيأة الطير.. فإن كنّا نحن الذين ننفخ فيها، لا يؤثر نفخنا فيها شيئاً، بل يجفّفها، وبعد ذلك تتساقط.. هذا ما نفعله نحن. أما النبي عيسى فينفخ فيها (نعبر عنها بالنفخ والمراد بها بثّ الروح) فيصير حمامة لها ريش وجناح ومنقار ورجل... وهذا ليس شعوذة.. بل هو حقيقة.. يقول لها طيري فتطير.. وهذا الفعل فعَلَه أولياء الله ويفعلونه.. ما الفرق بينهما؟ وقد شاهدت ذلك بعيني.. الفرق بينهما أن ذلك نبيّ، بينما هذا ليس نبياً، لكن الفعل الذي فعله ذاك فعله هذا ويفعله.. وبهذه الكيفية. لا يمكننا الدخول في هذه المطالب أكثر، إذ الدخول فيها يخرجنا عن موضوعنا، بل ذكرنا ما يناسب المقام منها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وبناء على ذلك، فما يقوم به النبيّ عيسى من إحياء الموتى (بإذني) فما المانع أن يحصل مع شخص آخر بأن يكون إذن الله في مكان آخر؟ لذا يقول حافظ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيض روح القدس ار باز مدد فرمايد *** ديگران هم بكنند آن چه مسيحا ميكرد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(إذا كان فيض روح القدس ممدّاً و معيناً ، فيمكن للآخرين أن يفعلوا ما كان يفعله المسيح)</w:t>
+        <w:t xml:space="preserve"> (إذا كان فيض روح القدس ممدّاً و معيناً ، فيمكن للآخرين أن يفعلوا ما كان يفعله المسيح)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا هو معنى كلمة (إذني) أي وجود إرادة منفذة لتلك الإرادة وتلك الرغبة، إذ أولاً تحصل الرغبة في تحقّق موضوع خارجي، ثم تأتي إرادة منفّذة تقوم به، وتلبسه الصورة الخارجية.. فالإمام الرضا يشير إلى الأسد الموجود على الستار فيتبدّل إلى أسد وزنه ثلاثمائة كيلو، فينقض على ذاك الرجل ويلتهمه.. ثم يأتي إلى الإمام ويسأله هل أقضي على المأمون؟ فيقول له الإمام: ذاك يكفي.. أما هذا فلا يزال له عمل معنا. وقد أغشي على المأمون من هول ما شاهده.. يريد أن يعبث مع الإمام.. إرادة الإمام هذه عندما تفعل هذا الأمر تكون (بإذني)، فتصير القضية هكذا: أنت تخلق الأسد من الصورة بإذني. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و من هنا يتبيّن أن إذن الله تعالى في تنفيذ الإرادة هو عبارة عن قدرة الإمام على القيام بهذا الفعل.. هذا الأمر هو الإذن</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. وهذا الإذن غير موجود فيّ أنا.. فأنا مهما أنفخ في هذا الستار كي تتبدل صورة الأسد إلى حيوان حقيقي فإنّها لن تتبدّل، بل أقصى ما يحصل أن يتحرّك الستار فقط بهذا النفخ. ومن المؤسف أننا جلسنا في مكان الإمام الرضا وصرنا ننفخ مثله، لكن ذاك كان إماماً، أما نحن فيمكننا أن نحرك الستار بنفخنا، فانفخ ما بدا لك.. هل أتيتَ وجلستَ في مكان الإمام الرضا عليه السلام؟ هذا إمام واقعي يا عزيزي. ولكن إذا أتى الإمام الرضا تختلف المسألة مباشرة.. فذاك الإذن من الله المعطى للنبي عيسى بقوله </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ إِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ بِإِذْني‏ فَتَنْفُخُ فيها فَتَكُونُ طَيْراً بِإِذْني}</w:t>
+        <w:t xml:space="preserve">﴿وَ إِذْ تَخْلُقُ مِنَ الطِّينِ كَهَيْئَةِ الطَّيْرِ بِإِذْني‏ فَتَنْفُخُ فيها فَتَكُونُ طَيْراً بِإِذْني﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> موجود عند الإمام بمراتب أعلى بكثير من المرتبة الموجودة عند النبيّ عيسى.. أين الإمام الرضا من النبيّ عيسى؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى الإذن الإلهي في الخلق هو عين الولاية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذاك الإذن الإلهي في إرادة الخلق يأتي في نفس الإمام الرضا عليه السلام ومن هذه النفس تتحقق المشيئة الإلهية.. هذا هو الإذن.. يقول كن أسداً.. أو نمراً.. أو كن جبلاً أو أرضاً أو سماءً أو شق القمر إلى نصفين، أو رد الشمس بعد غيابها... وهذه الأمور كلها عبارة عن "إذني" فالإذن ليس بمعنى الدعاء الذي نقرؤه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أمّن يجيب المضطر إذا دعاه}</w:t>
+        <w:t xml:space="preserve">﴿أمّن يجيب المضطر إذا دعاه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أو أن يرفع الإمام الرضا يديه بالدعاء ويقرأ هذه الآية، فيقول له الله حسناً.. بما أنّك التمست ودعوت كثيراً، فادع كي أبدّل هذه الصورة إلى أسد.. عليك الدعاء وأنا أبدّل الصورة إلى أسد.. لا ليس الأمر كذلك، إذ صار لدينا اثنان هنا، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بل في الواقع لدينا أمر واحد، وذاك الواحد هو الذي يفعل.. ولاية واحدة فقط هي التي تعمل، وتلك الولاية ولاية الإمام المتحدة بولاية الله في المقام</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، لذا "إذني" تعني أنّ مشيئة وإرادة الباري تعالى تشرق من نفس الإمام.. و عمل الإمام في مثل هذه الأمور مثل ما نقوم به نحن من أفعال عادية.. فأنا الآن أحمل هذا الكوب هكذا.. وأنقله إلى شفتي.. لأروي بها لساني الجافّ... فهل تحتاج هذه المسألة إلى دعاء وقراءة (أمن يجيب المضطر..)؟ فتقول يا إلهي لقد جفّ لساني وعطشت من كثرة الكلام.. ولا شك أن الرفقاء يسألون لماذا يتحدث السيد كثيراً الليلة؟ وأين الوعد الذي قطعه بالأمس ببيان ذلك البحث؟.. ها أنا أبادر بإخباركم بما في ضميركم!! أرأيتم كيف أنّني مطّلع على "ما في الضمائر" ؟! [ضحك من سماحة السيّد]... </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -917,105 +930,105 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حقيقة ولاية ملك الموت في قبض الأرواح</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعندما يأتي ملك الموت ويقبض روح الإنسان، ماذا يفعل ملك الموت؟ يقبض الروح، إذ لا شبهة عندنا في أنّ ملكاً باسم عزرائيل ولديه جنود يقوم بقبض أرواح البشر، وهناك آية قرآنية تفيد ذلك: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{قُلْ يَتَوَفَّاكُمْ مَلَكُ الْمَوْتِ الَّذي وُكِّلَ بِكُمْ}</w:t>
+        <w:t xml:space="preserve">﴿قُلْ يَتَوَفَّاكُمْ مَلَكُ الْمَوْتِ الَّذي وُكِّلَ بِكُمْ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وفي آية أخرى يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{الَّذينَ تَتَوَفَّاهُمُ الْمَلائِكَة}</w:t>
+        <w:t xml:space="preserve">﴿الَّذينَ تَتَوَفَّاهُمُ الْمَلائِكَة﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. من هنا يعلم أن لملك الموت جنوداً تحت أمره. مثلاً يرسل بعضاً من جنوده إلى بعض الجزر ويضربها بإعصار تسونامي، فلا يبقي فيها أحداً.. يرسل بعضاً منهم إلى منطقة أخرى ويحدث فيها زلزالاً، فيجعل الجميع فيها تحت الأرض.. ولا شك في أن كلّ واحد له ملك يقبض روحه... وكل واحد بطريق مختلف عن الآخر، فلملك الموت أيادٍ متعددة في ذلك، ألا ترون في المستشفيات؟ ملك الموت له أيادي هناك.. فجميع أولئك الذين يقتلون المرضى في المستشفيات.. جميعهم جنود لملك الموت [يتبسّم سماحة السيّد]... قرأت في الجريدة أنه يوجد طفل صغير مات في مستشفيات إحدى المدن نتيجة الإهمال، حيث كان قد دخل المستشفى لإجراء عملية في لوزته، فمات نتيجة الإهمال.. من هم هؤلاء؟ هؤلاء أيادي لملك الموت وأعوان ملك الموت.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وذاك الذي يفجّر نفسه ليقتل الناس، هو أحد أيادي ملك الموت.. وعلى كل حال، نحن لا علاقة لنا بهؤلاء، بل نريد ملك الموت نفسه.. نريد أن نكون بخدمته ونتكلّم عنه الليلة.. يا ملك الموت.. عندما تأتي وتقبض روح شخصٍ مريضٍ مثلاً ويكون قد كتب وصيّته، وتلفّظ بالشهادتين وقال: أشهد أن لا إله إلا الله وأشهد أن محمداً رسول الله وأشهد أن علياً ولي الله وهكذا.. ثم بعد ذلك نرى أنّه أغمض عينيه.. فما الذي حصل له؟ إذ أنّه قبل قليل كان يتحدّث، وكان يتشهّد، وكان يودّع المحيطين به.. ما الذي حصل حتّى يغلق عينيه؟ وما الذي حصل حتّى يتوقّف قلبه عن النبض؟ ماذا حصل حتّى لم يعد دماغه يعمل؟ ملك الموت مسلّط على الروح بواسطة الولاية التي أعطاه إياها الله تعالى، فيأتي ويفصلها عن البدن.. فالروح لم تذهب.. بل هي واقفة تنظر بتعجّب! لماذا يبكي هؤلاء؟ فأنا لا زلت هنا! وقد حصل هذا الأمر كثيراً، تنادي الروح: لماذا تبكون؟ حتّى أنها تمشي في تشييع الجنازة إلى أن يدخل القبر.. إذ لدينا الكثير من أوصاف هذه الأمور.. وإذا فتح الله للإنسان عين البصيرة والباطن يرى أنّ ما ذكره الأئمّة والعظماء صحيح وواقعي في جميع تفاصيله، لا يختلف عنها بشيء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذا كان ملك الموت يقوم بهذا العمل.. فهل يقوم به بإذن الله، أم بدون إذنه؟ لا شكّ أنه يقوم بذلك بإذن الله تعالى، لا أنه يفعل ذلك من تلقاء نفسه وبحسب رغبته؛ فإن وجد شيخاً كبيراً يقبض روحه ويريحه من هذه الدنيا، بينما إن وجد شاباً يافعاً يقول: من الحيف أن أقبض روحه الآن فلا زال بإمكانه القيام بالكثير من الأفعال... هل الأمر كذلك؟ أو أن جميع هذه الأمور لها حساب وكتاب، فكلّ فرد من هؤلاء البشر إذا كان هناك إذن بقبض روحه قبضها، وكلّ من لم يكن هناك إذن فلا يقبضه.. ذاك الإذن الذي يعطيه الله وبواسطة هذا الإذن يأتي ملك الموت ويقبض الأرواح.. ما هو هذا الإذن؟ هو نفس الإذن الذي لدى النبي عيسى، غاية الأمر أن النبي عيسى كان لديه إذن للإحياء ـ نعم كان لديه إذن في الإماتة أيضاً ـ بينما ملك الموت لديه إذن الإماتة فقط، وإذن الإحياء كان مع ملك مقرّب آخر، فيقوم ملك الموت بالإماتة؛ يعني أنه يعمل تلك الولاية التي جعلها الله تعالى في نفسه، يعملها ويجريها. لا أنّ ملك الموت يفعل كما نفعل نحن نجلس وندعو ونقرأ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أمّن يجيب المضطر إذا دعاه}</w:t>
+        <w:t xml:space="preserve">﴿أمّن يجيب المضطر إذا دعاه﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">... بل القدرة والإرادة والاستعداد لحصول هذا الفعل هو الولاية على الإماتة، هذا ما يسمّى: الإذن في الإماتة، وهذا ما يقال له الإجازة في الإماتة.. وقد جعل الله هذا الأمر في ملك الموت، ويمكن أن يجعله في غير ملك الموت أيضاً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم السيّد القاضي مع المرحوم الشيخ محمد تقي الآملي يمشيان في مسجد الكوفة، فشاهدا أفعى كانت تمر بجانب حائط المسجد، وكانت تلك المنطقة مليئة بالأفاعي، فقال الشيخ محمد تقي للسيد القاضي: سيدنا يمكن لأولياء الله أن يُعملوا إرادتهم في بعض الأمور، فإذا أردت أن تقضي على هذه الحية أمكنك ذلك، فأرنا هذا الأمر.. فأشار إليها السيد القاضي وقال: مت بإذن الله، فبقيت الحية كما هي، فلمسها الشيخ الآملي فوجدها ميتة، وبعد أن خرجا من المسجد قال الشيخ في نفسه: فلأذهب وأرى قبل أن يأتي أحد.. هل فعل ذلك أمام عيني فقط أو أنها ماتت واقعاً، فذهب ووجدها لا تزال ميتة، وعاد فقال له السيد القاضي: هل ذهبت و تأكدت بنفسك؟ حسناً! هل قمت بامتحاني و تأكدّت بنفسك؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
@@ -1062,133 +1075,140 @@
         </w:rPr>
         <w:t xml:space="preserve">حسناً لو كان مكان عزرائيل النبيّ الخضر، ماذا كنا نفعل؟ كنّا اعترضنا وارتفع صوتنا عالياً: هل أنت نبي؟! وتقوم بهذا الأمر؟! والحال أنّ كلا الأمرين واحد من الناحية الخارجيّة، فقد مات الصبي سواء كان له سبع سنوات أو عشرة، ما الذي يحصل في هذه القضية؟ فإذا جاء عزرائيل وقبض روح هذا الطفل بإلقائه في النهر.. لا نلقي باللائمة على عزرائيل، وكذا إذا وقع في البئر أو سقط من السطح، أو بالمرض أو بأيّ شيء آخر.. وعزرائيل يضحك علينا ويقول: الق باللائمة على النهر والبئر والسطح.. بينما إذا قتله الخضر المسكين بأن حمل السكين وذبحه.. (هذا المذكور لم يرد في رواية حتّى يقال بأنها لا سند لها، بل هي آية قرآنية لا كلام فيها..) إذا فعل الخضر ذلك تقوم قيامة النبيّ موسى على هذا الفعل.. ويقول: لقد قمت بعمل مخالف للشرع، فقد قتلت طفلاً لم يقترف ذنباً.. بينما الخضر يقوم بفعله ويضحك ويسأله ماذا تقول؟ يجيبه النبي موسى ماذا أقول؟ ألا ترى أنّك قتلت طفلاً معصوماً، وتسأل ما الذي فعلته؟ فيقول الخضر ألم تتعهّد لي أن لا تتكلّم وتعترض على شيء؟ فيقول: نعم.. وعند ذلك يقول الخضر له: ينبغي أن أبين لك سبب تلك الأمور التي صدرت مني.. هنا نسأل: لماذا نقبل من عزرائيل ذلك الفعل الذي يقوم به، بينما نفس هذا الفعل لا نقبله من أي شخص آخر، بل نعترض عليه؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنشاء الله نترك الكلام إلى الليلة القادمة إذا أراد الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهم صل على محمد وآل محمد.</w:t>
+        <w:t xml:space="preserve">اللهم صل على محمد وآل محمد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{F9BC55DB-B956-4E98-BB6B-A20E1A68E5AA}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{BF6C3EBF-EEB6-4AA6-991A-A4B25D9EEAB0}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4577D599-C2A7-4774-888A-B23EF6D80CB1}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{BEA1C82D-51EE-4B3D-B45A-86F2AC1D69E8}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1237,61 +1257,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="13" name="_x0000_i0013">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0013"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1394,61 +1414,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="14" name="_x0000_i0014">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0014"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1492,51 +1512,59 @@
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">  ـ إشارة إلى الحديث: «أَلَا أُخْبِرُكُمْ بِالْفَقِيهِ حَقَّ الْفَقِيهِ؟ مَنْ لَمْ يُقَنِّطِ النَّاسَ مِنْ رَحْمَةِ اللَهِ، وَ لَمْ يُؤْمِنْهُمْ مِنْ عَذَابِ اللَهِ...»</w:t>
+        <w:t xml:space="preserve">  ـ إشارة إلى الحديث: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أَلَا أُخْبِرُكُمْ بِالْفَقِيهِ حَقَّ الْفَقِيهِ؟ مَنْ لَمْ يُقَنِّطِ النَّاسَ مِنْ رَحْمَةِ اللَهِ، وَ لَمْ يُؤْمِنْهُمْ مِنْ عَذَابِ اللَهِ...»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2026,51 +2054,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2849,61 +2877,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3178,63 +3281,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>