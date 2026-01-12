--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -74,75 +74,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محورية الحق والولاية في حياة السالك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة التاسعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">محاضرة ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -969,66 +981,66 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2E2C3FB0-45EF-4C14-9F3D-243D992AF5B2}"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{80EA2C1E-BB52-4B92-90F7-EAE7968A04EF}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{FCAEB288-4040-4A5B-BA21-13286290F03E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F7CB769E-C208-41BB-80EB-F875B721287D}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthman Taha Naskh">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
@@ -1105,61 +1117,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1262,61 +1274,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>