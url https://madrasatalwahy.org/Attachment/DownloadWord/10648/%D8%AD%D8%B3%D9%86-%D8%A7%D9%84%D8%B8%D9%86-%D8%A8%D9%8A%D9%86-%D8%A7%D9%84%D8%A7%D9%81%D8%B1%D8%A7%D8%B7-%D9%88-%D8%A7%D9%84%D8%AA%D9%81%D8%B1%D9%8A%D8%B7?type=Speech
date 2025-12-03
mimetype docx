--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسن الظن بين الإفراط و التفريط</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة السابعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -450,150 +463,214 @@
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">من العجيب جداً أنّ الإنسان عند مواجهته للحقّ يظهر حقيقة نفسه، وقد ذكرت لكم في الليلة الماضية أنّ بعض الناس ليسوا إلاّ مظاهر خادعة، فقط يفكّرون كيف يتكلّمون، ولكن عندما يواجهون حقّاً ما ولا يعود هناك تظاهر ولا مجال للتظاهر فإنّهم يظهرون ما في ضميرهم... لقد كنت يوماً برفقة المرحوم العلامة في إحدى المطارات، وكان هناك مسؤول يستلم البطاقات والحقائب، وبينما كان ينظر إلى المرحوم العلاّمة نظرت إليه فوجدت أنّه إنسان سيّئ جداً، وبالفعل كان يقوم بتيسير أمور المسافرين ولكن ما إن وصل إلى المرحوم العلامة ووقعت عينه عليه حتّى أرجع البطاقة، ولم يقبل، وأخذ يختلق المشكلات، لقد قبل بطاقات الجميع، ولكن ما إن وصل إلى المرحوم العلاّمة حتّى توقّف، أليس هو خبيث الباطن؟! فهنا يظهر خبث باطنه، سائر الأفراد ليسوا بمرايا، لذا فهم يأتون وينجزون أعمالهم دون أن يحدث أيّ إشكال، أما هذا [أي السيّد العلاّمة] فهو مرآة، عندما يأتي فينظر فيها تظهر له حالته الباطنيّة، فيشرع بالأذى، والعجيب هو أنّه ما إن انقضت هذه المسألة حتّى التفت إلينا المرحوم العلاّمة وقال: أرأيتم كيف تصرّف هذا أيها الأبناء؟ (وكنت في السابعة عشرة من عمري)، ثمّ قال: كان رسول الله صلّى الله عليه وآله جالساً فمرّ به رجل وأخذ بشتمه وذمّه ... [وحكى لنا تلك القصّة]، وهذا الرجل لم يكن لديه أيّة مشكلة مع أحد، ولكن ما إن وصل إلينا حتّى فعل ما فعل، فهذا الذي جرى معنا هو نفس تلك المسألة بعينها. فلا تظنّوا أنّ الأمر مختصّ برسول الله صلّى الله عليه وآله، فلو صار قلب الإنسان مرآة لانعكست فيه الصور المقابلة فلا يزيد عليها ولا ينقص، قال: هل رأيتم كيف جاء هذا ورأى ما في نفسه؟!. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والأمر كذلك في الطرف المقابل أيضاً؛ فقد كان يأتي إلى أولياء الله بعض الأفراد وهم لا يعرفونهم، ولكن بمجرّد أن تقع أعينهم عليهم فإنهم يشعرون بالأنس والسرور، لم يكونوا يعرفونهم ولكن بنظرة واحدة تدخل محبّة أولياء الله في قلوبهم فيتوقّفون؛ لقد كنت يوماً في المطار برفقته رضوان الله عليه وكان يريد أن يتشرّف بالذهاب إلى مدينة مشهد، وذلك بعد أن جاء إلى طهران لمعالجة مرض أصابه، وكان ذلك تقريباً قبل ثلاث سنوات من وفاته، فكنّا جالسين في مطار طهران، وقد كان من المقرر أن يذهب برفقته إلى مشهد بعض الرفقاء، ولذلك لم يكن غرضي من المجيء معهم إلا توديعه ومشايعته، وبينما كنت جالساً اقتربت منّي امرأة ولم تكن تراعي الحجاب بشكل دقيق، أي أنّها كانت متحرّرة وغير ملتزمة بالأحكام الشرعية وكانت متوسّطة العمر فقالت: عفواً يا سيّد لديّ سؤال، فقلت لها: تفضّلي لعلّه خير، قالت: هل هذا السيّد من أقاربكم؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقلت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">فقلت: نعم.. هو والدي، فهل لديك أمر أو حاجة؟ (و كان السيّد الوالد يتحدّث مع أحد الأشخاص).</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">فقالت: عندي سؤال، فهل يمكن أن تسأله هذا السؤال نيابة عنّي؟</w:t>
+        <w:t xml:space="preserve">: نعم.. هو والدي، فهل لديك أمر أو حاجة؟ (و كان السيّد الوالد يتحدّث مع أحد الأشخاص).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقالت:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عندي سؤال، فهل يمكن أن تسأله هذا السؤال نيابة عنّي؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فأردت أن أتفحّص وأستكشف سبب اختيارها للسيّد العلاّمة من بين كلّ أولئك الأفراد؛ فقد كان هناك الكثير من أهل العلم حاضرين في المطار حينئذٍ، حتّى أنّ بعضهم كان مسنّاً ، وكانوا يريدون أن يتشرّفوا بالذهاب إلى مشهد، حيث كان هناك أحد المناسبات الخاصّة ولا أذكرها بالدقّة، والظاهر أنّه بسبب هذه المناسبة كان هناك العديد من أهل العلم ذاهبين إلى هناك، وكان عددهم حوالي عشرة أو خمسة عشر شخصاً... فقلت لها: إنّ كلّ هؤلاء العلماء موجودون هنا، فلماذا لا تذهبين وتسألينهم؟ (و كنت أريد بذلك امتحانها لكي أعرف لماذا اختارت أن تقصد السيّد العلاّمة بالخصوص).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...62 lines deleted...]
-        <w:t xml:space="preserve">فقلت في نفسي: أنا هنا أستسلم، فليس من وظيفتنا بعد الآن أن نسأل: لماذا؟ ومن أجل ماذا؟ فهذا القلب هو الذي يعمل هنا، والنفس هي التي تعمل هنا، فقلت لها: جيّد جدّاً، وذهبت إلى السيّد العلاّمة ونقلت له سؤالها، وكنت أعرف الجواب، ومع ذلك ذهبت إلى السيّد العلاّمة وقلت له إنّ هذه السيّدة تسأل هذا السؤال، ومن جانبه فقد أظهر سماحته لها لطفاً ومحبّة، فأثّر ذلك فيها كثيراً وسعدت بشكل لا يُتصوّر، فأخذت جوابها وذهبت مسرورة. إنّ هذه النظرة الواحدة تؤثّر كثيراً.. نظرة واحدة! </w:t>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقالت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: يا سيّد أنا لا أرغب في سؤال أيّ منهم أصلاً..</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقلت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: لماذا ذلك؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقالت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: أنا أشعر بالنفور منهم جميعاً!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقلت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: فكيف إذاً أعجبك سماحته (أي السيّد العلاّمة)؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقالت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: لا أدري.. ولكن عندما وقع نظري عليه، فإنّ محبّة هذا السيّد وقعت في قلبي، أمّا الباقين فلم تقع محبّتهم في قلبي.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فقلت</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> في نفسي: أنا هنا أستسلم، فليس من وظيفتنا بعد الآن أن نسأل: لماذا؟ ومن أجل ماذا؟ فهذا القلب هو الذي يعمل هنا، والنفس هي التي تعمل هنا، فقلت لها: جيّد جدّاً، وذهبت إلى السيّد العلاّمة ونقلت له سؤالها، وكنت أعرف الجواب، ومع ذلك ذهبت إلى السيّد العلاّمة وقلت له إنّ هذه السيّدة تسأل هذا السؤال، ومن جانبه فقد أظهر سماحته لها لطفاً ومحبّة، فأثّر ذلك فيها كثيراً وسعدت بشكل لا يُتصوّر، فأخذت جوابها وذهبت مسرورة. إنّ هذه النظرة الواحدة تؤثّر كثيراً.. نظرة واحدة! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و لو أردت أن أنقل لكم الحكايات التي من هذا القبيل التي حصلت مع سماحته، ومع غيره من أولياء الله، لطال بنا المجلس حتّى مساء الغد دون أن تنتهي! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. من هم هؤلاء الأفراد؟ إنّهم أشخاص بحسب الظاهر لم يكونوا من أهل الالتزام.. [فتلك المرأة] لم يكن عندها التزام شديد.. لم تكن تجرّ خلفها عباءة طولها مترين، ولم تكن تلبس ثلاثة أغطية للوجه، ولم تكن من أهل دعاء السمات وأبي حمزة الثمالي والافتتاح، وبشكل عام فقد كان شكل هؤلاء الأفراد حاكياً عن ذلك، ولكن ماذا؟ القلب طاهر، هذا القلب طاهر، وعندما يكون القلب طاهراً، فإنّ العلاقة تنشأ مع القلب أيضاً لا مع الظاهر، فالربط والعلاقة ليسا من شأن الظاهر، بل هما من شأن القلب، رغم أنّه بحسب الظاهر فإنّ الأمر لا يساعد كثيراً، إذ لم يكن لهم ظاهر صالح ومناسب، فهؤلاء مستضعفون وجاهلون.</w:t>
       </w:r>
@@ -1121,86 +1198,81 @@
         </w:rPr>
         <w:t xml:space="preserve">في زمان المرحوم السيّد الحدّاد.. عندما جاء سماحته إلى إيران كان الحقير يشارك عادةً في تلك المجالس التي يتمّ تشكيلها خصوصاً في الليل، ورغم أنّ سنّي كان صغيراً في ذلك الوقت، إلاّ أنّ العلاقات والأحداث انتقشت في ذهني بشكلٍ كامل منذ ذلك الحين، والخاطرات الموجودة في ذهني عن تلك الفترة خاطراتٌ ملفتةٌ جدّاً، ومن العجيبٌ جدّاً كيف أنّ التاريخ يكرّر نفسه بشكلٍ دائم، فأنا رأيت نفس تلك الحالات تتكرّر بعد مدّة، وما زلت أراها.. نفس تلك التصرّفات، ونفس كيفيّة التعابير، ونفس ذلك التوجّه.. لقد كنت أشاهد بعض الأفراد يأتون إلى مجالس سماحته تلك، ولكنّهم كانوا حريصين على أنّه إذا تحدّث سماحته، أو برز من سماحته أثرٌ ملفت فأدّى ذلك لحصول جوّ وحالةٍ ما فإنّهم كانوا يعملون على استباقه ومنعه من التأثير في نفوس الحاضرين ممّن لهم به علاقة وارتباط؛ مثلاً كانوا يجلسون بجانب أحد الأشخاص حتّى إذا تحدّث سماحته، وبيّن مطلباً ما، أو ذكر مسألة أخلاقيّة أو توحيديّة، تجدهم فجأة يقولون (باستخفاف): إنّ ما ذكره موجود في الكتاب الفلانيّ أيضاً.. بنفس هذه العبارة.. إنّ كلامه مكتوب في ذلك الكتاب الفلانيّ، فما هو مرادهم من هذا الكلام؟ إنّهم يقولون ذلك حتّى ينحرف ذهن ذلك الشخص عن التوجّه إلى سماحته.. إنّ هذا شيطانٌ ها! وسماحته كان يفهم ما يجري، إلاّ أنّه لم يكن يهتمّ بذلك:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">داند وخر را همى راند خموش *** بر رخت خندد براى روى پوش</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: إنّه يعلم ما يجري، ولكنّه يسوق حماره بصمت، ويضحك أمامك ليحجب وجهَه عنك وراءَ بسماته)</w:t>
+        <w:t xml:space="preserve"> (يقول: إنّه يعلم ما يجري، ولكنّه يسوق حماره بصمت، ويضحك أمامك ليحجب وجهَه عنك وراءَ بسماته)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">واهٍ من هذه الضحكات، فكم هي مخيفة ومؤثّرة!! فهذه من أجلك أنت! إنّه يضحك عليك ويقول لك: أجل.. أجل.. إنّ ما تقوله صحيح تماماً.. أجل .. الأمر كما تفضّلتم.. نعم.. نعم.. وذلك الطرف يقول ايضاً: نعم هكذا الأمر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ... *** بر رخت خندد براى روى پوش</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و ممّا لا يخفى أنّ هذا البيت ليس متعلّقاً بمثل هذا الموضع، بل هو متعلّق بمحلّ آخر.. إنّه يتحدّث عن مقام العفو والإغماض عن الخطأ وتجاهله، ولكنّنا نحن استخدمنا هذا الشعر لمولانا في هذا الموضع.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و نظير ذلك ما كان يفعله بعضهم عندما كان سماحته يقول مطلباً لأحد الأشخاص فيتأثّر هذا الشخص ويسبّب ذلك له حالة من النشاط والوجد، فقد كان هؤلاء الأفراد يبادرونه سريعاً بالقول: ما بالك؟! لماذا اضطربتَ وتغيّرت أحوالك؟! لقد اضطربتَ وتأثّرتَ أكثر من اللازم! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
@@ -1302,51 +1374,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و من ناحية أخرى نجد صنفاً آخر قد سقطوا في الجانب المقابل؛ فتجدهم يحسنون الظنّ بكلّ الناس، ويرتّبون الآثار على حسن ظنّهم هذا، وهذا خطأ أيضاً، فقوّتا الإنسان الدافعة والجاذبة ينبغي أن تصلا إلى حدّ التوازن والاعتدال، وإلاّ إذا لم تكونا في حدّ الاعتدال فإنّ تغليب حسن الظنّ سيجرّه إلى الانحراف!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ الله سبحانه وتعالى قد جعل للإنسان بعض الآيات والعلامات لتصحيح مسيره، ولكي تخرجه من ذلك الخطأ والاشتباه، فنحن أحياناً نحسن الظنّ بشكل زائد في شخصٍ من الأشخاص، وحسن الظنّ هذا يجذبنا باستمرار نحو هذه الجهة، وفجأةً تحصل مسألةٌ مّا أمامنا!! حسناً.. هنا يجب على الإنسان أن يتأمّل في هذه المسألة التي حصلت ويتفكّر فيها، ولا ينبغي له أن يحسن الظنّ بدون سبب ولا داعٍ... ولا ينبغي أن يكون ممّن قال الله فيهم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ والأَرْضِ يَمُرُّونَ عَلَيْها وهُمْ عَنْها مُعْرِضُون‏}</w:t>
+        <w:t xml:space="preserve">﴿وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ والأَرْضِ يَمُرُّونَ عَلَيْها وهُمْ عَنْها مُعْرِضُون‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">افرضوا أنّ شخصاً قام بمدح أحد الشخصيّات لكم قائلاً: إنّ كلّ ما يقوله هذا الشخص صحيحٌ، وكلّ ما يتنبّأ به يحصل ويتحقّق، وهو ينفّذ كلّ ما يقوله.. فهذا الشخص جسمه في الأرض واسمه في السماء، وما شابه ذلك من المديح والتمجيد...</w:t>
@@ -1387,75 +1459,75 @@
         </w:rPr>
         <w:t xml:space="preserve">فقلت له: يا عزيزي.. لماذا تلقي الكلام من خلال الكناية والتلميح إلى هذا الحدّ؟ ولماذا تخدع الناس؟ تعال وقل بصراحة: أنا عندي ارتباط واتّصال مع إمام الزمان! ولا داعي أن تلمّح بهذه الطريقة [من الكلام مع صوت متماوت لتوحي للآخرين بما تريد]، فأيّ طريقة من الكلام هذه؟! ولماذا تحاول أن تخدعنا؟! ولماذا تكذّب على الناس؟ وأيّ نفع ترتجيه من هذا الكذب؟ يعني ما الذي يحوجنا إلى اللجوء إلى الكذب من أجل تثبيت مواقعنا ؟! ما الداعي إلى ذلك؟ فلنتحدّث بصدق مع الناس! يعني هل تظنّون أنّنا إذا كنّا صادقين فإنّ الله سيتركنا، ولن يحمينا، وسيحلّ الشيطان محلّه ويصير داعماً لنا؟! وأمّا لو كذّبنا، أو قلنا شيئاً على أساس الجهل فذلك هو الذي سيثبّت موقعيّتنا؟! إنّ هذا لم يعد حقّاً .. لم يعد حقّاً يا عزيزي!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و ما هي مسؤوليّتنا تجاه الحقائق؟ هل نحن مسؤولون بعنوان الولاية؟ إنّ الولاية ليست متعلّقة بنا، فنحن لسنا أولياء الدين، بل نحن عندنا وكالة فقط ودورنا هو الوساطة لا غير، فنحن وسيلة ليس إلاّ، بينما وليّ الدين شخصٌ آخر وفردٌ آخر، وهو موجود وهو أدرى بما يفعل، فلماذا نقول أمراً لسنا على يقين منه؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">- التفتُّ إليه وقلت له: سأحضر لك مصحفاً، فضع يدك عليه، وأقسم بالله أنّك متيقّن ممّا تقوله. </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">- فقلت له: فلماذا تقول هذا الكلام إذاً؟! فما دمت غير مستعدّ للقسم فلماذا تقول ذلك إذاً؟! ولماذا لا تقول الحقيقة؟ لماذا ينبغي ألاّ نكون صادقين مع الناس؟! (إنّ هذه مسألة مهمّة، ها) لماذا لا تكون صادقاً؟!</w:t>
+        <w:t xml:space="preserve">-التفتُّ إليه وقلت له: سأحضر لك مصحفاً، فضع يدك عليه، وأقسم بالله أنّك متيقّن ممّا تقوله. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-فقال: كلاّ.. لست مستعدّاً لأن أقسم!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-فقلت له: فلماذا تقول هذا الكلام إذاً؟! فما دمت غير مستعدّ للقسم فلماذا تقول ذلك إذاً؟! ولماذا لا تقول الحقيقة؟ لماذا ينبغي ألاّ نكون صادقين مع الناس؟! (إنّ هذه مسألة مهمّة، ها) لماذا لا تكون صادقاً؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. انظروا .. هذه المسألة تستمرّ بهذا الشكل، ونحن نبيّنها بهذا الشكل للناس، ولكن فجأة نرى أنّ الله تعالى يقوم بعمله أيضاً، فالله لم يجلس ويضع مقدّراته في يدي أنا وأمثالي، لأنّه إذا سلّمني مقاليد الأمور فلن يكون هو الإله، بل سأكون أنا الإله، فهل يسلّمنا الله كلّ مقدّراته ويقول للملائكة: كلّ ما يقوله فلان اكتبوه ونفّذوه؟! فلو أردتُ الآن أن تصير هذه الأعمدة الأربعة من الذهب، فالله تعالى يجيب: نعم.. فأنا جالس هنا وكلّ ما يأمر به جنابكم فعلى الملائكة أن ينفّذوه؟! كلاّ يا عزيزي .. إنّ هذا الكلام لا أصل له ولا واقعيّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالله تعالى يقول لك: أنت لا تُرِد ذلك، وأنت أصلح إرادتك ورغباتك.. أنت أصلح تفكيرك، وأنت تصرّف بشكل صحيح.. فلماذا تسمح للأماني الخاطئة أن تنمو في نفسك؟ لماذا؟! وبدلاً من أن تجعلنا مكلّفين بتنفيذ أوامرك وأمانيّك قهراً، قم أنت بتصحيح آمالك وأمانيك؛ فلا تجعل عملنا صعباً، وتعقّد الأمور لنا ولملائكتنا، ولا تسبّب لنفسك وجع الرأس، وبدلاً من ذلك قم أنت بتصحيح أفكارك وآمالك.. عليك أنت ألاّ تتخطّى حدودك، وأن تحافظ على حريمنا!</w:t>
       </w:r>
@@ -1476,635 +1548,642 @@
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">على الإنسان ألاّ يعرض عن الآيات التي يبرزها الله له </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و هنا يأتي الله تعالى ويرينا الآيات والعلامات بشكل واضح: هذا الخطأ والاشتباه أمامك.. ها! انظر.. فهذه الآيات أمامك، وهذه الأخطاء والأغلاط تحصل أمام ناظريك، فالله يبرزها لنا ويرينا إيّاها، ثمّ يقول لنا: الآن افتح عينيك، إنّ قلبك كان صافياً نقيّاً، فخُدعت وانطلت عليك الحيلة، جيّد جدّاً.. ولكنّني جئت وأظهرت لك آياتي، فإذا أعرضت وأخفضت رأسك فحينئذٍ ستكون أنت المسؤول وأنت المقصّر، وهنا يحقّ لي أن أقول لك: إنّك تستحقّ ما حصل لك! فلو أنّني لم أبيّن لك الآيات ... [حينئذٍ ستكون مصداقاً لـ ]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ والأَرْضِ يَمُرُّونَ عَلَيْها وهُمْ عَنْها مُعْرِضُون‏﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فعندما يكون قلبك طاهراً، وأنت تبحث عن الحقّ، ومع ذلك خُدعت، فوظيفتي أن أبيّن لك الطريق وأظهر لك الآيات، وأريك الخطأ، فقم باستخدام هذا المخّ قليلاً، فقد حافظت عليه جديداً دون استعمال لمدّة طويلة.. هذا يكفي.. فذلك حيفٌ يا عزيزي.. افتح دماغك وشغّل عقلك، واستعمل هذه الخلايا قليلاً.. ما شاء الله.. إنّها جميعاً ما تزال جديدة لم تستعمل.. شغّلها قليلاً حتّى تفهم من هو الذي تواجهه؟ ولكي تعرف لمن قد سلّمت قلبك ودينك؟ وممّن تأخذ دينك ومن هذا الذي يعيّن لك اتّجاه مسيرك؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إذاً عليك أن تجعل تلك الخلايا تعمل قليلاً، إنّ الله عزّ وجلّ وضع فيه [يشير سماحة السيّد إلى رأسه] خلايا حيّة ولم يجعل فيه الجصّ المتحجّر ولا الاسمنت بل جعل فيه خلايا، وعليك أن تستفيد منها؛ وهذا هو معنى </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿يَمُرُّونَ عَلَيْها﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الواردة في آية </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَكَأَيِّنْ مِنْ آيَةٍ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">عندما يفهم الإنسان حقيقة الأمر، حينها يتعجّب، وسيقول: «كم هو الأمر عجيب!! فحقيقة المسألة هي كذا لكنّنا لم نفهم ذلك! واعجباه فلقد قالوا لنا شيئاً آخر!!» وسيبقى يتعجّب ويتعجّب، وهذا التعجّب يبدأ بتصحيح اتّجاه الإنسان ومسيره.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ولكن! لو أنّنا لم نقبل بالحقيقة، ووضعنا رأسنا في التراب، وبدأنا بالتبرير، وصرنا نقول: لا.. نحن ما يدرينا؟ وليس معلوماً أنّ هذا الأمر صحيح!! وهل من الممكن أنّ يكون جميع هؤلاء مخطئون؟! وهل من الممكن كذا .. ؟! انظر الناس ماذا يصنعون !! حينها إن كان الوضع على هذا النحو، فإنّ الله عزّ وجلّ يقول: حسنٌ جداً، إن كان الأمر كذلك إذاً فسأكلك إلى نفسك، ولم يعد لي شأنٌ بك، فاذهب إلى حيث أردت، ويذهب الإنسان، حينئذٍ يكِل الله الإنسان إلى نفسه، وعندما يكون الأمر كذلك، فمن غير المعلوم أين ستكون عاقبته، لم يعد الأمر معلوماً...، وبالتالي فحسن الظنّ الزائد خطأ أيضاً. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لقد كان المرحوم الأنصاري جالساً يوماً من الأيام، فذُكر أحد الأفراد بالخير ـ لكنّ هذا الشخص لم يكن من تلامذته بل كان شابّاً صغيراً له نفس طيّبة جداً ـ فقال: هناك عيبٌ واحدٌ في هذا الشاب؛ وقبل أن يكمل جاء نفس هذا الشخص، وكأنّه كان المقدّر أن يحصل هذا الحديث عنه عندما يأتي هو أيضاً، فقالوا: عندما لم تكن موجوداً، كان سماحة الشيخ يتكلّم عنكم، وقد قال: فلان فرد جيّدٌ جداً، ولكن فيه عيبٌ وحيدٌ، ونريد أن نعلم ما هو هذا العيب؟ (كان الجميع يراه شاباً صالحاً، وهو كان كذلك بالفعل)، فقال الشيخ الأنصاري: «عيبه هو أنّ حسنّ ظنّه أكثر من المقدار اللازم» ، فعلى الإنسان أن يكون حسن الظنّ لكن بالمقدار المطلوب لا أكثر!! وحسن الظنّ الذي يؤدّي بالإنسان إلى الانحراف ليس بصحيح، فهل يمكن للإنسان أن يرى صدور معصيةٍ من شخص ما، ثمّ يغضّ النظر؟! فهو في ذلك كمن يقول عن الكلب: «هي قطّة.. إن شاء الله تكون قطّة» ، لكنّ ذلك غير صحيح. قالوا له: انظر هو كلب، قال: بل قطّة، قالوا له: إنّه ينبح، فقال لهم: بل قطّة لكنّ صوتها مبحوح !! أيّها العزيز: إنّه ينبح فلا داعي لأن تقول: إنّها قطّة. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بلى نحن نرى المعصية، لكنّنا نقول: لا هذا ليس بشيء، إن شاء الله ليس بمعصية، ليس ممّا ينبغي أن يُعتنى به.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> لا.. إنّ تصرّفنا وقولنا هذا خاطئ ولا ينبغي أن نفعل ذلك. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وقد اتّفق أنّ نفس هذا الشابّ بعينه (وهو لا زال على قيد الحياة، ونسأل الله أن يكون الجميع مورداً لرحمته ومورداً لعطفه، فهذا الشاب كان إنساناً جيّداً، ونفسه طيّبة، وهو لازال على قيد الحياة) والحقير يرى أنّ نفس هذه الصفة التي ذكرها الشيخ الأنصاري رحمه الله هي التي تسبّبت بخسارته للعديد من المواهب، فخسر العديد من الفرص، بسبب حسن الظنّ الذي وقع في غير موقعه !! وقد تكلّمت معه عدّة مرّات، وأردت أن .. لكن رأيت أنّه لا يريد.. فالبعض لا يرغب في أن يتغيّر، يريدنا أن نتركه كما هو، فإن كان كذلك فماذا نفعل نحن؟! حتّى أنّني في إحدى المسائل المهمّة قلت له: أيّها العزيز إلى أيّ حدّ ستفعل كذا وكذا... ؟! فقال: لا .. لا .. ليس بالأمر المهم.. ينبغي أن نقوم بما علينا نحن، وإن شاء الله يوفّق الله لما فيه الخير... حسنٌ جداً، لكن سيأتي على الإنسان زمنٌ يتحسّر فيه على كلّ شيء؛ لأنّ العمر قد مضى ويداه فارغتان، وكلّ ذلك بسبب حسن الظنّ الزائد. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حسناً لقد اتّضحت المسألة...</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title1_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">جود الله وكرمه ورحمته لا حدّ لها، لذا ينبغي أن يحسن الإنسان ظنه بالله دائماً</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إنّ الإمام عليه السلام يقول هنا: لا ينبغي أن يَترك الإنسان حسن ظنّه بالله، ولا ينبغي أن يكون لديه سوء ظنٍّ بالله: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«وَقَدْ رَجَوْتُ أَنْ لاَ تُخَيّبَ بَيْنَ ذَيْنِ وَذَيْنِ مُنْيَتِي»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ، فيا إلهي أنا لم يزل عندي رجاءٌ بين هذين الأمرين وبين ذينك الأمرين الآخرين؛ فما هما الأوّلان؟</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «جرأتي على مسألتك مع إتياني ما تكره» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وحجّتي ما هي؟ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«حجّتي يا الله جودك وكرمك»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، فأنا لدي حسن ظنٍّ بك، لأنّه في قبال أعمالي القبيحة هناك جودك وكرمك، فلو لا وجود جودك وكرمك لكانت أعمالي الخاطئة قد أوبقتني، لكنّني أحسّ بجودك وكرمك. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">التفتوا! إنّ الإمام السجّاد يعطينا دستوراً هاهنا، فهذا أمرٌ ودستور، يعني هذا الدعاء عبارة عن دستورٍ سلوكيٍّ لكنّه جاء بقالب دعاء؛ والإمام يقول فيه: إلهي إنّ جودك وكرمك هو الذي أشعل هذا الأمل في قلبي، فلو لم يكن جودك وكرمك لكنت قد ذهبت وتركت. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هل رأيتم بعض الأفراد الذين يقومون بعملٍ خاطئ بحيث لا يستطيعون التراجع عنه، فتقولون لهم: لماذا لا تذهب إلى فلان لتصلح المسألة؟! فيقول: بأيّ وجهٍ أذهب؟! هذا الإنسان ليس لديه حسن ظنّ، ليس عنده حسن ظنّ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أمّا إن كان ذلك الإنسان الذي أخطأ بحقّه من أهل والمغفرة والتسامح، وممّن يغض نظر عن هذه الأخطاء، وإن كان من أهل الرحمة والعفو، حينها كلّما تذكّر هذا المخطئ كلّ ذلك فإنّ الأمل سيظلّ حيّاً في قلبه مهما فعل ومهما كان ذلك الفعل قبيحاً، وسيقول في نفسه: إنّني إذا ذهبت إلى ذلك الإنسان فإنّه سيفتح بابه لي حتماً، وهذا التوقّع والأمل لا يزول من قلبه؛ لأنّه يقول: إنّ الإنسان الذي آذيته رجلٌ متسامح فلو فعلت معه أكثر من ذلك فإنّه مع ذلك سيستقبلني وسيفتح لي الباب أيضاً.. هناك أملٌ، وهذا الأمل الموجود في القلب لا يزول من القلب.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">والإمام السجّاد عليه السلام يقول هنا: إنّ جودك كرمك يا ربّ بعث على أن يبقى الأمل في قلبنا، حتّى لو عصيناك !! وحتّى لو ارتكبنا جرماً!! وحتّى لو ارتكبنا فعلاً تكرهه ولا ترضى عنه!! وأنا أعلم أنّ غضبك هي من أجلنا وأنّك تقول: لماذا قام عبدي بتضييع الفرصة التي منحته إياها، وبالتالي فإنّ تلك الحصّة الوجوديّة لن يحصل عليها بعد الآن؟! فانزعاج الله من أجلنا نحن. إنّ الإمام السجّاد عليه السلام يقول: إنّ جودك وكرمك يحافظ على بقاء هذا المصباح مضاءً، وهذان هما الأمران الأوّلان. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أمّا الأمران الآخران فما هما؟ هما: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«وعدّتي في شدّتي مع قلّة حيائي رأفتك ورحمتك»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ، ففي الجانب الثاني هناك رأس مالي وزادي في الشدائد وفي مواطن العسر وفي المهمّات حيث أكون وحيداً فريداً في عَرَصات يوم القيامة وحين أقف بين يديك للحساب، فهناك تكون &gt;شدّتي</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«قلّة حيائي»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ، فلو أنّ لي حياءً لما عصيت ولما أخطأت ولما استحيَيت في موقفي هذا، وما كنت لأغضّ الطرف عن كلّ هذه الآثار الوجوديّة لفعلي وأحرم بذلك نفسي من رحمتك، فيا ربّ إنّ عدّتي وزادي في هذا الموقف هو رأفتك ورحمتك، فأنا أعلم أنّك رؤوف وأعلم أنّك رحمن رحيم، أنا أعلم ذلك فأنت وصفت نفسك بذلك، وأنا عرفت ذلك. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كم هو جيّد للإنسان أن تكون لديه المعرفة؛ لأنّه في نهاية المطاف نحن نخطئ ونعصي، فنحن في النهاية بشر، والبشر يعصي ويخطئ، ولكن إن كان الإنسان عالماً.. لديه اطلاع.. يقف على حقيقة الرموز.. مطّلع على الأسرار.. حينها لن ييأس من رحمة الله عزّ وجل أبدا ولن يتركه في حال من الأحوالً، </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ContentBold_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ذلك إن كان مطّلعاً !!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ كَأَيِّنْ مِنْ آيَةٍ فِي السَّماواتِ والأَرْضِ يَمُرُّونَ عَلَيْها وهُمْ عَنْها مُعْرِضُون‏}...</w:t>
-[...168 lines deleted...]
-        <w:t xml:space="preserve">إنّ الإمام عليه السلام يقول هنا: لا ينبغي أن يَترك الإنسان حسن ظنّه بالله، ولا ينبغي أن يكون لديه سوء ظنٍّ بالله: </w:t>
+        <w:t xml:space="preserve"> إن كان يعلم كم هي رأفة الله كبيرة وكم هي رحمته واسعة، وكم أنّ كرمه وجوده عظيمان، فإذا علم الإنسان [ذلك لم يترك الله أبداً].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يُقال أنّ با يزيد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">... .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حسناً، هؤلاء الأعاظم والأولياء والعرفاء، لهم عوالمهم الخاصّة، لهم حسابهم الخاصّ عند الله، وفي بعض الأحيان واجههم ببعض الأمور، ويتدلّل عليهم بعض الدلال، وبطبيعة الحال يوجد بين المحبّ والمحبوب أسرارٌ وعلاقةٌ لا يعلم عنها أحد: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ميان عاشق ومعشوق رمزي است *** چه داند آنکه اشتر می چراند</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Poetry_Trans_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(يقول: إنّ بين العاشق والمعشوق لأسرار خفيّة *** فأنّى لراعي الإبل أن يدري بحقيقة ما يجري)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خلاصة الأمر.. إنّ با يزيد كان يقول: إلهي أسألك كذا وكذا..، فكان يستعطيه ويسأله، لكنّ الله لا يعطيه ما يريده بهذه السهولة، وإلاّ لو أنّه يعطيه ذلك بهذه السهولة لما كان الإنسان ليعلم قيمة ما أُعطي ولا قدره، ولن يستفيد تلك الفائدة منه، وعادةً ما تُجعل الأشياء المهمّة للأخير ولا يحصل الإنسان عليها إلاّ بالعناء والتعب أمّا المسائل العاديّة فتعطى سريعاً، كالمصالح الشخصيّة والأدعية والمطالب والحاجات، أمّا تلك المسائل المختصّة بالعبوديّة فإنّها لا تعطى بالسهولة بل تحتاج إلى المقارعة.. يقول له: تعال اجلس بجانبي نتكلّم قليلاً .. يجيبه: إلهي أعطني ما طلبت فقد نفذ صبري، لقد كنت أقوم الليالي.. يقول له: كنت تقوم الليل لكي تشعر بالسعادة لا لأجلي، يجيبه: إلهي نحن ننتظر طلبتنا تلك .. ذلك الوصال الذي وعدتنا به.. ذلك الجمال الذي أريتنا نزراً يسيراً منه.. ذلك المصباح الذي أشعلته قليلاً .. ذلك البرق الذي أبرقته في قلبنا لحظاتٍ.. فكيف بنا نحن بعد أن أريتنا ذلك وأشعلت قلبنا.. كيف تفعل ذلك ثمّ تذهب؟!! نعم بين الأحبّاء بعض المسائل التي لا نعلمها ... . </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">في النهاية وجد با يزيد أنّ التعامل مع الله بهذا الأسلوب لم يأت بنتيجة [يبتسم سماحة السيّد] ، فقال: إلهي إمّا أن تعطيني حاجتي التي طلبتها.. وإمّا سأخبر الخلق عن ذرة واحدة .. فقط ذرة واحدة.. سأرفع حجاباً واحداً وأخبر الناس عن ذرّة واحدة من لطفك ورأفتك رحمتك بحيث أنّهم لن يعبدوك إلى يوم القيام بعد أن يعلموا مقدار رأفتك الحقيقيّة. [يبتسم سماحة السيّد] حينها أجابه الله إلى مراده .. وقال له: كلاّ.. كلاّ.. لا تفعل ذلك فسنعطيك حاجتك!! فقال با يزيد: بلى، إذا لم تعطيني ما أطلبه، فسألجأ إلى طريق آخر.. ففي جعبتي الكثير من الأسرار التي تعلّمتها، سآتيك من طريق آخر، سأخبر الناس عن رأفتك وعن رحمتك الواسعة وعن عفوك الكبير وعن كرمك وجودك، فقط سأذكر لهم النزر اليسير عنها، بحيث سيقول الناس إن كان إلهنا بهذا الكرم والجود والعطف والرحمة إذاً فلن نلتزم بأيّ تكليف !! حينها وجد الله تعالى أنّ المسائل صارت مشكلة [يبتسم سماحة السيّد] ومن ثمّ فإنّه يأمر ملائكته ليعطوه ما يريد... ولكن بالطبع هذه المسائل أعلى من مقامات الملائكة، لأنّ المقامات الواقعة في حدّ الملائكة وأمثالها فإنّ الله يمنحها عادةً، أمّا تلك الأمور المختصّة به هو.. في تلك الأمور المختصّة به يتعزّز ويتدلّل ولا يعطي شيئاً بسهولة! أمّا تلك المراتب التي تكون دون الأسماء ومظاهر الأسماء والصفات فالتعامل فيها مختلف. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ونحن نقول ما سمعناه فقط [يبتسم سماحة السيّد] ، ننقل للأصدقاء والرفقاء ما سمعناه من الأعاظم. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خلاصة الأمر، نحن لدينا إلهٌ عظيم، وبحسب تعبير المرحوم العلامة: الحمد لله لدينا إلهٌ جيد، لدينا إله يفوق ما كنّا نتصوّر، فتح لنا بابه، وأفاض علينا رحمته أكثر مما كنّا نتصوّر، إنّ الله فتح لنا رحمته. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حسناً إنّ الإمام السجّاد عليه السلام يقول: إلهي لقد علمت كم هي رأفتك بي كبيرة، وأنا وقفت على هذا السرّ، لقد علمت جودك وكرمك.. وصحيح أنّني أعصيك.. صحيح أنّ أفعل ما تكره.. صحيح أني أفعل ما يُسخطك ويُغضبك مع قلّة حيائي منك، لكن في نهاية المطاف أنا أعلم مع من أتعامل، وأعلم من الذي أقف في قباله، وأعلم أين أنا، فهذا هو المهم، فليس تعاملي مع زيد أو عمرو أو خالد الذين يقولون: طالما أنّ العين تحت الحاجب فلن نسامحك أبداً.. لا ، بل أنا أتعامل معك أنت يا ربّ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ContentNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بناءً على هذا، أقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">«وَقَدْ رَجَوْتُ أَنْ لاَ تُخَيّبَ بَيْنَ ذَيْنِ وَذَيْنِ مُنْيَتِي»</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ، فيا إلهي أنا لم يزل عندي رجاءٌ بين هذين الأمرين وبين ذينك الأمرين الآخرين؛ فما هما الأوّلان؟</w:t>
+        <w:t xml:space="preserve">«فقد رجوت أن لا تخيّب بين ذين وذين منيتي»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أملي هو ذا.. وحسن ظنّي بك هو ذا .. وهذه طلبتي، وهي: أنّ تحقّق أمنيتي ولا تخيّبني فيها ولا ترجعني صفر اليدين، وذلك بواسطة حسنّ الظن الذي عندي.. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «جرأتي على مسألتك مع إتياني ما تكره» </w:t>
-[...293 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">«فحقّق رجائي، واسمع دعائي، يا خير من دعاه داعٍ، وأفضل من رجاه راجٍ»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهم صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{0F6B257B-650C-45E5-8584-6285C23F7876}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{23F95DB0-6714-4271-9DA1-E55D4FCE7987}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{C4E93543-C4F9-41A2-AEE0-82C26746A20C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{2589F2ED-6A05-4961-824E-5C42B3B082EB}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2153,61 +2232,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="65" name="_x0000_i0065">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0065"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2310,61 +2389,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="66" name="_x0000_i0066">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0066"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2988,51 +3067,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3811,61 +3890,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4140,63 +4294,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>