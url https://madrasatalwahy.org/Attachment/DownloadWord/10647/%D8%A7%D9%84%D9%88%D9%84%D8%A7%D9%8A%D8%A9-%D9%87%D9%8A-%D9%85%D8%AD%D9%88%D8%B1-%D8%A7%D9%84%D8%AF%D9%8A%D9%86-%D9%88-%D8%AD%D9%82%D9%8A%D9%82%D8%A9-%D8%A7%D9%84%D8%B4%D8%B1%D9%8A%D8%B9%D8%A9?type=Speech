--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الولاية هي محور الدين و حقيقة الشريعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة السادسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها</w:t>
@@ -526,96 +539,96 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ هذه المسائل طالما كانت موجودة، ولقد رأينا الكثير من هذه المسائل عندما كنّا في خدمة الأعاظم، فأولئك الأفراد كانوا موجودين، وكانوا يفعلون هذه الأمور، ونحن أيضاً كنّا موجودين نشاهد الأمور، وكنّا ملتفتين لما يحصل ونفهم ما يجري.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ ذلك الأمر المخفيّ خلف الستار هو ما يمثّل "حقيقة الشيء" وواقعيته، ولذا فإنّ تلك الجهة والحيثيّة هي التي ترتبط بالجهة الربوبيّة، سواء كانت هذه الجهة الواقعيّة نورانيّةً أم ظلمانيّة، ولهذا فإنّ الله ينظر إلى قلب الإنسان، والآيات والروايات التي تؤيّد هذا المطلب كثيرة، فمنها قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّهُ عَليمٌ بِذاتِ الصُّدُورِ}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّهُ عَليمٌ بِذاتِ الصُّدُورِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فالله عليم ومطّلع على حقيقة القلوب وتلك والواقعيّة الموجودة فيها، فالله عنده اطّلاع واتّحاد معها، و بالتالي قولوا ما شئتم وصوّروا الأمر كيفما أردتم واقلبوا الحقائق كيفما يحلوا لكم...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّني أتضايق كثيراً من هؤلاء الأفراد الذين يهتّمون كثيراً بالألفاظ، ولقد كنت أتضايق منهم منذ البداية، فبعضهم لا يهتّمون إلاّ بتنميق كلماتهم، والإتيان بالمصطلحات، وبجمع الكلمات المؤدّبة وترتيبها: "عفواً... ولو سمحت... ولن نضيّع أوقاتكم الثمينة...(و الواقع أنّه يضيّع الوقت أربعاً وعشرين ساعة)"، فيتعلّم مجموعة من هذه الكلمات والعبارات، ويتعامل مع الناس من خلال الألفاظ فقط.. إنّ مثل هؤلاء الأشخاص لا يعجبونني أبداً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">طبعاً مواجهة الإنسان للناس بالكلام الحسن والمقبول أمرٌ جيّد جدّاً، فمن الذي قال أنّ حسن الخلق أمر سيّء؟! والله تعالى يقول عن نبيّه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وإِنَّكَ لَعَلى‏ خُلُقٍ عَظيمٍ}</w:t>
+        <w:t xml:space="preserve">﴿وإِنَّكَ لَعَلى‏ خُلُقٍ عَظيمٍ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ولكن هناك فرق كبير بين حسن الخلق وبين المخادعة والاحتيال! فالقبيح هو أن يأتي الإنسان ويخفّض صوته وينمّق كلامه ويستخدم أسلوباً معيّناً مع طبقة خاصّة من الناس ليستميل قلوبهم، مع أنّ الموجود في قلبه أمرٌ آخر.. فهو يريد أن يخدعهم ويسيطر عليهم.. ويريدهم أن يقتنعوا به ويتّبعوه.. إنّ هذا مكر وخداع يا عزيزي! إنّ هذا ليس مجرّد تغييرٍ في العبارة وتلطيفٍ للكلام، بل هو احتيالٌ ومخادعة، وهذا الأمر قد ينطلي على الشخص المقابل لمدّة يومين، أو أسبوع أو أسبوعين، ولكن بعد ذلك سيفهم ذاك الشخص الآخر أنّه قد خُدع: إذا كانت أخلاقك حسنةً فعلاً، فلماذا صارت سيّئة بعد أسبوعين أو بعد شهر؟! هل السرّ في ذلك أنّك قد حصلت على مرادك، ونلت مطلوبك؟! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هكذا يكون المكر والخداع... وأنا لا يعجبني أمثال هؤلاء، ولم يكونوا يعجبونني منذ البداية أصلاً، فهذا الشخص يتحدّث معي فعلاً، ولكنّ اهتمامه منصبّ على الألفاظ، فهو لا يريد إلاّ تحسين ألفاظه.. يا عزيزي لا تتعب نفسك كثيراً، وتكلّم بشكل تلقائيّ، وأظهر حقيقة ما أنت عليه، فالإنسان سيفهم الأمر في النهاية، وإن لم نفهم اليوم فسنفهم غداً أو بعد شهر من الزمان.. وسنعلم أنّك مخادع، ولذا كن مستقيماً منذ البداية، وأظهر لنا حقيقتك وما أنت عليه واقعاً، بحيث أنّه على الأقلّ إذا ظهرت حقيقتك بعد مدّة من الزمان، [فلا يكون ذلك سبباً لخجلك وافتضاحك]... </w:t>
@@ -793,175 +806,175 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">العلاقة بين المرأة والرجل غير المحرم وحدودها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في الزمان السابق، كنّا نشاهد أمثال هذه الأفعال والتصرّفات... طبعاً هذه الأمور مختصّة بذلك الزمان أمّا الآن فلم تعد موجودة!! لقد كنّا نشاهد هذه التصرّفات.. خصوصاً من بعض النساء السافرات اللواتي كنّ يحاولن أن يتحدّثن بطريقة خاصّة، وكان من الواضح أنّها تمثّل وتتصنّع... [و لكنّ الله سبحانه يقول:] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ولا تَبَرَّجْنَ تَبَرُّجَ الْجاهِلِيَّةِ الأُولى‏}</w:t>
+        <w:t xml:space="preserve">﴿ولا تَبَرَّجْنَ تَبَرُّجَ الْجاهِلِيَّةِ الأُولى‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، والآية التي قبلها: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ إِن اتَّقَيْتُنَّ فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ وقُلْنَ قَوْلاً مَعْرُوفاً}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ إِن اتَّقَيْتُنَّ فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ وقُلْنَ قَوْلاً مَعْرُوفاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. إذا تكلّمتِ مع رجل أجنبي.. إذا "اضطررتِ" للكلام مع رجل أجنبي، فلا تخفضي صوتكِ، ولا تستخدمي أطواراً خاصّة في الكلام، ولا تهزّي رأسك بدلع، ولا تحرّكي حواجبك إلى الأعلى والأسفل، بل تحدّثي بشكل طبيعيّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذا أردت أن تأخذي طفلكِ إلى الطبيب مثلاً، فأخبريه بما يعاني منه بشكل واضح ومختصر، ولا داعي للمجاملات والملاطفات! فهل هذه المجاملات جزء من وصف حالة المريض؟! وهذا الأمر ينطبق على كلّ الموارد الأخرى؛ فالأمر كذلك في الدكّان، وعند بائع الخضار، وفي محلّ الأقمشة، وفي الإدارات الرسميّة... طبعاً هذه الأمور كانت موجودةً في السابق أمّا الآن فلم تعد موجودة أبداً !!!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ...}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ...﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .. إنّ هذه الآية موجّهة لي ولكم، لأنّها لو كانت متعلّقة بنساء النبيّ فقط، فلماذا نقرؤها الآن بعد ألف وأربعمائة سنة؟! وما علاقتها بي أنا؟! فنساء النبي قد مِتنَ جميعاً، ودُفنّ في البقيع أيضاً، وانتهى الأمر، فقوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ...}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ...﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> تعني يا نسائي أنا وأنتم... إنّها موجّهة لأولئك النساء اللاتي يقعن في ألف فضيحةٍ، ثمّ تأتي وتقول: يا سيّد، ماذا نفعل؟ يا سيّد، ماذا نفعل؟ ... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ...}</w:t>
+        <w:t xml:space="preserve">﴿يا نِساءَ النَّبِيِّ لَسْتُنَّ كَأَحَدٍ مِنَ النِّساءِ...﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> أنتنّ لستنّ مثل باقي الأفراد.. فأنتنّ لستنّ كاليهود والنصارى، ولستنّ كالأفراد المنحلّين، فأنتنّ تُعتبرن أنفسكنّ من شيعة أمير المؤمنين وأتباعه... </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَلا تَخْضَعْنَ بِالْقَوْلِ}</w:t>
+        <w:t xml:space="preserve">﴿فَلا تَخْضَعْنَ بِالْقَوْلِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .. لا تخفضن أصواتكنّ، ولا تجعلن صوتكنّ ناعماً ملحّناً جذّاباً، وعندما يرنّ التلفون في المنزل، فلا تتحدّثن بصوت ناعم ولا يكن في صوتكنّ غنج ودلال... </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ}</w:t>
+        <w:t xml:space="preserve">﴿فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فالشيطان يقف مترصّداً، وهو يوسوس بشكل دائم ومستمرّ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حسناً.. لنفرض أنّنا نضمن أنفسنا... (و قد أشار الحقير إلى هذه المسألة في وصيّة أمير المؤمنين</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
@@ -1034,66 +1047,66 @@
         <w:t xml:space="preserve">و لكنّنا لم ندرك سرّ هذه الأفضليّة! فقد قضينا عمراً في الذهاب إلى الصفوف وفي الدراسة والبحث، ولم يكن هناك بجانبنا امرأة، ولم يكن الصفّ مختلطاً.. لم يكن شيء من ذلك موجوداً، فنحن قد درسنا دورة دراسية كاملة بهذا الشكل، [يتحدّث سماحة السيّد بشكل ساخر] فربما ينبغي أن نأخذ دورة أخرى مختلطة لنرى في أيّ الطريقتين نفهم بشكل أفضل!! فربّما نحن إلى الآن لم نفهم بشكل جيّد، وهؤلاء السادة يفهمون بشكل أفضل فينبغي أن نجرّب دورة أخرى لعلّنا نفهم بشكل أفضل!!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هي حقيقة كلّ تلك الأمور؟ إنّها جميعاً وسوسةٌ من الشيطان.. وسوسة شيطانٍ لا غير، وذلك لأنّه لو كانت المسألة متعلّقة بالدرس والفهم، فما علاقة الاختلاط بين النساء والرجال بذلك؟! فلتدرس النساء لوحدهنّ، والرجال لوحدهم، ثمّ ليذهب كل منهم في حال سبيله، فما هو الداعي الضروريّ الذي يحتّم أن يجلسوا إلى جانب بعضهم البعض؟! فيسمع كلّ منهم صوت الطرف الآخر: &gt;يا أستاذ.. لم نفهم هذه النقطة، هل يمكن لك أن تعيدها؟ يا أستاذ.. هل يمكن أن تكتب هذا وتمسح ذاك؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ}</w:t>
+        <w:t xml:space="preserve">﴿فَلا تَخْضَعْنَ بِالْقَوْلِ فَيَطْمَعَ الَّذي في‏ قَلْبِهِ مَرَضٌ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">... فالله تعالى يقول: أنا أعرف منكم بمنْ خلقتُ وبكيفيّة تكوينهم، ولذا لا تخفضن أصواتكنّ، بل تحدّثن بإحكام وحزم، وأغلقن الطريق أمام نفوذ الشيطان، حتّى لا يتمكّن الشيطان من الدخول، ولا يستطيع أن يوجد التوهّم والتخيّل... </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ولا تَبَرَّجْنَ تَبَرُّجَ الْجاهِلِيَّةِ الأولى}</w:t>
+        <w:t xml:space="preserve">﴿ولا تَبَرَّجْنَ تَبَرُّجَ الْجاهِلِيَّةِ الأولى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. ولا تتبعن تلك الآداب الجاهليّة، ولا تُظهرن أنفسكنّ على ذلك النحو، فلا داعي لذلك أبداً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ليس هناك ما يجعل المرأة تتحدّث مع الرجل الأجنبيّ بنفس الطريقة التي تتحدّث فيها مع زوجها، فمن أجل أيّ شيء تفعل ذلك؟ وعلى أيّ أساس؟ فما الذي يجعل المرأة تضحك عندما تتحدّث مع رجل أجنبيّ؟ أو تتبسّم أو تفعل أيّ فعلٍ يشدّ انتباهه إليها؟! إنّ جميع هذه الأمور من الآداب الجاهليّة، ومن حيل الشيطان والنفس الأمّارة من أجل تخريب النفوس، و القضاء على النورانيّة والروحانيّة، واستبدالها بالشهوة والبهيميّة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1301,51 +1314,51 @@
         <w:t xml:space="preserve">إنّ ما أقوله و أدعو له موجود .. نعم موجود في بعض المناطق، وبعض المراكز العلميّة والتعليميّة سواءً في الحوزة أم في غير الحوزة، وحتّى في بعض الجامعات والثانويّات، ولقد ذكرت لكم أنّ هذا الأمر موجودٌ في الكثير من المستشفيات، ففي هذه الأماكن لا يوجد أي علاقة أو ارتباط بين الرجال والنساء [من غير المحارم] ، وهم يدرسون بنحوٍ جيّد، ويتعلّمون بنحوٍ جيّد، ولا يواجهون أيّة مشكلة أبداً. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم.. إن كان المطلوب هو أمرٌ آخر غير العلم والتعليم، فحينها لنا شأنٌ آخر مع المسألة !!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلا تَبَرَّجْنَ تَبَرُّجَ الْجَاهِلِيَّةِ الأُولَى}</w:t>
+        <w:t xml:space="preserve">﴿وَلا تَبَرَّجْنَ تَبَرُّجَ الْجَاهِلِيَّةِ الأُولَى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فليس هناك أيّ داعٍ لكي تتبرّج المرأة للرجل، ومعنى التبرّج هو العرض والإبراز والإظهار، وذلك بأن تعرض المرأة نفسها وأن تبرز نفسها وأن تظهر نفسها!! هذه وظيفتها أمام زوجها ، لا أمام الرجل الأجنبيّ من غير المحارم !!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كذلك يجب على الرجل أن لا يتعامل مع المرأة غير المحرم، بحيث يُحيي الأمل في نفسه !! ففي النهاية نحن رجال ويحصل في أنفسنا أشياء !! ففي النتيجة هناك مرضٌ ! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1403,51 +1416,51 @@
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّنا إذا قصّرنا بحقّ الآخرين، فسيقصّر أحدٌ بحقّنا نحن !!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهذه الدنيا لها حسابها والأمور ليست على عواهنها، فإذا تسامحنا وتساهلنا بحقّ الآخرين، فلنعلم أنّ ذلك قد سُجّل في ملفّنا وسنذوق طعم ذلك في كأسنا يوماً من الأيام !!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَلا تَبَرَّجْنَ تَبَرُّجَ الْجَاهِلِيَّةِ الأُولَى}</w:t>
+        <w:t xml:space="preserve">﴿وَلا تَبَرَّجْنَ تَبَرُّجَ الْجَاهِلِيَّةِ الأُولَى﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> .. هذه المسألة من الآداب.. من الآداب الإسلاميّة، ولكنها الآن بدأت تتغيّر، وأنا لا أعني من قولي "الآن" هذا الزمن بخصوصه، بل هذه الآداب الجاهليّة كانت موجودة في الزمن السابق، ومن الأساليب القديمة في علاقاتهم، وهي من الثقافة الغربيّة التي بدأت ترِدُنا منذ عدّة عقود، فدخلت في بلدنا وفي البلاد الإسلاميّة، فنفذت فيها بعنوان الترقيّ والحداثة الفكريّة، فجاءت لتزلزل كيان العائلة والأسرة وتزيلها من الوجود، فأين كانت هذه المسائل تحصل؟! أين كانت هذه المسائل تحصل في تلك الأزمنة بهذا النحو الذي يحصل الآن؟! متى كنّا نسمع عن فعل مشين؟! أوووه .. كانت الأيام والشهور تمضي قبل أن نسمع مرّة من المرّات أنّ فعلاً مشيناً حصل في مكان من الأماكن في المحلّة الفلانية من المنطقة الفلانيّة... ، أمّا عندما تأتي هذه الثقافة فتهبّ علينا وتنمو في المجتمع، وتجعل عنان العلاقات بيد أولئك الأفراد المعرّضين لنفوذ وساوس الشيطان أكثر من غيرهم، حينها يصبح من الواضح مدى خطورة الأمر الذي وقع على رأس هذا المجتمع!!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تأثير الاختلاط على العبادات وعلى تسافل الإنسان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -2320,72 +2333,72 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و لكن ومع كلّ هذه الأمور، ورغم معرفتي بجميع ذلك.. أقول لكم: لا تقتلوه! فأنا أعرف كلّ هذه الأمور، بل أعرف ما هو أعظم منها، ومع ذلك أقول لكم: لا تقتلوه!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيجيبون: لماذا يا عليّ تمنعنا من قتله؟ وما هو الدليل على ما تقوله؟ فالآية القرآنية تقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَقاتِلُوا أَئِمَّةَ الْكُفْرِ}</w:t>
+        <w:t xml:space="preserve">﴿فَقاتِلُوا أَئِمَّةَ الْكُفْرِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، والله يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ اللَّهَ لا يُحِبُّ كُلَّ مُخْتالٍ فَخُور}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ اللَّهَ لا يُحِبُّ كُلَّ مُخْتالٍ فَخُور﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وهذه الآية ... وتلك الآية... فيعدّدون له بعض الآيات القرآنية التي من هذا القبيل...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فيقول له: يا هذا، أنا من أحضر لكم هذه الآيات وبلّغكم إيّاها! فهل جئتم لتقولوها لي أنا وتواجوهوني بها؟ فهل تتخيّلون أنّني لا أعرف هذه الآيات؟!</w:t>
@@ -2494,133 +2507,140 @@
         </w:rPr>
         <w:t xml:space="preserve">إنّ كلّ ما لدينا وكلّ ما هو موجود هو محوريّة الولاية في جميع الشؤون والأطوار وفي كلّ الموارد، فكلّ شخص التزم بهذا الأمر فقد فاز، وأمّا من توقّف واعترض، وقال: بمَ؟ ولمَ؟، ووقف في وجه هذه المسألة.. فقد خسر.. خسر!! لأنّه قد قدّم سليقته وأنانيّته واستقلاله في مقابل سليقة وإرادة وهويّة الإمام المعصوم عليه السلام.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد.</w:t>
+        <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="00541B26">
       <w:footerReference w:type="default" r:id="rId4"/>
       <w:footerReference w:type="first" r:id="rId5"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1304" w:right="1701" w:bottom="1304" w:left="1701" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:num="1" w:space="720">
         <w:col w:w="8504" w:space="720"/>
       </w:cols>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{2214F1E1-99AB-4029-A81D-DEEF36D4ED78}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{0DB168FB-B078-4023-A6D7-5D4B30F31C34}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{47C44A4B-8BCD-4BF4-8862-8F3886E64A2C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{47C300BA-BA21-4CCD-B124-492A18B5CF45}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2669,61 +2689,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="5" name="_x0000_i0005">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0005"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2826,61 +2846,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="6" name="_x0000_i0006">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0006"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -3775,51 +3795,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4598,61 +4618,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -4927,63 +5022,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>