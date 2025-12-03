--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تأثير العامل الزماني في ملكوت العبادة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الثانية </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -701,71 +714,71 @@
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم العلاّمة يقول في دستوراته: عندما تذهب إلى مسجد النبيّ فكّر برسول اللـه فقط دون غيره، وعلينا أن نرى أنّ السيّدة الزهراء تحت ظلّ الرسول الأكرم. ولكنّ الإنسان يتعجّب من الأفق الذي يتمّ الحديث فيه بين الناس.. اللـه تعالى هو الشاهد على أنّي عندما كنت في السفر الأخير الذي تشرفت فيه بالذهاب إلى المدينة لم يأت إلى فكري أبداً أنّ هذين الرجلين موجدين هناك، لم أفكّر بذلك إطلاقاً، نعم أحياناً كان يأتي الكلام عنهما، ولكن خارج المسجد لا في داخله، هنا يوجد رسول اللـه، فبماذا تريد أن تفكّر؟ وإلى ماذا تريد أن تنظر؟ عندما يكون رسول اللـه موجوداً هناك يعني أن الكلّ موجود، ماذا يقول حافظ؟ حافظ يعطينا هذا الدستور:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نيست بر لوح دلم جز ألف قامة يار *** چه كنم حرف دگر ياد نداد استادم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول:لا يوجد في لوح قلبي إلاّ الألف التي في قامة الحبيب وماذا أفعل إن لم يكن أستاذي قد علّمني غير ذلك؟)</w:t>
+        <w:t xml:space="preserve"> (يقول:لا يوجد في لوح قلبي إلاّ الألف التي في قامة الحبيب وماذا أفعل إن لم يكن أستاذي قد علّمني غير ذلك؟)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم إنّ ما أراه أمامي هو قامة الحبيب فقط، وأمّا الآخرون فلا أعتبرهم أبداً مهما كانوا، فليكن مع النبيّ عشرة أشخاص آخرين فلا دخل لي بذلك، ولو كان وحيداً فلا علاقة لي بذلك، وكذا لو كان لديه الكثير من الأشخاص.. لا علاقة لي بذلك. بينما نحن نفعل خلاف ذلك، فعندما يكون المجلس مزدحماً نقول: الحمد للـه اليوم المجلس جيّد، فقد حضر الكثير إلى المجلس، وصار الذكر كثيراً، لكن إذا حصل أن أتى القليل من الناس لسبب أو لآخر نقول: في النهاية علينا أن نقوم بتكليفنا في إقامة المجالس.. ما هذا؟ هذا عبارة عن النظر إلى الكثرات، والكثرات: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{كَسَرَابٍ بِقِيعَةٍ يَحْسَبه الظمآنُ مَاء}</w:t>
+        <w:t xml:space="preserve">﴿كَسَرَابٍ بِقِيعَةٍ يَحْسَبه الظمآنُ مَاء﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فعندما نعتلي المنبر ونرى أنّ الناس كثيرون نقول: جيّد.. جيّد، لكنّ هذا سراب!! هل تريد البرهان على ذلك؟ انظر ما يحصل عندما تقع أيّة هزّة بسيطة؛ سترى كلّ هذه الأعداد قد ذهبت مع الريح، لتصبح في النهاية خمسة أشخاص.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قصّة سفير الحسين مسلم بن عقيل وعلّة نقض أهل الكوفة للبيعة</w:t>
@@ -972,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لكن أين هو «الحال» الذي يجلب الفهم؟ وأين هو «الحال» الذي يجلب الإدراك؟ ذلك «الحال» الذي يفتح لك فهمك ويزيد من إدراكك، فلا تبقى مثل ذلك الرجل ذي الثمانين عاماً الذي يقول: أنا عندما دخلت إلى المدينة وإلى قبر النبيّ، لم يعد لي أيّ مهجة على الزيارة ولا على الدعاء بسبب ذينك الرجلين الذين يرقدان بجانبه!! فما هو هذا الحال؟ إنّه فقاعة ليس أكثر.. فقط فقاعة.. وهي تزول بأقلّ نفخة.. لأنّها فارغة ليس فيها إلاّ الهواء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بعد هذه الحادثة التقيت بذلك الرجل فكحّلت ناظريّ بطلعته البهيّة، فقال لي: اذهب إلى سماحة العلاّمة وقل له: أن يجعلنا نقرأ في عصر الجمعة زيارة عاشوراء بدلاً من دعاء السمات، ألا تعتقد أنّ ذلك أفضل؟ فنظرت إليه، وقلت: يا سيّء الحظ، إنّ قلبي لا يحترق من أجلك، بل قلبي يحترق على والدي الذي ينبغي أن يضيّع وقته مع أمثالك ... [ضحك من سماحة السيّد] .. (بالطبع أنا قلتها بطريقة المزاح وليس بهذه الجديّة) وقلت له: يا عزيزي، أصلاً هل تنسجم زيارة عاشوراء مع جلسة عصر الجمعة؟! لكلّ شيء مقامه الخاصّ وموطنه الخاصّ. فقال لي: ما شأنك أنت؟ فقط إذهب واسأله هذا السؤال. قلت له: حسناً </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وما على الرسول إلا البلاغ}</w:t>
+        <w:t xml:space="preserve">﴿وما على الرسول إلا البلاغ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فذهبت وأنا ملئيَ الخجل، فماذا أقول له؟ فواقعاً كان والدي مسكيناً ليضيّع وقته مع أمثال هؤلاء!! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذهبت إليه وقلت له: سيّدنا، قبل أن أذكر لك ما عندي أعتذر مسبقاً وأتأسّف مسبقاً، ولكنّ فلان يقول: هل تجيز لنا أن نقرأ في جلستنا زيارة عاشوراء بدلاً من دعاء السمات؟ فنظر إليّ السيّد، وقال: لا!! أبداً، بل يقرؤون ما ذكرت لهم وحسب. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -1342,88 +1355,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{983C0F7D-3923-452E-BE7B-7E1F20943875}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{FE26C525-9461-4D0D-86F2-0DA0730D7CD5}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{35CA6B98-AFC7-47F9-8455-71DCAC08A46F}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{8956FF07-114D-4844-8A10-0079AF43EB44}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1472,61 +1492,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="51" name="_x0000_i0051">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0051"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1629,61 +1649,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="52" name="_x0000_i0052">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0052"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2307,51 +2327,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3130,61 +3150,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3459,63 +3554,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>