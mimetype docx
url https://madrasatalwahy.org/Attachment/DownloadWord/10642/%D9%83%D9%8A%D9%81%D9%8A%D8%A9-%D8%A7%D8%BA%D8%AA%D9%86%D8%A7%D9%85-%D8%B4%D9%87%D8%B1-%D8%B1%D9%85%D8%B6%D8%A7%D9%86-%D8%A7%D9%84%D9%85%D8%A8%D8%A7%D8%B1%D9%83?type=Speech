--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,75 +75,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كيفية اغتنام شهر رمضان المبارك</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤٣٢ هـ ق – المحاضرة الاولى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ألقاها: </w:t>
+        <w:t xml:space="preserve">محاضرة ألقاها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">آية الله الحاجّ السيّد محمّد محسن الحسينيّ الطهرانيّ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قدس الله سره</w:t>
       </w:r>
@@ -818,70 +831,58 @@
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكان المرحوم الوالد قد أوصى جميع الخطباء أن لا يذكروا اسمه أصلاً، وبالفعل هذه السُنّة قبيحة جدّاً، وهي للأسف من الأمور المتعارف عليها فيما بيننا، حيث ينبغي حتماً أن نمزج مجالس الأئمّة عليهم السلام بتعظيم غير الإمام؛ فإن كان هناك مؤسّس للمجلس، فلا بدّ للخطيب أن يقول: رحم اللـه فلاناً مؤسّس هذا المجلس وإن شاء اللـه يفيض عليه من لطفه… وإذا لم يذكر هذه العبارة يضعون المشنقة في رقبته، أو إن كان هناك إمام جماعة فينبغي كذلك أن يذكر اسمه، وهكذا…، ولن أكمل في تفصيل المسألة…، بل العاقل تكفيه الإشارة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">در منزل كس است ديگر که حرف بس است *** ... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: يوجد في المنزل أحدٌ , ولذا فقد انتهى الكلام)</w:t>
+        <w:t xml:space="preserve"> (يقول: يوجد في المنزل أحدٌ , ولذا فقد انتهى الكلام)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم كان الوالد يطلب منهم أن لا يأتوا على ذكره أبداً، وإذا ذكره أحد كان يعاتبه بشدّة أن: ألم نقل لك؟ ألم نشترط عليك؟ فلم ذكرت اسمنا؟! اصعد المنبر وقل ما عندك ثمّ انزل! فهل هناك شيء آخر؟! فهل هناك شيء آخر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا نسأل اللـه أنّ يتركوا هذه العادة إن شاء اللـه.. واقعاً علينا أن نترك هذه الأمور، علينا أن نعود إلى وجدانيّاتنا وفطريّاتنا، ينبغي أن نرفع اليد عن هذه التصرّفات، فهل ينبغي أن نتحدّث بكلّ شيء يطرأ على بالنا، لماذا نمزج المسائل ببعضها، يا عزيزي: ليس لدينا إلاّ أربعة عشر معصوماً وفقط، فماذا تريد بعد ذلك؟! إن كنت تريد الروايات والأحاديث فستجد ذلك عندهم، وإن كنت تريد أن تذكر قصصاً وتعرض التاريخ فستجد ذلك عندهم أيضاً، وستجد عندهم المواضيع الأخلاقيّة والمواضيع الاجتماعيّة، ستجد كلّ ما تريد…، فمع وجود أربعة عشر معصوماً فماذا يبقى بعد ذلك؟! فماذا يتبقّى لكي تأتي وتستبدل ذلك الجوّ العابق بالصفاء والروحانيّة بمواضيع أخرى وتعابير أخرى، من الذي يعطينا تلك المواضيع؟ نعم واقعاً ينبغي أن لا نعود إلى أمثال ذلك.. كفانا ذلك. </w:t>
       </w:r>
@@ -890,63 +891,58 @@
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، كان ذلك الرجل في يوم من الأيام متأثّراً بسبب مسألة من المسائل، وصار متحمّساً جداً وبدأ بالتكلّم، ثمّ في وسط الكلام قال فجأة: ألا تأتون لترَوا هذا الرجل (وهو يشير بذلك إلى العلاّمة الطهراني قدّس سرّه وكان جالساً أسفل المنبر) فهذا الرجل لم يقصّر معكم، تعالوا وانظروا، وأمثال هذا الكلام..!! ومن ضمن ما ذكره قال: أنا لا أعلم ما السرّ المخفيّ في هذا الرجل.. (طبعاً صار وجه العلاّمة أحمراً من الخجل، ووضع رأسه في الأسفل بينما استمرّ ذلك الرجل بكلامه دون حرج.. [ضحك من سماحة السيّد]، فماذا يقدر العلاّمة أن يفعل الآن؟ فليس له إلاّ التسليم:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">حساب داده بده واز كبين گره بگشای *** که بر من وتو در اختیار نشده است *** </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="ContentNormal_MS_V1"/>
-[...3 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(يقول: ادفع الحساب المطلوب و لا تقطّب جبينك، فباب الاختيار لم يفتح لا لي ولا لك)</w:t>
+        <w:t xml:space="preserve"> (يقول: ادفع الحساب المطلوب و لا تقطّب جبينك، فباب الاختيار لم يفتح لا لي ولا لك)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، أحنى العلاّمة رأسه إلى الأرض خجلاً، بينما استمرّ الرجل بالكلام قائلاً: أنا لا أعلم ما هي الخصائص المودعة في هذا الرجل، بحيث أنّ الإنسان عندما يجلس معه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فإنّه يتغيّر وينقلب حاله حتّى لو لم ينبس ببنت شفة!! حتّى لو لم يتكلّم معه وبقي جالساً! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
@@ -1887,88 +1883,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6041BFCD-2D71-4D07-8C80-CD768D9FE1C7}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{6BF9A1B8-147F-4AF4-BDE8-1D580E7028F7}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{1C1353D4-0D8F-432D-8665-CA8791E30D4A}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F7AD07C7-8AF6-4220-B4BE-07F031CF0A60}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2017,61 +2020,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="49" name="_x0000_i0049">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0049"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2174,61 +2177,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="50" name="_x0000_i0050">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0050"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2806,51 +2809,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3629,61 +3632,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3958,63 +4036,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>