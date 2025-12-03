--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مقام الخوف والرجاء عند أولياء الله تعالى</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤۱٥ هـ ق- المحاضرة الخامسة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها </w:t>
@@ -303,191 +316,191 @@
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما نقرأ هذه الفقرة من الدعاء: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«من أين لي النجاة ولا تُستطاع إلاّ بك»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> يمكن أن يخطر هذا السؤال في ذهننا: هل أولياء الله والأئمة عليهم السلام، في مقام الخوف والرجاء أيضاً؟ أم إنّهم قد تخطّوا هذه المرتبة وتجاوزوها؟ وبعبارة أخرى: ألا يعلم هؤلاء بأنّهم قد نجحوا وفازوا وأنّ الأمر قد انقضى وأنّ مأواهم ومنزلهم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{في‏ مَقْعَدِ صِدْقٍ عِنْدَ مَليكٍ مُقْتَدِر}</w:t>
+        <w:t xml:space="preserve">﴿في‏ مَقْعَدِ صِدْقٍ عِنْدَ مَليكٍ مُقْتَدِر﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، وأنّهم قد وصلوا إلى الغاية القصوى التي لا غاية ولا مرتبة بعدها؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و من ناحية أخرى نلاحظ في هذه الأدعية الصادرة عن الأئمة عليهم السلام: كدعاء أبي حمزة ودعاء كميل وغيرهما من الأدعية ... أنّهم سلام الله عليهم يظهرون أنفسهم كالمساكين والضعفاء، ونلاحظ أنّ حالة الخوف كانت تتملّكهم عند قراءة هذه الأدعية المباركة. فكيف ينسجم ذلك مع قوله تعالى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون‏}</w:t>
+        <w:t xml:space="preserve">﴿أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ وكيف يمكن الجمع بين الأمرين؟ فالآية الكريمة تصرّح بأنّ أولياء الله لا خوف عليهم أبداً، وقد ورد التعبير عنه بصيغة النكرة في سياق النفي، ومع أنّه ليس نفياً للجنس ولكنّ ورود (النكرة في سياق النفي ) له دلالة على النفي المطلق.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فمن هذه الجهة لا يوجد أيّ خوف بعد ذلك، ولماذا يكون هناك خوف أصلاً لشخص قد أتمّ سيره وتخطّى كلّ مراتب الأنا، ولم تبقَ له نفسٌ أساساً حتّى يُحتمل من هذه النفس أن تعصي أو تخالف ؟! فمثل هذا الشخص ممّ يخاف؟ إنّ مثل هذا الشخص لم يعد للخوف مكان عنده.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فما هو معنى الخوف هنا؟ .. يقول تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون}</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> .. الخوف يكون من أمر مستقبل نترقّب وقوعه، أمّا الحزن فيكون لأمر قد فات بالماضي، وكلّ من هذين الأمرين موقع له عند أولياء الله سبحانه.</w:t>
+        <w:t xml:space="preserve">﴿لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الخوف يكون من أمر مستقبل نترقّب وقوعه، أمّا الحزن فيكون لأمر قد فات بالماضي، وكلّ من هذين الأمرين موقع له عند أولياء الله سبحانه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بيان الفخر الرازي في المقام وفساد زعمه </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما تعّرض الفخر الرازي لتفسير قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِذْ يَقُولُ لِصاحِبِهِ لا تَحْزَنْ إِنَّ اللَّهَ مَعَنا}</w:t>
+        <w:t xml:space="preserve">﴿إِذْ يَقُولُ لِصاحِبِهِ لا تَحْزَنْ إِنَّ اللَّهَ مَعَنا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ في إشارة إلى مقاله رسول الله صلّى الله عليه وآله لأبي بكر في الغار ـ حاول باستدلالات واهية وضعيفة وساق أحد عشر أو اثني عشر دليلاً ليثبت من خلالها عصمة أبي بكر، لا مجرّد مقام أو مرتبة يسيرة، بل العصمة !! وخلاصة استدلاله أنّ رسول الله صلّى الله عليه وآله وسلّم لا يتلفّظ بكلامه جزافاً أو عبثاً .. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وما يَنْطِقُ عَنِ الْهَوى‏}</w:t>
+        <w:t xml:space="preserve">﴿وما يَنْطِقُ عَنِ الْهَوى‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.. ومن ناحية أُخرى لا يمكننا قطعاً أن نحمل الحزن في كلام الرسول على الحزن من أجل الأمور الدنيويّة ؛ وذلك لأنّ كلام النبيّ ينبغي أن يُحمل على أكمل الأفراد وأتمّها، ومن هنا فأيّ الحزنين أتمّ وأرقى: الحزن الدنيويّ أم الأخرويّ؟ وأيّهما هو اللائق بمقام النبوّة؟ الحزن الأخرويّ طبعاً! لأن الدنيا فانية ولا قيمة لها. فظهر أنّ النبي عندما قال لأبي بكر: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«لا تحزن»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -533,169 +546,169 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إخبار في الواقع، وكأنّه يقول له: لا تحزن؛ لأنّ مقامك وآخرتك لا تستدعي الحزن، وبمعنى آخر: فإنّ آخرتك مضمونة !! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">و لكن لنا أن نسأل صاحب هذا الرأي: إذا كان هذا هو المقصود فما معنى قوله </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إنّ الله معنا}</w:t>
+        <w:t xml:space="preserve">﴿إنّ الله معنا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟! فما هو معنى أن يقول له: (إنّ آخرتك مضمونة، إنّ الله معنا)؟! وعلى هذا المعنى الذي ذكره، هل يبقى لعبارة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إنّ الله معنا}</w:t>
+        <w:t xml:space="preserve">﴿إنّ الله معنا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> موقع في الكلام؟! على كل حال، إنّ هذا الكلام والاستدلال بيّن الفساد وواضح البطلان.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوجه في حزن أولياء الله وخوفهم </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والآن فلنبحث في أولياء الله: إذا لم يكن عند أولياء الله جانب الحزن ولا الخوف، فما هو معنى هذه الحالات التي تصدر منهم ؟! وما هي حقيقة هذا البكاء والتفجّع الذي نراه منهم؟! هذه المسألة مسألة عويصة، والجمع بين الأمرين صعب ومستصعب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نعم، يمكننا أن نحلّ الأمر ببساطة كما يصنع البعض حيث يقولون: إنّ حزنهم نابع من ترك الأولى، وبكاؤهم لأنّهم لم يقوموا بفعل الأولى. ولكنّ هذا الجواب لا ينفع، بل الإشكال باقٍ على حاله، فالكلام السابق ينطبق حتّى على ترك الأولى ؛ لأنّ المعصوم إذا كان معصوماً فلا يمكن أن يصدر منه تركٌ للأولى، وهذا ما يدل عليه قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّما يُريدُ اللَّهُ لِيُذْهِبَ عَنْكُمُ الرِّجْسَ أَهْلَ الْبَيْتِ ويُطَهِّرَكُمْ تَطْهيراً}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّما يُريدُ اللَّهُ لِيُذْهِبَ عَنْكُمُ الرِّجْسَ أَهْلَ الْبَيْتِ ويُطَهِّرَكُمْ تَطْهيراً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فالإمام قد وصل إلى مقام الطهارة المطلقة .. فكلمة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{تطهيراً} </w:t>
+        <w:t xml:space="preserve">﴿تطهيراً﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تشير إلى مقام الطهارة المطلقة، وفعل الأولى أو تركه داخل تحت دائرة الطهارة المطلقة، ومن يصل إلى هذه المرتبة فلا يصدر منه تركٌ للأولى، وإلاّ فهو لم يصل إلى الطهارة الواقعيّة، والحال أنّنا نعتقد أنّ الأئمة عليهم السلام قد وصلوا إلى مقام الطهارة المطلقة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فإذا كان الأمر كذلك، فما هو معنى ما صدر عنهم عليهم السلام؟ ما هي حقيقة ذلك البكاء الصادر من أمير المؤمنين في جوف الليل؟! لا شك أنّ أولياء الله لا يبكون من أجل الدنيا ولا يحزنون لفقدها، ولو كان عندهم بمقدار هذا العالم ذهباً ثمّ فقدوه لما تأثّروا أبداً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">و كذلك هم لا يحزنون على ما فات، فالحزن على ذلك لا معنى له بالنسبة إليهم ؛ لأنّ الأولياء يرون أنّ كلّ ما سوى الله هو من مسبَّبات ومعلولات الأسماء الإلهيّة، وحيث إنّهم مجرى إفاضة ذلك الاسم، فلا معنى لأن يحزنوا لفوات أمر من هذه المسبَّبات. فحينما يكون الإمام عليه السلام مُجرياً لعالم الإمكان، فلا يمكن أن يحزن لخسارة أرض أو منزل أو مزرعة أو عقار .. وعندما يرى أنّ كلّ فعل في هذا العالم من الله سبحانه، فلن يصيبه الحزن لموت أحد أولاده أو زوجته أو لفقدان أرضه مثلاً. ولو أصابهم الحزن كان دافع ذلك الحزن أمراً معنويّاً. فعندما تنهّد أمير المؤمنين قائلاً (آه) عند حديثه عن عثمان بن مظعون: كان لي أخ ... وعدد فيها صفاته وأخلاقه</w:t>
+        <w:t xml:space="preserve">و كذلك هم لا يحزنون على ما فات، فالحزن على ذلك لا معنى له بالنسبة إليهم ؛ لأنّ الأولياء يرون أنّ كلّ ما سوى الله هو من مسبَّبات ومعلولات الأسماء الإلهيّة، وحيث إنّهم مجرى إفاضة ذلك الاسم، فلا معنى لأن يحزنوا لفوات أمر من هذه المسبَّبات. فحينما يكون الإمام عليه السلام مُجرياً لعالم الإمكان، فلا يمكن أن يحزن لخسارة أرض أو منزل أو مزرعة أو عقار وعندما يرى أنّ كلّ فعل في هذا العالم من الله سبحانه، فلن يصيبه الحزن لموت أحد أولاده أو زوجته أو لفقدان أرضه مثلاً. ولو أصابهم الحزن كان دافع ذلك الحزن أمراً معنويّاً. فعندما تنهّد أمير المؤمنين قائلاً (آه) عند حديثه عن عثمان بن مظعون: كان لي أخ ... وعدد فيها صفاته وأخلاقه</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أو ما قاله عن زيد: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«رحم الله زيداً: كان قليل المؤونة، كثير المعونة»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -828,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">العروج إلى مقام جمع الجمع </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الحديث الآن حول علم أولياء الله بمآلهم، هل يعلمون أم لا؟ وثانياً: لو فرضنا أنّهم كانوا غير مطّلعين أليسوا هم في مقام اليقين فعلاً؟! وحينئذ ألا يتنافى اليقين مع تلك الحالات؟! فمن جهة يقول عنهم الله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون‏}</w:t>
+        <w:t xml:space="preserve">﴿لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، ومن جهة نجد هذه الأدعية وهذا البكاء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> هذا هو ما يسمّى بمقام جمع الجمع ومقام الجامعيّة فنحن الآن نصوم، ونبقى جائعين حتّى وقت الإفطار، وعندما نكون صائمين بعد الظهر ونشعر بالجوع، فهل الحاكم على وجودنا هو الجوع أم الشبع؟! هل يمكننا أن نحكّم على وجودنا في ذلك الوقت حالة الشبع؟! نحن جائعون، حالتنا حالة الجائع، ثمّ أفطرنا وصرنا نشعر بالشبع ولا أثر للجوع لدينا، فهل يمكننا أن نحكّم على وجودنا حالة الجوع؟! لا يمكننا مهما حاولنا، إلاّ أن يمرّ الوقت ويمرّ حتى تخلو معداتنا مرّة أخرى، حينها نشعر بالجوع مرّة أخرى، فنحن إذن لا يمكننا أن نشعر في حال واحد بشعورين شعور بالجوع وشعور بالشبع، فهل أولياء الله هم كذلك؟ إذا استطعنا أن نشعر نحن بهذين الشعورين معاً فقد عرفنا حقيقة مقام الخوف الذي عليه أمير المؤمنين عليه السلام.</w:t>
@@ -961,96 +974,96 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فطام الواليّ نفسه عما سوى الله </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأمير المؤمنين وأولياء الله الذين لا يلتفتون إلى المسائل المادّيّة هل هم داخلون تحت آية </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون}</w:t>
+        <w:t xml:space="preserve">﴿لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‏؟ فمعنى قوله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون}‏ </w:t>
+        <w:t xml:space="preserve">﴿أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون﴾‏ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو: يا أيّها الناس اعلموا أنّ أولياء الله لم يعد بإمكان ما سوى الله أن يدخلهم في خوف أو في حزن، لقد خرجوا من دائرة الحزن والخوف ممّا سوى الله. فما هو الخوف الباقي؟ فقط هو الخوف من الانقطاع أو عدم الاتصال، الخوف هو من ذلك. أمّا ما سوى الله فلا يُخيف. نحن الذين نضطرب ونخشى من شؤون الحياة اليوميّة ومن الذنوب وغيرهما: هل سأحصل على الرزق أم لا؟ هل سأوفّق لكذا وكذا أم لا؟! أمّا أولياء الله فقد خرجوا عن تأثير العلل والمعلولات، والأسباب والمسبّبات، والآثار والمؤثّرات. ما يهمّهم هو أن لا يحدث في وقت من الأوقات أن يبدّل الله نظره وقضاءه فيهم، لا شيء آخر، أمير المؤمنين عندما يقول في دعاء كميل</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: «هبني صبرت على حرّ نارك فكيف أصبر عن النظر إلى كرامتك»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> معناه: أنّ الدخول إلى جهنّم ليس مهمّاً بالنسبة لي، هذه النار هي ممّا سوى الله، بالنسبة إليّ ليست آلام الدنيا مهمّة، فهي ممّا سوى الله، بالنسبة إليّ ليس الدخول إلى الجنّة مهمّاً، فالجنّة هي ممّا سوى الله، المهمّ هو أن يبقى هذا الارتباط بيني وبينك وتبقى سائر الأمور جانباً. ما يهمّني أن لا تحوّل نظرك عنّي للحظة واحدة، هذا ما يخيفني، لا ما سوى الله، فما سوى الله لا خوف منه. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون}</w:t>
+        <w:t xml:space="preserve">﴿أَلا إِنَّ أَوْلِياءَ اللَّهِ لا خَوْفٌ عَلَيْهِمْ ولا هُمْ يَحْزَنُون﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">‏. ارتفع كلّ حزن وخوف، ولم يبق سوى الحزن والخوف الناشئين من الارتباط بك. لو جاء الله وقال لي: لا علاقة لي بك الليلة، فماذا يقول عليّ في هذه الحالة؟ إنّه يقول: أنا لا أحتمل للحظة واحدة أن ترفع عنّي نظرك، أنا أرضى بكلّ شيء سوى ذلك. مثلاً لو كان هناك عاشق وجاء إلى باب معشوقه فقال المعشوق له: لأشبعنّك ضرباً وأذى، لقال: لا بأس. ولو قال له: لأخبرنّ الناس عنك أخباراً تذهب ماء وجهك، لقال: لا بأس. طبعاً هذا إذا كان عاشقاً حقيقيّاً. ولو قال: لأذهبنّ بجميع أموالك وممتلكاتك، لقال: لا بأس. وقد رأيت ذلك ولاحظت مثل هذه القضايا عند بعض العاشقين، وأنا أسأل الله أن يرزقني حالاً كهذه بنحو الحقيقة.. بل حتى لو كانت بنحو المجاز فهي حسن أيضاً. فهذه حال عجيبة. يقول: أنت فقط قل لي: أنا أريدك. العاشق يريد من المعشوق هذه الكلمة فقط: أن يقول: أنا أريدك وافعل بي ما شئت. المهمّ أن لا يقول له: لا أريدك. يقول: خذ مالي، اذهب بماء وجهي وبكلّ ما سواك، بل حتّى اقتلني، فلا بأس! ولكنّي أريدك. أمّا لو قال المعشوق للعاشق: أنا لا أريدك وسأعطيك كلّ أموال الدنيا، فهذا ما يخيف العاشق. وخوف أمير المؤمنين هو من ذلك، خوفه أن يقول الله: هذه الليلة لا أُريد عليّاً، وهذا هو معنى: (هبني صبرت على حرّ نارك). يقول: إن شئت أن تلقيني في جهنّم فألقني في جهنّم! نحن لا نملك حال أمير المؤمنين، ولكن أمير المؤمنين في هذه الحال يعي ما يعبّر عنه. وقد أفاد الإمام الحسين عليه السلام في دعائه هذا المعنى أيضاً: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«إلهي إنّ اختلاف تدبيرك وسرعة طواء مقاديرك منعا عبادك العارفين بك عن السكون إلى عطاء واليأس منك في بلاء»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1078,144 +1091,144 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">طرف من أسرار سيرة يونس مع قومه </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد ذهب النبيّ يونس مغاضباً أن لماذا يعبد هؤلاء الأصنام؟ فدعا عليهم أن يا ربّ أهلكهم! </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَذَا ٱلنُّونِ إِذ ذَّهَبَ مُغَٰضِبًا فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ}</w:t>
+        <w:t xml:space="preserve">﴿وَذَا ٱلنُّونِ إِذ ذَّهَبَ مُغَٰضِبًا فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ذَّهَبَ مُغَٰضِبًا}</w:t>
+        <w:t xml:space="preserve">﴿ذَّهَبَ مُغَٰضِبًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فمن جهة هو نبيّ، ودعاء النبيّ وسخطه على قومه له أثره، فقلب الوليّ هو عين المشيئة الإلهيّة. دعا إلاّ أنّ هذا الدعاء لم يؤثّر؛ ففرّ من قومه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ}</w:t>
+        <w:t xml:space="preserve">﴿فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وتصوّر أنه ما دمنا قد استجبنا دعاءه فلا بدّ أن يفرّ. يا ذا النون لا تطمئنّ بأنّ الله قد استجاب دعاءك على قومك، فأنت بالنسبة إلينا كواحد من هؤلاء القوم، أنت ومن يخالفك سيّان عندنا. فإذا ما غيّر هذا المخالف ما في نفسه فإنّي أغيّر قضائي أيضاً، فقلبه كذلك هو مجرى لمشيئتي. فكما أنّ قلبك أنت كنبيّ مجرى لمشيئتي، كذلك قلب العاصي المذنب هو مجرى لمشيئتي. لقد كنت في غفلة عن هذا الجانب، فنظرت إلى المسألة من جانب واحد فقط. كنت تظنّ أنّا جعلنا الأمر بيدك تضرب وتبتعد جانباً. لا يا عزيزي! فأنت واحد من سكّان هذا العالم، والآخرون هم هؤلاء القوم: إذا تغيّروا فإنّا نقلب الأمر عليك! فإنّك وإن كنت نبيّاً ولكنّك واحد من الناس، وهذا واحد كذلك وذاك واحد...! فبالنسبة إلينا لا فرق بينك أيّها النبيّ وبينهم! لماذا رأيت حال التوجّه الذي جاءك منّي، بينما لم تر حال عصيانهم منّي؟ ولماذا فصلت بينهم وبيني؟ أليسوا عبادي؟! فهم في النهاية عبادي، وأنتم جميعاً تجلسون على مائدتي، فمن الذي رفعك إلى هذه الدرجة؟ &gt;من أين لي النجاة؟</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> {فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ}</w:t>
+        <w:t xml:space="preserve"> ﴿فَظَنَّ أَن لَّن نَّقْدِرَ عَلَيْهِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: تصوّر أنّه سيخرج سالماً فأخذنا بتلابيبه، فشعر أنّه خرج رحمة الله وسقط في ظلمات ثلاث: ظلمة بطن الحوت وظلمة أعماق البحر وظلمة الليل. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَنَادَىٰ فِى ٱلظُّلُمَٰتِ أَن لَّآ إِلَٰهَ إِلَّآ أَنتَ}</w:t>
+        <w:t xml:space="preserve">﴿فَنَادَىٰ فِى ٱلظُّلُمَٰتِ أَن لَّآ إِلَٰهَ إِلَّآ أَنتَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. ولا بدّ أنّ هذا الحوت قد ضغطه عدّة ضغطات فشعر أنّها النهاية، وأنّه صار في خطّ المواجهة مع الموت. يا ربّ لقد أخطأت! هذا هو فرك الأذن الصادر عن مقام الجلال، ما يجعل الإنسان منقطعاً عن كلّ شيء، لا صديق ينفعه ولا أب ولا أُمّ ولا زوجة ولا أولاد ولا مال، يرى نفسه في ضيق يجعله يعترف ويقرّ أنّي أخطأت يا إلهي! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">جاء السيّد جمال الدين الگلبيگاني إلى مقام الإمام عليّ وقال له: يا عليّ لقد خدِعت، أنا لم أعد أقدر، كان الإمام عليّ قد ألقاه في البلاء إلى درجة سلب منه كلّ شيء، وقصّته مفصّلة ومعروفة. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{فَنَادَىٰ فِى ٱلظُّلُمَٰتِ أَن لَّآ إِلَٰهَ إِلَّآ أَنتَ}</w:t>
+        <w:t xml:space="preserve">﴿فَنَادَىٰ فِى ٱلظُّلُمَٰتِ أَن لَّآ إِلَٰهَ إِلَّآ أَنتَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. هنا قال: أنت المؤثّر فقط، إن كنت أنت من جعلني نبيّاً فأنت من جعلهم على حالهم التي هم عليها أيضاً، عندها قال له الله: يا يونس اذهب وتعايش مع الناس.. اذهب وانسجم معهم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">النبيّ محمّد صلّى الله عليه وآله لم يكن كذلك في وقت من الأوقات، ولذا كان يقول في تلك الليالي: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1344,51 +1357,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">مقام (لا مؤثّر في الوجود إلاّ الله) ولا هو إلاّ هو </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ومن وصل إلى مقام الأسماء والصفات والمشيئة ـ التي هي مشيئة واحدة في العالم تفعل أيّ فعل وليس أمامها أيّ رادع: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{يَمْحُو اللَّهُ ما يَشاءُ وَيُثْبِت‏}</w:t>
+        <w:t xml:space="preserve">﴿يَمْحُو اللَّهُ ما يَشاءُ وَيُثْبِت‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، أي: يفعل الله ما يشاء ويحكم ما يريد، من وصل إلى مقام المشيئة المطلقة التي لا رادع لها فلا يمكن أن لا يكون مضطرباً، وإن كان بإمكانه أن يبدّل العالم كلّه بإشارة واحدة، فيشقّ القمر ويستدعي الشجرة، ولو كان حاكماً على جبرائيل، وآمراً لإسرافيل وميكائيل، كلّ ذلك هو ما سوى الله. أمّا ذات الله فماذا؟ القلق من ذات الله. لذا هنا عندما يبذل السالك كامل جهوده ويطوي العوالم والحجب يصل إلى مرحلة لا بدّ أن يخرج فيها عن نفسه، الآن كيف يخرج عن نفسه؟ لقد كان حتّى الآن يقوم بكلّ أفعاله بواسطة النفس.. كان يصلّي بواسطة النفس.. يقوم بالمجاهدة بواسطة النفس.. يطوي عوالم النور بواسطة النفس، عندما كان يتجاوز عالم النور والحور العين وما شابه هل كان بغير النفس؟ لا بل كان بالنفس، يصل إلى مرحلة لا يبقى إلاّ النفس، فكيف سيترك النفس، النفس لا يمكن أن تخرج عن نفسها بنفسها، هنا تبقى وحيدة وتبدأ بالصراخ: ماذا أصنع؟ هنا يأتي دور أمير المؤمنين، وهذا معنى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«السلام عليك أيّها الزناد القادح»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. حيث يأتي أمير المؤمنين ويحرق هذه النفس، فالإنسان يصل إلى مرحلة تتبدّد فيها جميع الآمال. لقد كان حتّى الآن يتكّئ على هذه النفس، والآن يريد أن يقدّم هذه النفس. لقد طوى كلّ العوالم من الملكوت إلى اللاهوت إلى الجبروت، ووصل إلى مكان لم يبق فيه إلاّ نفسه، فكيف يزيل نفسه؟! هل يمكن لهذا الكوب أن يكسر نفسه بنفسه؟! أم أنّه يحتاج إلى يدّ لتضغط عليه وتكسره؟ أمّا هو فلا يمكنه أن يكسر نفسه. وهذا الماء هل يمكنه أن يسكب نفسه في الكوب؟ لا يمكن. والإنسان يصل إلى مرحلة تفنى فيها صفته واسمه وفعله، فيفهم التوحيد الأفعالي والصفاتي والأسمائي، يفهم الاسم والصفة، يشعر بكلّ ذلك ولكن يبقى تعيّنه، وإذا كان هناك تعيّن باق فلا يمكن أن يفهم التوحيد الذاتي، فلا بدّ أن يأتي من يعلّمه التوحيد الذاتي، من هو الذي يأتي؟ إنّه أمير المؤمنين. ولذا يقول المرحوم العلاّمة: عندما يصل السالك إلى هذه المرحلة يأتي أمير المؤمنين. ولا يعنى ذلك أنّه قبل ذلك لم يكن أمير المؤمنين، لا بل هو الذي كان، ولكن السالك كان يظنّ أنّ له أيضاً محلاًّ من الإعراب، أمّا الآن فلم يعد هناك مكان لهذا الهزل، ولم يعد ير لنفسه محلاً من الإعراب أبداً. هنا لا بدّ أن يأتي الزناد القادح وينهي الأمر بحيث لا يبقى شيء من النفس.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1462,88 +1475,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{B8266C37-EE03-4CF3-9E32-7B8290957E4A}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D6CADA82-4619-46A9-857A-E1AA97621E7C}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{E15B3D32-974E-4344-8C6A-5E82C54E9AA1}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{49589C94-E2F3-496E-9E57-11298C1E55EC}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1592,61 +1612,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1749,61 +1769,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2603,51 +2623,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3426,61 +3446,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3755,63 +3850,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>