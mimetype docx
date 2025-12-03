--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أهميّة فهم الدقائق السلوكية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي - سنة ۱٤۱٥ هـ ق- المحاضرة الرابعة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها </w:t>
@@ -320,51 +333,51 @@
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«مِنْ أَيْنَ لِيَ النَّجَاةُ وَلاَ تُسْتَطَاعُ إِلاَّ بِكَ»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد أوضحنا في المجلس السابق أنّ النجاة من عند الله؛ وذلك لأنّ النجاة تعني الخلاص من الهلكة، فهي إمّا بمعنى الفلاح أو بمعنى أعمّ من الفلاح كما في قوله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{رَبِّ نَجِّني‏ مِنَ الْقَوْمِ الظَّالِمينَ} </w:t>
+        <w:t xml:space="preserve">﴿رَبِّ نَجِّني‏ مِنَ الْقَوْمِ الظَّالِمينَ﴾ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يعني خلصّني من الهلكة. فالنجاة تعني: الوصول من البحر إلى الساحل، والخروج من الضيق إلى السعة، والانتقال من التعب إلى الراحة، ومن الشدّة إلى اليسر، هذا هو معنى النجاة، وهذه مصاديق النجاة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعندما يكون ابتعاد الإنسان هو المنشأ لهذه الشرور ويكون الجنوح عن مقام القرب والانغمار في الدنيا ومظاهرها مصدر الشرور والهلكة، سيكون الطرف المقابل بالضرورة هو الخير والسعادة التي يعبّر الإمام عنها بقوله: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -398,51 +411,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كلا! فليس لي قدرة حتّى لأخطو خطوة واحدة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قال الله تعالى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{إِنَّ الَّذينَ تَدْعُونَ مِنْ دُونِ اللَّهِ لَنْ يَخْلُقُوا ذُباباً وَ لَوِ اجْتَمَعُوا لَهُ وَ إِنْ يَسْلُبْهُمُ الذُّبابُ شَيْئاً لا يَسْتَنْقِذُوهُ مِنْهُ ضَعُفَ الطَّالِبُ وَ الْمَطْلُوب‏}</w:t>
+        <w:t xml:space="preserve">﴿إِنَّ الَّذينَ تَدْعُونَ مِنْ دُونِ اللَّهِ لَنْ يَخْلُقُوا ذُباباً وَ لَوِ اجْتَمَعُوا لَهُ وَ إِنْ يَسْلُبْهُمُ الذُّبابُ شَيْئاً لا يَسْتَنْقِذُوهُ مِنْهُ ضَعُفَ الطَّالِبُ وَ الْمَطْلُوب‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فإن لم يكن لدينا القدرة ولو قليلاً لأن نخطو خطوة بمقدار جناح بعوضة، فكيف لنا أن نحصّل النجاة من أنفسنا؟! وهؤلاء الذين ابتلوا في هذه المخمصة والبلاء وقعوا فيها بسبب أمور أخرى، نعم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">طرف من موانع السير إلى الله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -526,93 +539,93 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؟ من أين أحصل على النجاة؟ من أين النجاة؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالله تعالى يقول لنبيّه: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلَمْ نَشْرَحْ لَكَ صَدْرَكَ ، وَ وَضَعْنا عَنْكَ وِزْرَكَ ، الَّذي أَنْقَضَ ظَهْرَكَ ، وَ رَفَعْنا لَكَ ذِكْرَكَ}</w:t>
+        <w:t xml:space="preserve">﴿أَلَمْ نَشْرَحْ لَكَ صَدْرَكَ ، وَ وَضَعْنا عَنْكَ وِزْرَكَ ، الَّذي أَنْقَضَ ظَهْرَكَ ، وَ رَفَعْنا لَكَ ذِكْرَكَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وقبل ذلك يقول: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{أَلَمْ يَجِدْكَ يَتيماً فَآوى‏ ، وَوَجَدَكَ ضَالاًّ فَهَدى ‏، وَ وَجَدَكَ عائِلاً فَأَغْنى‏}</w:t>
+        <w:t xml:space="preserve">﴿أَلَمْ يَجِدْكَ يَتيماً فَآوى‏ ، وَوَجَدَكَ ضَالاًّ فَهَدى ‏، وَ وَجَدَكَ عائِلاً فَأَغْنى‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ، أنت كنت ضالاً!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يصف الله عبوديّة الإنسان له هنا من خلال قَوْلَبتها في شخص النبيّ، فأيّ فرق بينك وبين باقي الناس؟! وقوله:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ضالاً}</w:t>
+        <w:t xml:space="preserve">﴿ضالاً﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الخطاب وإن كان متّوجهاً نحو النبيّ إلا أنّ المقصود منه جميع الناس، فلولا اتّصال النبيّ بمقام الربوبيّة، لم يكن بين النبيّ ويزيد أيّ فرق! لم يكن بينهما أيّ فرق! أبداً! فعندما يقول النبيّ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">«ربّنا لا تكلنا إلى أنفسنا طرفة عين أبداً في الدنيا والآخرة»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فهو صادق في قوله، وهو يعني ما يقول، فهذا رأيه. </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1048,96 +1061,96 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بناء على ذلك، إنّ ما يشكّل الحجر الأساس في السير والسلوك، والأمر الذي يعتبر بمثابة عمود الخيمة في بناء السالك هو هذه الجهة؛ جهة الفقر والحاجة، وعدم رؤية النفس في مقابل حقّانيّة الوليّ، وفي مقابل الحقّ ـ طبعاً في مقام الولاية لا فرق بينهما ـ فإذا بدأنا بتدعيم وإحكام هذا الأساس بشكل صحيح أوّلاً، فسوف نرتقي ونرتفع بشكل سليم من بداية الطريق، وأمّا إذا لم نحكمه من أول الأمر فإنّ بناءنا سيكون مائلاً مهزوزاً، يميل تارة إلى هنا وتارة إلى هناك، وأحياناً يكون الميل والانحراف كبيراً، وأحياناً قد يكون صغيراً، وهذا يرجع إلى رحمة الله ولطفه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولذا يجب أن ندعو الله ونسأله أن يوفقّنا لتحقيق هذه المسألة في نفوسنا بأسرع وقت ممكن؛ لأنّ هذا التوفيق إذا كان من نصيبنا وتم إحكام هذه المسألة وتحقيقها في نفوسنا، فإنّ الطريق بعد ذلك سيكون سهلاً يسيراً، وسيكون بمثابة النزول من مرتفع، ليس فيه صعوبة ولا عناء، قال تعالى </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لَوْ أَنَّ أَهْلَ الْقُرى‏ آمَنُوا وَ اتَّقَوْا لَفَتَحْنا عَلَيْهِمْ بَرَكاتٍ مِنَ السَّماءِ وَ الْأَرْض‏}</w:t>
+        <w:t xml:space="preserve">﴿وَ لَوْ أَنَّ أَهْلَ الْقُرى‏ آمَنُوا وَ اتَّقَوْا لَفَتَحْنا عَلَيْهِمْ بَرَكاتٍ مِنَ السَّماءِ وَ الْأَرْض‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ يعني هؤلاء جاؤوا وكفروا وعصوا وطغوا، فماذا فعلنا بهم؟ أمهلناهم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ضرورة الإخلاص في العمل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ورد لدينا في الروايات، أنّه عندما تصلّوا ينبغي أن تكون الصلاة خالصة لوجه الله، ولكن إذا جعلنا لله شريكاً فيها، فإنّ الله يقول: أنا غيور، وغيرتي تجعلني لا أرضى أن يكون لي شريك في أي عمل ينتسب إليّ، وأنا أعطي سهمي من هذا العمل للغير الذي كان شريكي فيه. فالله عزّ وجلّ لا يقبل أن يكون شريكاً في أيّ فعل من الأفعال المنسوبة له ولو بمقدار رأس إبرة. والآن انظروا ماذا سيكون لو دخل قلب غير هذا القلب، فماذا سيفعل الله حينها؟ حينها لا محيص من أن خروجه تعالى، ثم دخول ذلك الغير إلى القلب. والآن يخطر على بالي أنّ الدعاء الوحيد الذي يمكن لنا أن ندعوه وأن نتوجّه به من بين أدعيتنا وأفكارنا وفي تأمّلنا في أنفسنا، هو نفس مسألة شقائنا وانعدام الحيلة من أيدينا، وضلالتنا الذاتية التي يعبّر عنها بـ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ وَجَدَكَ ضَالاًّ فَهَدى‏}</w:t>
+        <w:t xml:space="preserve">﴿وَ وَجَدَكَ ضَالاًّ فَهَدى‏﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> وأن نلتف إلى أنّنا: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">بی عنايات حق وخاصان حق *** گر ملك باشد سيا هستش ورق</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_Trans_MS_V1"/>
       </w:pPr>
@@ -1314,88 +1327,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{EA814016-4364-465E-8C3D-3E215BE969AD}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{E45CAEE4-D677-4BBF-A419-88EDC0CA9EF0}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{B669C90F-91F8-4314-85AF-27FE20FA388C}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{3DD38011-1138-4FE9-B3BB-185EC9592F18}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2326,51 +2346,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3149,61 +3169,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3478,63 +3573,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>