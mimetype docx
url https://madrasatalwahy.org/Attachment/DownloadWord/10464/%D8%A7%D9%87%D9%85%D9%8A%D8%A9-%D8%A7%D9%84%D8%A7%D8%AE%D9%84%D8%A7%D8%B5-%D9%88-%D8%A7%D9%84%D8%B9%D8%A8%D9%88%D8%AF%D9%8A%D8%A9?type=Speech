--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -74,50 +75,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Main_title_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أهميّة الإخلاص و العبودية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Besm_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">شرح دعاء أبي حمزة الثمالي-سنة ۱٤۱٥ هـ ق- المحاضرة الثانية</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">محاضرة ألقاها </w:t>
@@ -354,55 +367,60 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولمَ لا ينبغي نسبة أيّ خير ٍ يصدر عنّا إلى أنفسنا؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الوجه فيه أنّ كلّ الخيرات مبدؤها هو الله عزّ وجلّ، وهذا المعنى ملحوظ في آيات القرآن، فلدينا الكثير من الآيات بهذا المعنى: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{ما بِكُمْ مِنْ نِعْمَةٍ فَمِنَ اللَّه}</w:t>
-[...3 lines deleted...]
-          <w:rStyle w:val="ReferenceNumber_MS_V1"/>
+        <w:t xml:space="preserve">﴿ما بِكُمْ مِنْ نِعْمَةٍ فَمِنَ اللَّه﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> كلّ الخير من الله، وكلّ الشرّ من عندنا؛ ذلك لأنّنا نستمدُّ أصل وجودنا وكمالاتنا الثانويّة أيضاً من الله عزّ وجلّ، وليس لدينا أيّ شيء من أنفسنا، وصرف العدم لا يترشّح منه شيءٌ. ولمّا كان الله هو أصل الوجود وحقيقة الوجود فهو الخير المحض. وينبغي علينا أن نرى كمالاتنا كلّها من الله: سواءً كمالنا الأوّلي أم كمالنا الثانوي. ولأنّ الله هو النور المحض وكلّ البركات منه، نجد حينئذٍ أنّ مظاهر هذا الشيء ومظاهر هذه البركة ـ طبقاً لقاعدة </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(كلّ ما بالعرض ينتهي إلى ما في الذات) </w:t>
       </w:r>
@@ -511,66 +529,66 @@
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم إنّي أسألك بالتجلّي الأعظم في هذه الليلة من الشهر المعظّم</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="1"/>
+        <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> الذي يُدعي به ليلة المبعث ـ ومع كلّ خصوصيّاته حيث جعل كلّ عالم الإمكان تحت إرادته وقدرته، إلاّ أنّ هذه الميزات كلّها لن تكون نافعةً، ولن يكون لها قيمة إلاّ إذا لم يكن يراها من نفسه. وسرّ الأمر يكمن هنا: فإذا اعتبر أنّها من نفسه، فإنّنا سنضربه على رأسه، ولن يكون له عندنا حتّى وزن البعوضة: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Quran_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">{وَ لَوْ تَقَوَّلَ عَلَيْنا بَعْضَ الأَقاويلِ ، لأَخَذْنا مِنْهُ بِالْيَمينِ ، ثُمَّ لَقَطَعْنا مِنْهُ الْوَتينَ}</w:t>
+        <w:t xml:space="preserve">﴿وَ لَوْ تَقَوَّلَ عَلَيْنا بَعْضَ الأَقاويلِ ، لأَخَذْنا مِنْهُ بِالْيَمينِ ، ثُمَّ لَقَطَعْنا مِنْهُ الْوَتينَ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. بدأ بنفس نبيّه! بدأ بنفس نبيّه!! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وجود النبيّ نابعٌ من وجوده، خيرات النبيّ من خيره، كلّ الترشّحات التي تفيض من النبيّ قيمتها أنّها من ترشّحاته تعالى، لا أنّه أعطاها للنبيّ بل هي ترشّحاته، ودعوى أنّه أعطاها للنبيّ شركٌ. وعليه فهذا الأمر مشهودٌ من البدء إلى الختم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -584,51 +602,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أشهد أن لا إله إلاّ الله، وأشهد أنّ محمّداً عبده ورسوله.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> إنّ مقام العبوديّة ينبغي أن يتحقّق أوّلاً كي يُوجد مقام الرسالة، وما لم يحصل مقام العبوديّة لن يكون هناك أيّ قيمة لمقام الرسالة. أيّها النبيّ عليك أن تكون عبداً أوّلاً بعدها تكون رسولاً، وإلّا فلا فائدة أبداً لهذه الرسالة، وليس لها أيّ قيمة. ينبغي أن تكون عبداً أوّلاً ثمّ تصبح إماماً، وإلاّ فلن تقع الإمامة إلّا على رأسك، ولا فائدة فيها. أوّلاً عليك أن تكون عبداً ثمّ تنشئ الحكومة، فحينما تريد أن تكون حاكماً على المسلمين ينبغي عليك أوّلاً أن تثبت عبوديّتك لله عزّ وجل، فبدون العبوديّة تصبح الحكومة على المسلمين حكومة الكفر. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لماذا ينبغي أن يكون عبداً؟!</w:t>
+        <w:t xml:space="preserve"> «لماذا ينبغي أن يكون عبداً؟!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لأنّه لا يملك أيّ شيء من تلقاء نفسه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وقولنا بولاية الفقيه في زمن الغيبة يعود إلى أنّ الفقيه عبدٌ، والعبد لا يملك لنفسه شيئاً، ولأنّه لا يملك أيّ شيء يمكن له أن يحكم. ولكن إذا كان يملك شيئاً، فلماذا يحكم حينئذٍ؟ وبأيّ ملاك؟ أنت تملك ونحن نملك! على أيّ أساس؟! هذا ترجيح بلا مرجّح.</w:t>
       </w:r>
@@ -710,51 +728,51 @@
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">نحن لسنا إلاّ مظهراً. ما معنى كون الشيء مظهراً؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">المظهر يعني: العارية</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، المظهر يعني: ما لا يملك أيّ شيء من نفسه، فهو صورة فقط، أو زجاجة. الزجاجة تقول: في داخلي ماء، وعندما تلمسها تجدها زجاجة جامدة. تقول: ها أنت لست إلّا زجاجة!! الزجاجة ليست إلّا مظهراً للماء، هي التي تظهر الماء الذي بداخلها، لكنّها ليست الماء نفسه. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كلّ ما يوجد في العالم من خيرات ومن جمال: كجمال يوسف مثلاً، من الله وحده. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
@@ -855,51 +873,51 @@
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ارتقى المرحوم ـ على ما أعتقد الوحيد البهبهاني ـ في آخر عمره المنبر وقال: لقد زالت وانمحت كلّ الأدلّة من رأسي، وتقليدي لم يعد جائزاً! وعليكم أن ترجعوا إلى تلميذي بحر العلوم،مع أنّه كان الوحيد البهبهاني!! ولكن هذا ما حصل لم تعد الأدلّة بيدي.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهكذا الكلام عن الميرزا حبيب الله الرشتي، مع ما له من اليد البيضاء، ومع كلّ ما كان عنده، حتّى أنّ الشيخ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="3"/>
+        <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">رحمه الله كان يقول: إنّما أعقد درسي لأجل ثلاث أشخاص: حضرة الحاج الميرزا حبيب، الحاج الميرزا حسن نجم آبادي، الميرزا حسن الآشتياني، من أجل هؤلاء الثلاثة أعقد درسي. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">والكلام عن الميرزا حبيب الله رشتي، الذي كانت المرجعيّة في النجف واقعاً قد انتهت إليه: حصل معه أن نسي حتّى عنوان منزله وبيته، كان يحمل معه الفحم لكي يضع العلامات في الطريق، يضع العلامات عند رأس كلّ زقاق، وعندما كان يعود من مقام أمير المؤمنين عليه السلام، كان يشكّ: هل هذه العلامة أنا وضعتها أم غيري؟ إلى هنا وصلت الحال معه. وهو الذي كان يبحث لمدّة أربعة أشهر عن أيّهما أصحّ: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
@@ -1123,142 +1141,142 @@
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">عندما نأتي إلى مجالس الإمام الحسين عليه السلام، ونستمع للحظات، تظهر فينا حالة من الرقّة، كما أنّ البكاء واللطم علي الصدور والجرح بالموسى في مجالس الإمام الحسين راجح جّداً.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يأتي رجل إلى رسول الله صلى الله عليه وآله ويقول: يا رسول الله،نحن عندما نجلس بمحضرك ما الذي يحصل عندما نسمع كلماتك؟ نترك الدنيا ونتعلّق بالآخرة ـ والرجل هو الناقل ـ ولكن عندما نخرج من عندك، تسقط أبصارنا هنا وهناك على السوق،على الأشياء، على امرأة، على شخص، وعلى هذه الأمور... ، نذهب إلى الناس نتكلّم معهم، نجد أنّ هذه الحالة تبدّلت رويداً رويداً وتغيّرت. فقال له الرسول: لو أنّكم بقيتم على حالتكم الأولى أربعين يوماً لرأيتم ما أرى ولسمعتم ما أسمع</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="4"/>
+        <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. و لمَ هذا؟ ما علّة هذا؟ ومن الواضح أنّ كلام النبي مظهر الخير والبركة، نفس النبي مجلي البركة، وكلام الأولياء مظهر البركة والخير. عندما تأتي إلى سماحة العّلامة وتتحدّث معه كلمتين، تشعر بانبساطٍ شديد، تشعر بانشراح الصدر. لكن لمَ لا تشعر بذلك مع الآخرين؟ لأنّ ذلك يعود إلى النفس. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لماذا يقولون: على الإنسان أن لا يصاحب من كان من أهل الدنيا؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأنا أقول لكم: لو قمنا بشتم بعضنا البعض خير لنا من الحديث فيما لا معنى له ولا طائل منه؛ نحو قولنا: الذهب صار قيمته كذا، الدولار ارتفعت قيمته، السلعة الفلانيّة انخفضت قيمتها، الأمر الفلاني حصل فيه كذا، هذه الأحاديث ليست لنا !!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">صوفی ابن الوقت باشد ای رفيق *** نيست فردا گفتن از شرط طريق</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="5"/>
+        <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ذلك الشخص الذي ـ بحسب تعبير الوالد العّلامة ـ لديه الآلاف من المشاكل ومع الضعف و المسكنة، بأيّ شيء يشغل فكره؟ أيشغله بارتفاع قيمة الدولار ونزوله؟! هذه الأمور كلّها ليست لنا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا نجد أنّ نفس كلام الأولياء يخلف لنا حالة انشراح الصدر، فهو منبع الخير، والخيرات كلّها تترشّح من هنا، والجلوس مع الأولياء خير، وذكّر الأولياء خير! فلا يمكن أن تتذكّر الأولياء وأن تعصي الله في تلك الحال، هذا الأمر غير ممكن، يقول حافظ: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Poetry_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">به ياد رفتگان و دوستداران *** موافق گرد با ابر بهاران</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
+        <w:footnoteReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فتذكّر الماضين والسير في تاريخ الأولياء والأعاظم،‌ حسنٌ لأنّ الإنسان عندما يسير في التاريخ يدخل إلى الأعماق،‌ يتقدّم قدماً نحو الأمام،‌ يتحرّك مع نفس التاريخ،‌ يدخل في أعماق نفس ذلك الشخص.‌ نفسه هي هذه لا شيء آخر! فعندما يتحرّك الإنسان داخل النفس باتّجاه معيّن، فللنفس جنبة تجرّديّة،‌ عندها ماذا ستفعل نفسه؟‌ ستحيط بالإنسان،‌ تحيط به فتجعله تحت تأثيرها.‌ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالعلّة وراء تأثير ذكر وليّ من الأولياء في الإنسان تعود إلى أنّ الإنسان يسير في أعماق نفس ذلك الوليّ،‌ فالأثر الذي يغيّر الإنسان عند ذكر سيّد الشهداء عليه السلام يعود إلى أنّه يدخل في نفس سيّد الشهداء،‌ تنقله إلى هناك إلى خيمة سيّد الشهداء،‌ ذكر الإمام السجاد كذلك‌.‌ وأنتم عندما تقرؤون دعاء أبي حمزة الثمالي لم تشعرون بالتغيّر؟‌ ذلك لأنّ نفس الإمام السجاد تأتي حين الدعاء وتأخذكم،‌ وعندما تأخذكم تتنحّى جنبة الشّر جانباً، لتحلّ محلّها جنبة الخير.</w:t>
       </w:r>
@@ -1403,88 +1421,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{D7CD925F-CDED-473D-BDFE-1685A663EC91}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{BA592821-801C-4E9C-BAFA-254DE8BD0A74}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{CC5C9A72-AB62-4A52-AE75-17C4A7C08810}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{B2304B4D-6439-4997-8511-E8642795C60B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1533,61 +1558,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="1" name="_x0000_i0001">
+                <wp:docPr id="3" name="_x0000_i0003">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0001"/>
+                        <pic:cNvPr id="0" name="_x0000_i0003"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1690,61 +1715,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="2" name="_x0000_i0002">
+          <wp:docPr id="4" name="_x0000_i0004">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0002"/>
+                  <pic:cNvPr id="0" name="_x0000_i0004"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -1808,214 +1833,260 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">  سورة النحل، الآية: ٥٣.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  الأمر الذي يعار للآخرين يسمّى عارية (مترجم).</w:t>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   قال الكفعمي في كتاب البلد الأمين: ادع في ليلة المبعث بهذا الدعاء: " </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللَّهُمَّ إِنِّي أَسْأَلُكَ بِالتَّجَلِّي الأَعْظَمِ فِي هَذِهِ اللَّيْلَةِ مِنَ الشَّهْرِ الْمُعَظَّمِ وَ الْمُرْسَلِ الْمُكَرَّمِ ...</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">  المراد الشيخ الأعظم مرتضى الأنصاري ‌( المترجم ) .</w:t>
+          <w:rtl/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  الأمر الذي يعار للآخرين يسمّى عارية (مترجم).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">   لعلّ في ذلك إشارة إلى الرواية المرويّة في الجزء الثاني من كتاب الكافي ص ٤٢٣ في باب  تنقل أحوال القلب حيث ورد عن: عَلِيُّ بْنُ إِبْرَاهِيمَ عَنْ أَبِيهِ إلى سَلَّامِ بْنِ الْمُسْتَنِيرِ قَالَ :كُنْتُ عِنْدَ أَبِي جَعْفَرٍ عليه السلام فَدَخَلَ عَلَيْهِ حُمْرَانُ بْنُ أَعْيَنَ وَ سَأَلَهُ عَنْ أَشْيَاءَ. فَلَمَّا هَمَّ حُمْرَانُ بِالْقِيَامِ قَالَ لِأَبِي جَعْفَرٍ عليه السلام. أُخْبِرُكَ أَطَالَ اللَّهُ بَقَاءَكَ لَنَا وَ أَمْتَعَنَا بِكَ أَنَّا نَأْتِيكَ فَمَا نَخْرُجُ مِنْ عِنْدِكَ حَتَّى تَرِقَّ قُلُوبُنَا وَ تَسْلُوَ أَنْفُسُنَا عَنِ الدُّنْيَا وَ يَهُونَ عَلَيْنَا مَا فِي أَيْدِي النَّاسِ مِنْ هَذِهِ الْأَمْوَالِ, ثُمَّ نَخْرُجُ مِنْ عِنْدِكَ فَإِذَا صِرْنَا مَعَ النَّاسِ وَ التُّجَّارِ أَحْبَبْنَا الدُّنْيَا. </w:t>
-[...86 lines deleted...]
-        <w:t xml:space="preserve">. (المترجم).</w:t>
+        <w:t xml:space="preserve">  المراد الشيخ الأعظم مرتضى الأنصاري ‌( المترجم ) .</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> *** يا رفيقي! الصوفي هو ابن الوقت يفعل المطلوب منه في وقته ، فمن شروط السير في الطريق أن لا تقول سأفعل غداً .</w:t>
+        <w:t xml:space="preserve">   لعلّ في ذلك إشارة إلى الرواية المرويّة في الجزء الثاني من كتاب الكافي ص ٤٢٣ في باب  تنقل أحوال القلب حيث ورد عن: عَلِيُّ بْنُ إِبْرَاهِيمَ عَنْ أَبِيهِ إلى سَلَّامِ بْنِ الْمُسْتَنِيرِ قَالَ :كُنْتُ عِنْدَ أَبِي جَعْفَرٍ عليه السلام فَدَخَلَ عَلَيْهِ حُمْرَانُ بْنُ أَعْيَنَ وَ سَأَلَهُ عَنْ أَشْيَاءَ. فَلَمَّا هَمَّ حُمْرَانُ بِالْقِيَامِ قَالَ لِأَبِي جَعْفَرٍ عليه السلام. أُخْبِرُكَ أَطَالَ اللَّهُ بَقَاءَكَ لَنَا وَ أَمْتَعَنَا بِكَ أَنَّا نَأْتِيكَ فَمَا نَخْرُجُ مِنْ عِنْدِكَ حَتَّى تَرِقَّ قُلُوبُنَا وَ تَسْلُوَ أَنْفُسُنَا عَنِ الدُّنْيَا وَ يَهُونَ عَلَيْنَا مَا فِي أَيْدِي النَّاسِ مِنْ هَذِهِ الْأَمْوَالِ, ثُمَّ نَخْرُجُ مِنْ عِنْدِكَ فَإِذَا صِرْنَا مَعَ النَّاسِ وَ التُّجَّارِ أَحْبَبْنَا الدُّنْيَا. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قَالَ: فَقَالَ: أَبُو جَعْفَرٍ عليه السلام: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إِنَّمَا هِيَ الْقُلُوبُ مَرَّةً تَصْعُبُ وَ مَرَّةً تَسْهُلُ ثُمَّ قَالَ أَبُو جَعْفَرٍ عليه السلام أَمَا إِنَّ أَصْحَابَ مُحَمَّدٍ صلى الله عليه وآله قَالُوا: يَا رَسُولَ اللَّهِ نَخَافُ عَلَيْنَا النِّفَاقَ. قَالَ: فَقَالَ: وَ لِمَ تَخَافُونَ ذَلِكَ؟ قَالُوا: إِذَا كُنَّا عِنْدَكَ فَذَكَّرْتَنَا وَ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">رَغَّبْتَنَا وَجِلْنَا وَ نَسِينَا الدُّنْيَا وَ زَهِدْنَا حَتَّى كَأَنَّا نُعَايِنُ الْآخِرَةَ وَ الْجَنَّةَ وَ النَّارَ وَ نَحْنُ عِنْدَكَ ؛ فَإِذَا خَرَجْنَا مِنْ عِنْدِكَ وَ دَخَلْنَا هَذِهِ الْبُيُوتَ وَ شَمِمْنَا الْأَوْلَادَ وَ رَأَيْنَا الْعِيَالَ وَ الْأَهْلَ يَكَادُ أَنْ نُحَوَّلَ عَنِ الْحَالِ الَّتِي كُنَّا عَلَيْهَا عِنْدَكَ وَ حَتَّى كَأَنَّا لَمْ نَكُنْ عَلَى شَيْ‏ءٍ أَفَتَخَافُ عَلَيْنَا أَنْ يَكُونَ ذَلِكَ نِفَاقاً؟ فَقَالَ: لَهُمْ رَسُولُ اللَّهِ صلى الله عليه وآله، كَلَّا ! إِنَّ هَذِهِ خُطُوَاتُ الشَّيْطَانِ فَيُرَغِّبُكُمْ فِي الدُّنْيَا وَ اللَّهِ لَوْ تَدُومُونَ عَلَى الْحَالَةِ الَّتِي وَصَفْتُمْ أَنْفُسَكُمْ بِهَا لَصَافَحَتْكُمُ الْمَلَائِكَةُ وَ مَشَيْتُمْ عَلَى الْمَاءِ وَ لَولَا أَنَّكُمْ تُذْنِبُونَ فَتَسْتَغْفِرُونَ اللَّهَ لَخَلَقَ اللَّهُ خَلْقاً حَتَّى يُذْنِبُوا ثُمَّ يَسْتَغْفِرُوا اللَّهَ فَيَغْفِرَ اللَّهُ لَهُمْ إِنَّ الْمُؤْمِنَ مُفَتَّنٌ تَوَّابٌ أَما سَمِعْتَ قَوْلَ اللَّهِ عَزَّ وَ جَلَّ :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿إِنَّ اللَّهَ يُحِبُّ التَّوَّابِينَ وَ يُحِبُّ الْمُتَطَهِّرِينَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rewayat_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وَ قَالَ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Quran_MS_V1"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿اسْتَغْفِرُوا رَبَّكُمْ ثُمَّ تُوبُوا إِلَيْهِ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (المترجم).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FNNormal_MS_V1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *** يا رفيقي! الصوفي هو ابن الوقت يفعل المطلوب منه في وقته ، فمن شروط السير في الطريق أن لا تقول سأفعل غداً .</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FNNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> *** إنّ تذكّر الماضين والأحبّة ينسجم مع غيوم الربيع الممطرة.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
@@ -2524,51 +2595,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3347,61 +3418,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3676,63 +3822,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>