--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -11,54 +11,55 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -338,51 +339,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ReferenceNumber_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. فلماذا نجد أنّه تمّ التأكيد والاهتمام بشهر رمضان، ولماذا نرى كل تلك الحالات التي تنقل عن الأولياء في شهر رمضان؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">والجواب هو أنّ شهر رجب يغلب عليه البعدُ التوحيد والخصوصيّات التوحيديّة، والذين يستفيدون من هذا الشهر استفادةً عظيمةً هم الذين يمتلكون درجاتٍ ومقاماتٍ من ناحية إدارك المعارف التوحيديّة، فهؤلاء ستكون استفادتهم من شهر رجب عظيمةً، وستكون تلك التجليّات التوحيديّة، ونحو ارتباط نفوسهم مع تجلّيات الله عزّ وجلّ وفيوضاته في هذا الشهر ـ والتي تتجلّى في نفس السالك ـ تجلّياتٍ خاصّة، وستكون لهم حالة وشعور متميّزين. </w:t>
+        <w:t xml:space="preserve">والجواب هو أنّ شهر رجب يغلب عليه البعدُ التوحيد والخصوصيّات التوحيديّة، والذين يستفيدون من هذا الشهر استفادةً عظيمةً هم الذين يمتلكون درجاتٍ ومقاماتٍ من ناحية إدراك المعارف التوحيديّة، فهؤلاء ستكون استفادتهم من شهر رجب عظيمةً، وستكون تلك التجليّات التوحيديّة، ونحو ارتباط نفوسهم مع تجلّيات الله عزّ وجلّ وفيوضاته في هذا الشهر ـ والتي تتجلّى في نفس السالك ـ تجلّياتٍ خاصّة، وستكون لهم حالة وشعور متميّزين. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ولكنّ شهر رمضان، هو شهرٌ تكون فيه رحمة الله عزّ وجلّ متّسمة بالسعة والشمول؛ أي أنها تكون عامّة فيه، وسيتنزل على كلّ إنسان فيه، مقدارٌ من الرحمة يتناسب ومرتبته التي هو فيها. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إذن لكلّ شهرٍ من هذين الشهرين خصائصه التي تميّزه، ولا تداخل لأحدهما بالآخر، فلشهر رجب نوعٌ خاصٌّ من التجلّيات التي تتجلّى للإنسان، أمّا شهر رمضان فله نوعٌ آخر.</w:t>
       </w:r>
@@ -398,51 +399,51 @@
         </w:rPr>
         <w:t xml:space="preserve">نحن نتناول الطعام، وفي نفس الوقت نحتاج أن نستنشق الأوكسيجين، ولا تتنافى حاجتنا إلى أحدهما مع حاجتنا إلى الآخر، وكلاهما ضروريٌّ لنا، ولا نستطيع أن نقول: نحن سنستنشق الهواء، ثمّ نستغني عن شرب الماء، أو أنّا سنشرب الماء مثلًا، وسنستغني عن الطعام. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هناك من يعيش مدّة على الماء فقط من أجل رفع بعض المشاكل، لكنّهم بدلًا من ذلك يُبتلون بأنواع الابتلاءات والأمراض. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إذن الماء ضروريٌّ لنا، وكذلك الطعام ضرويٌّ، والهواء ضروريٌّ، وكذلك الدواء ضروريٌّ، كلّ واحدٍ منها في مقامه، فذلك التأثير الذي ينتج عن الماء، وذلك الإحساس الذي تحسّون به بعد شرب الماء، هو إحساسٌ خاصٌّ، وهو يختلف عن ذلك الإحساس الذي تحسّون به بعد تناول الطعام. فهل لهما إحساسٌ واحدٌ؟! لا، بل يختلف الاحساس فيهما. فالماء يُوجِد فيكم حالةً من الحالات، أمّا الطعام فيُوجِد فيكم حالةً أخرى. لو اختنقتم وقُطع عنكم التنفّس عدّة لحظات، فما هي الحالة التي تحصل لكم؟ ثمّ بعدها حينما يعود إليكم التنفّس، فستحصل لكم حالةٌ خاصّةٌ، هذه الحالة لا تحصل لكم عند تناول الطعام ولا عند شرب الماء، هل التفتم إلى الأمر؟ </w:t>
+        <w:t xml:space="preserve">إذن الماء ضروريٌّ لنا، وكذلك الطعام ضروريٌّ، والهواء ضروريٌّ، وكذلك الدواء ضروريٌّ، كلّ واحدٍ منها في مقامه، فذلك التأثير الذي ينتج عن الماء، وذلك الإحساس الذي تحسّون به بعد شرب الماء، هو إحساسٌ خاصٌّ، وهو يختلف عن ذلك الإحساس الذي تحسّون به بعد تناول الطعام. فهل لهما إحساسٌ واحدٌ؟! لا، بل يختلف الاحساس فيهما. فالماء يُوجِد فيكم حالةً من الحالات، أمّا الطعام فيُوجِد فيكم حالةً أخرى. لو اختنقتم وقُطع عنكم التنفّس عدّة لحظات، فما هي الحالة التي تحصل لكم؟ ثمّ بعدها حينما يعود إليكم التنفّس، فستحصل لكم حالةٌ خاصّةٌ، هذه الحالة لا تحصل لكم عند تناول الطعام ولا عند شرب الماء، هل التفتم إلى الأمر؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اختلاف الناس في الاستفادة من شهر رجب وعدم اختصاصه بالأولياء </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنّ خصوصيّات شهر رجب، والتجلّيات التي تحصل للإنسان فيه، تلك التجلّيات التوحيديّة، هي لكلٍّ إنسان بحسب المرتبة التي هو فيها، فعلى العوام ـ في حال كانوا من أهل الصلاح ـ أن يقوموا بالأعمال الحسنة، ويزيدوا من مراقبتهم ضمن هذا المستوى. ولا ينبغي أن نقول: يا عزيزي! إنّ شهر رجب مختصٌّ بالأولياء ومختصٌّ بالمرحوم العلّامة الطهرانيّ وبالمرحوم الحدّاد والسيّد القاضي، لا، أو نقول: هو للأئمّة! لا، بل هو لنا نحن أيضًا، أوَلسنا من عِباد الله؟ نحن أيضًا من عباد الله.</w:t>
       </w:r>
@@ -560,51 +561,51 @@
         </w:rPr>
         <w:t xml:space="preserve">، هنا النبيّ موسى خرّ صعقًا ووقع على الأرض وأغشيَ عليه بسبب ذلك، والكلام الآن هو: لو كان هناك أحد الأنبياء مكان موسى أو أحد الأولياء من ذوي المقام الأرفع من مقام موسى عليه السلام، فهل كان سيصعق أيضًا؟ قد لا يحصل معه نفس الأمر. فالنبيّ موسى هو الذي حصل معه هذا الأمر في هذه الحادثة، أمّا لو كان هناك فردٌ آخر… . </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">[يقول سماحته ممازحًا:] الآن لو أردت أن أفصّل في الأمر أكثر وأعمّقه أكثر، فينبغي أن نراعي عواقب الأمر! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ما حصل إنّما حصل مع النبيّ موسى، ويحتمل أنّه لو كان هناك إنسان آخر له مرتبة أعلى وكان أقوى من ناحية الاستعداد والقابليّة، ومن ناحيّة فعليّة المراتب الوجوديّة، فيحتمل أنّه ما كان ليُغشى عليه، ولا ليُصعق. نعم لو كان ذلك موجودًا، فحصول حالة الإغماء والصعق بالنسبة له تحتاج إلى تجلٍّ أعلى أقوى، هل التفتم للأمر؟ فليس الأمر سواء للجميع، بحيث لو حصل مع النبيّ الأكرم صلّى الله عليه وآله ما حصل مع النبيّ موسى لصعق هو أيضًا. لا، بل من الممكن أنّه كان يستطيع أن يحتملها ولوقف أمام عظمة الله ينظر إلى الجبل والسماء والصحراء، ولكان ظلّ واقفًا هكذا وهو يقول: سبحان الله والحمد لله. مع أنّ النبيّ موسى صُعق وأغمي عليه، لكنّ النبيّ محمّدًا يقف هكذا وكأنّ أمرًا لم يكن. </w:t>
+        <w:t xml:space="preserve">ما حصل إنّما حصل مع النبيّ موسى، ويحتمل أنّه لو كان هناك إنسان آخر له مرتبة أعلى وكان أقوى من ناحية الاستعداد والقابليّة، ومن ناحية فعليّة المراتب الوجوديّة، فيحتمل أنّه ما كان ليُغشى عليه، ولا ليُصعق. نعم لو كان ذلك موجودًا، فحصول حالة الإغماء والصعق بالنسبة له تحتاج إلى تجلٍّ أعلى أقوى، هل التفتم للأمر؟ فليس الأمر سواء للجميع، بحيث لو حصل مع النبيّ الأكرم صلّى الله عليه وآله ما حصل مع النبيّ موسى لصعق هو أيضًا. لا، بل من الممكن أنّه كان يستطيع أن يحتملها ولوقف أمام عظمة الله ينظر إلى الجبل والسماء والصحراء، ولكان ظلّ واقفًا هكذا وهو يقول: سبحان الله والحمد لله. مع أنّ النبيّ موسى صُعق وأغمي عليه، لكنّ النبيّ محمّدًا يقف هكذا وكأنّ أمرًا لم يكن. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أمّا الأمر الذي ينبغي أن يُغيّر حالة النبيّ صلّى الله عليه وآله، فإنه إذا ما جاء يفتّت المُلك والملكوت بأكملهما [وليس الجبل وحده]، ولا يكفيه ذلك التجلّي الذي يُخرج النبيّ موسى عن حالته! بل التجلّي الذي يحتاجه مختلف تمامًا. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">"</w:t>
       </w:r>
@@ -1133,51 +1134,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> علينا أن لا نغوص كثيرًا في توضيح هذه المطالب، نظرًا إلى ضيق الوقت، فهؤلاء هم الذين يصفون قدرتك، أي أنّهم مستقرّون في مقام تحقّق قدرتك، لا أنّهم يقولون يا إلهنا أنت قادر، فأنا أقول ذلك أيضًا، إلهي أنت لديك القدرة؛ فقد خلقت السماء وخلقت الأرض، والنجوم. لا بل هم يصفون القدرة وصفًا حقيقيًّا خارجيًّا، أي تلك القدرة الواقعيّة لله واسم القدير والقادر وصفة القادر تظهر في ذواتهم في الخارج، هذا معنى أنّهم الواصفون لقدرتك، فتلك القدرة الإلهيّة الأزليّة... وهذا أمر عجيب جدًّا الذي يبيّنه الإمام عليه السلام هنا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">متانة الزيارة الجامعة وبيان شيء مما ورد فيها </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">يقال إنّ الزيارة الجامعة لا سند لها، فقد سمعت أنّ رجلًا كتب في مقالاته أنّ غلاة الشيعة هم الذين اخترعوا الزيارة الجامعة. فليقل من هم هؤلاء؟! ففي النهاية ليست الزيارة الجامعة بالتي يمكن أن يكتبها إنسان عاديّ كبائع الشمندر مثلًا، بل هي تحتاج إلى عالم وعارف وحكيم، وعلى الأقل لا بدّ أن يمتلك هذه العلوم الظاهريّة، فمن هو يا ترى الذي كتبها؟! من هو الذي نطق بها غير الإمام الهادي عليه السلام؟! ومن الذي يمكنه أن ينطق بها غيره؟! فعباراتها أقوى وأشدّ من هذه العبارات التي نقرأها الآن، ففي الزيارة الجامعة أنّكم أنتم الوسيلة وأنتم الواسطة بين الله والخلق، وبواسطتكم تمطر السماء وتنزل البركات على الأرض، وحقيقت وجودكم تملأ العالم كلّه، </w:t>
+        <w:t xml:space="preserve">يقال إنّ الزيارة الجامعة لا سند لها، فقد سمعت أنّ رجلًا كتب في مقالاته أنّ غلاة الشيعة هم الذين اخترعوا الزيارة الجامعة. فليقل من هم هؤلاء؟! ففي النهاية ليست الزيارة الجامعة بالتي يمكن أن يكتبها إنسان عاديّ كبائع الشمندر مثلًا، بل هي تحتاج إلى عالم وعارف وحكيم، وعلى الأقل لا بدّ أن يمتلك هذه العلوم الظاهريّة، فمن هو يا ترى الذي كتبها؟! من هو الذي نطق بها غير الإمام الهادي عليه السلام؟! ومن الذي يمكنه أن ينطق بها غيره؟! فعباراتها أقوى وأشدّ من هذه العبارات التي نقرأها الآن، ففي الزيارة الجامعة أنّكم أنتم الوسيلة وأنتم الواسطة بين الله والخلق، وبواسطتكم تمطر السماء وتنزل البركات على الأرض، وحقيقة وجودكم تملأ العالم كلّه، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">أرواحكم في الأرواح وأجسادكم في الأجساد</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> فحقيقة أرواحكم هي التي تسيطر وتهيمن على كافّة عوالم الأرواح والعوالم المجرّدة، وفي صورة الظاهر فإنّ بُعدكم الخَلقيّ بالنسبة إلى البدن هو الذي يوجب أن تكون أجسادكم في الأجساد، فمن الذي يمكنه أن يدرك هذه الحقائق؟! فبعدكم الماديّ هو العلّة لتحقّق كافّة عوالم المادّة والشهادة. فهل يمكن أن يصل الفكر إلى هذا؟! وكيف يمكن الوصول إلى ذلك؟! ثمّ بعد هذا يقال: إنّ هذا من الغلاة. فمن هم هؤلاء الغلاة ؟! لا يمكن إلقاء الكلام على عواهنه بغير دليل، فلتسمّ لنا من هو المغالي الذي وضع هذه الزيارة، وما هو الدليل على ذلك؟! قل لنا وضعها فلان ابن فلان وهذا هو الدليل على ذلك، أما إلقاء الكلام بهذا العموم والتظنّي فليس له أيّة قيمة علميّة. فلتجعل أنت عبارة واحدة من عبارات الزيارة الجامعة وأنا سأعتقد أنّك الإمام الثالث عشر، فلتتفضّل ولتقل عبارة واحدة من هذه العبارات وأنا أقول إنك نبيّ. فهذا الكلام كلّه ناشئ عن الجهل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
@@ -1308,51 +1309,51 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">الكلمة</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">، فكلمة الله هذه هي، أي </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ContentBold_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هي الحقيقة التي تبعث على ظهور اسم من أسماء الله وبروزه</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. هذا كان حال الشيخ حسن علي النخودكي فكيف بعيسى بن مريم؟ فعيسى أمره مختلف، فهو نبيّ من أولي العزم وله مقامه، ماذا كان يصنع عيسى؟ كان ينفخ فيحيي ويبعث الميّت، كان يقوم بما تقوم به الملائكة التي تنفخ في الصور، فيُحيي الموتى، بل الأكثر من ذلك أنّه كان يأخذ التراب الذي في البستان ويرشّ عليه قليلًا من الماء، وينفخ فيه، فيتحوّل إلى طائر يُحلّق في السماء.. يا للعجب! لم هذا الطائر ميّتًا ثمّ أحياه هو، لا بل كان هو يوجد الروح إيجادًا. وذاك الذي يقدر على خلق طائر يُمكنه أن يخلق أسدًا أيضًا، بل وأكثر! فلعلّ عيسى عليه السلام كان يُنجز تلك الأعمال التي أنجزها بما يتناسب مع سعة نفسه، وفي مجال إظهار قدرته على التصرّف في الحيوانات... أما الإمام الرضا عليه السلام فهو يوجد أسدًا، حيث أشار إلى الرسم المنقوش في الستار، فتحوّل إلى أسد حقيقي؛ وحينئذ، نستطيع القول أنّه يقدر على إيجاد إنسان.. هل التفتّم؟! يعني أنّ تلك الكلمة تأتي وتنفخ روحًا إنسانيّة بدلًا من أن تنفخ روحًا حيوانيّة؛ وهو نفس ما قام به جبرائيل عليه السلام مع السيّدة مريم عليها السلام؛ وحينئذ، يُصبح جبرائيل هو كلمة الله، حيث تأتي هذه الكلمة وتُوجّه نظرها إلى السيّدة مريم، وتنبعث عنها إرادة، فتحسّ مريم عليها السلام بوجود جنين في بطنها! فما الذي حصل؟! أفهل كان هناك مختبر في ذلك العصر؟! يعني: حينما تنبعث تلك الإرادة والمشيئة، يتمّ نزول اسم أو صفة من الصفات الإلهيّة بواسطة تفعيل تلك الإرادة، فنرى بأنّ إنسانًا قد وُجد؛ ولهذا، يُصبح عيسى عليه السلام بنفسه كلمة الله.. ولا يخفى أنّني لا أريد هنا القول بأنّ عيسى عليه السلام لم يكن يقدر على القيام بمثل هذا الأمر، فلعلّه كان يستطيع إيجاد إنسان أيضًا، بل مرادي هنا هو الحديث عن المرتبة العليا لهذا الأمر؛ لأنّ إيجاد الروح الإنسانيّة يتطلّب تجرّدًا أكبر.. فلم يقتصر هؤلاء الأئمّة على أن يكونوا كلمة الله كما كان عيسى عليه السلام، بل كانوا معادن كلمة الله؛ أي أنّ الإمام يحوي في وجوده على ألف من حضرة عيسى عليه السلام! </w:t>
+        <w:t xml:space="preserve">. هذا كان حال الشيخ حسن علي النخودكي فكيف بعيسى بن مريم؟ فعيسى أمره مختلف، فهو نبيّ من أولي العزم وله مقامه، ماذا كان يصنع عيسى؟ كان ينفخ فيحيي ويبعث الميّت، كان يقوم بما تقوم به الملائكة التي تنفخ في الصور، فيُحيي الموتى، بل الأكثر من ذلك أنّه كان يأخذ التراب الذي في البستان ويرشّ عليه قليلًا من الماء، وينفخ فيه، فيتحوّل إلى طائر يُحلّق في السماء.. يا للعجب! كان هذا الطائر ميّتًا ثمّ أحياه هو، لا بل كان هو يوجد الروح إيجادًا. وذاك الذي يقدر على خلق طائر يُمكنه أن يخلق أسدًا أيضًا، بل وأكثر! فلعلّ عيسى عليه السلام كان يُنجز تلك الأعمال التي أنجزها بما يتناسب مع سعة نفسه، وفي مجال إظهار قدرته على التصرّف في الحيوانات... أما الإمام الرضا عليه السلام فهو يوجد أسدًا، حيث أشار إلى الرسم المنقوش في الستار، فتحوّل إلى أسد حقيقي؛ وحينئذ، نستطيع القول أنّه يقدر على إيجاد إنسان.. هل التفتّم؟! يعني أنّ تلك الكلمة تأتي وتنفخ روحًا إنسانيّة بدلًا من أن تنفخ روحًا حيوانيّة؛ وهو نفس ما قام به جبرائيل عليه السلام مع السيّدة مريم عليها السلام؛ وحينئذ، يُصبح جبرائيل هو كلمة الله، حيث تأتي هذه الكلمة وتُوجّه نظرها إلى السيّدة مريم، وتنبعث عنها إرادة، فتحسّ مريم عليها السلام بوجود جنين في بطنها! فما الذي حصل؟! أفهل كان هناك مختبر في ذلك العصر؟! يعني: حينما تنبعث تلك الإرادة والمشيئة، يتمّ نزول اسم أو صفة من الصفات الإلهيّة بواسطة تفعيل تلك الإرادة، فنرى بأنّ إنسانًا قد وُجد؛ ولهذا، يُصبح عيسى عليه السلام بنفسه كلمة الله.. ولا يخفى أنّني لا أريد هنا القول بأنّ عيسى عليه السلام لم يكن يقدر على القيام بمثل هذا الأمر، فلعلّه كان يستطيع إيجاد إنسان أيضًا، بل مرادي هنا هو الحديث عن المرتبة العليا لهذا الأمر؛ لأنّ إيجاد الروح الإنسانيّة يتطلّب تجرّدًا أكبر.. فلم يقتصر هؤلاء الأئمّة على أن يكونوا كلمة الله كما كان عيسى عليه السلام، بل كانوا معادن كلمة الله؛ أي أنّ الإمام يحوي في وجوده على ألف من حضرة عيسى عليه السلام! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">معنى كون الأئمّة معادن الكلمات</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهذا هو المراد من عبارة: </w:t>
       </w:r>
@@ -1566,51 +1567,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وعليه، فإنّ جميع ما يحدث في هذا العالم وفي عوالم الربوبيّة وعالم البرزخ والقيامة إنّما يحدث بسبب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(مقاماتك التي لا تعطيل لها)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">؛ فلا يوجد تعطيل في هذه المقامات ولو للحظة واحدة؛ وحينئذ، هل صار واضحًا لدينا من هو الإمام؟ وهل أستطيع أن أسمّي نفسي إمامًا؟ فالإمام هو الذي إذا قطع إرادته عن نزول الفيض الربوبيّ إلى العوالم ولو للحظة واحدة، فلن ترى بعد ذلك إلاّ العدم، ولن يكون هناك وجود لجبرائيل ولا ميكائيل ولا شمسٌ ولا أرضٌ ولا مجرّات ولا درب التبّانة ولا درب "الجبن"!!! وكذلك الأمر بالنسبة للعوالم غير المادّية؛ فجميع هذه الأمور متعلّقة بإرادته ونَفَسه ونظرته.</w:t>
+        <w:t xml:space="preserve">؛ فلا يوجد تعطيل في هذه المقامات ولو للحظة واحدة؛ وحينئذ، هل صار واضحًا لدينا من هو الإمام؟ وهل أستطيع أن أسمّي نفسي إمامًا؟ فالإمام هو الذي إذا قطع إرادته عن نزول الفيض الربوبيّ إلى العوالم ولو للحظة واحدة، فلن ترى بعد ذلك إلاّ العدم، ولن يكون هناك وجود لجبرائيل ولا ميكائيل ولا شمسٌ ولا أرضٌ ولا مجرّات ولا درب التبّانة ولا درب "الجبن"!!! وكذلك الأمر بالنسبة للعوالم غير المادّية؛ فجميع هذه الأمور متعلّقة بإرادته ونفسه ونظرته.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">في أحد الأيّام، كنّا جالسين عند المرحوم العلاّمة رحمة الله عليه، وكان معنا اثنان أو ثلاثة من الأصدقاء المقرّبين، فجرى الحديث المراتب التي يطويها الأولياء بعد وفاتهم، فقال المرحوم العلاّمة وكان يراعي في حديثه عن أستاذه الأدب والعديد من المسائل : حينما كنّا نتشرّف بخدمة المرحوم السيّد الحدّاد، لم نكن نرى منه إلاّ عمامةً موضوعة على رأسه، ونظّارات على عينيه، وهو منهمك في قراءة الدعاء، أو الحديث معنا، أو القيام أو القعود... أفهل كنّا نرى منه شيئًا غير هذا؟! أفهل يُمكننا أن نُدرك أين هو الآن؟! فما كنّا نرى منه إلاّ شكله وعمامته وعينيه وحاجبيه وعباءته و... ، لكن هل نستطيع القول أنّ حقيقته منحصرة في هذه الأمر؟! ثمّ قال: إنّ أولياء الله تعالى بهذا الشكل: لا يفرق لديهم الموت وعدمه؛ فسواء بقوا أو ارتحلوا فهم في مقام حازوا فيه جميع المراتب الوجوديّة، هم في مقام بحيث أن تمام مراتب الوجود متحققة في وجودهم، فعند ذهابهم إلى ذاك العالم لا يضاف إليهم شيء؛ سواء كانوا في هذه الدنيا أم في ذاك العالم، لا يختلف الأمر لديهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rewayat_MS_V1"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">(يعرفك بها من عرفك)</w:t>
@@ -1910,51 +1911,51 @@
         </w:rPr>
         <w:t xml:space="preserve">[أي: عندما تغيب الشمس المضيئة، يصير الخفّاش فارس الميدان‏]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فنحن نتحدث بما جمعناه من هنا وهناك، وبما سمعناه من العظماء مما يمكن قوله وذكره، فهؤلاء بمناسبة شهر رجب وحصول الوسائل لتلقي الحقائق والفيوضات في شهر رجب وشهر شعبان وشهر رمضان ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">إن شاء الله يوفقنا الله تعالى للوصول إلى حقيقة هذه المعاني، وإدراك واقعية هذه المعاني، والوصول إلى لبّ ومغزى هذه الحقائق التي بيّنت لنا.. إن شاء نوفّق للوصول إليها تحت رعاية صاحب مقام الولاية، وننعم جميعًا إن شاء الله، ونخطو نحو تلك المعرفة بأقدام أكثر إتقانًا وأشدّ إحكامًا.</w:t>
+        <w:t xml:space="preserve">إن شاء الله يوفقنا الله تعالى للوصول إلى حقيقة هذه المعاني، وإدراك واقعية هذه المعاني، والوصول إلى لبّ ومغزى هذه الحقائق التي بيّنت لنا.. إن شاء الله نوفّق للوصول إليها تحت رعاية صاحب مقام الولاية، وننعم جميعًا إن شاء الله، ونخطو نحو تلك المعرفة بأقدام أكثر إتقانًا وأشدّ إحكامًا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وأنا مع صغر سني في ذلك الوقت عندما كنت أشارك في مجالس المرحوم السيّد الحدّاد رضوان الله عليه، وكنا نرى حالته، كنا نرى واقعية لديهم.. فنحن نحسن الكلام فقط بهذه الأمور، نتكلّم ساعة أو نصف ساعة، لكن عندما يقال لنا: ما الذي استفدته من كلامك؟ نقول هذا الذي سمعناه فقط. بينما عندما كان أولئك يتكلمون كنا نحسّ بوجود حقائق وراء هذا الكلام، لا أنهم كانوا ينقلون لنا ما وجدوه في الكتب فقط! كانوا ينشئون كلامهم، وكلامهم كان إنشاءً! وكأنّهم يريدون أن يقولوا لنا حقيقة واقعيّة، فقد كنّا نرى وجود هذه الحقائق وهذه المعاني ـ بالإجمال لا بالتفصيل ـ في وجودهم وحياتهم، ما يكشف عن وجود شيء هناك، لا أنّهم كانوا يقولون شيئًا لا واقع له ولا وجود، بل كانوا يلقون أمورًا واقعيّة موجودة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهمّ صلّ على محمّد وآل محمّد</w:t>
       </w:r>
@@ -1974,88 +1975,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{EECE0F90-87BC-4D37-B625-3870E201433C}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{31ACF299-A262-4CF3-BBEF-3F509C043B31}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{4CF86F02-3100-4639-8D1D-3313D1E385C1}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{5F82FE2F-8EF4-4E3A-B808-BD1B85CC4444}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -2104,61 +2112,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="11" name="_x0000_i0011">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0011"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -2261,61 +2269,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="12" name="_x0000_i0012">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0012"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2834,51 +2842,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3657,61 +3665,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3986,63 +4069,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>