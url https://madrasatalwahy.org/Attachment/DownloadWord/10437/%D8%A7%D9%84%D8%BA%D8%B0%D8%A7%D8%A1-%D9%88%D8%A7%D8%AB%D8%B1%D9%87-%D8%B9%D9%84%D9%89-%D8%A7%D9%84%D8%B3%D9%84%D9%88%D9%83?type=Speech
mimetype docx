--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -12,54 +12,55 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
-        <w:rPr/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Besm_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم </w:t>
       </w:r>
     </w:p>
@@ -375,111 +376,111 @@
         </w:rPr>
         <w:t xml:space="preserve">كنت أشاهد ذلك الأمر في سلوك العظماء؛ فقد كان المرحوم الوالد رضوان الله عليه أو المرحوم أستاذه يكتفون بالقليل من الطعام عندما يسافرون إلى مكان ما على سبيل المثال. بالطبع فإنَّ هذا الأمر ينطبق ـ وكما ذكرت مراراً ـ على الأشخاص الذين يتمتعون بحالات صحية طبيعية، ولا يشمل بعض المصابين ببعض الابتلاءات الصحية الاستثنائية؛ فالامتناع عن تناول الطعام لمدّة ساعتين أو ثلاثة لبعض الأشخاص قد يؤدِّي إلى ضعف قواهم، فالأمر لا ينطبق على هذا الصنف من الناس، فقد يختلّ عمل جهاز الهضم وحرق الدهون وبناء الخلايا نتيجة الإصابة ببعض الأمراض، أو بسبب عدم الحركة أو لخلل في عمل الغدد وغيرها، فيُصاب أمثال هؤلاء بالضعف والوهن؛ مثل المصابين بمرض السكّري.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لقد كان المرحوم العلاّمة يُعاني من هكذا مشاكل في أواخر عمره، فكنت أُلاحظ بأنَّه لم يكن يتمكن من النهوض إذا مضت عليه ساعة دون أن يتناول شيئاً من الطعام. وتشرّفت بالذهاب معه مرة إلى زيارة حرم الإمام ليلاً، وفي طريق العودة جلس إلى جانب الطريق وقال لي: يا سيَّد محمّد محسن، لا أستطيع مواصلة السير! فقلت له: هل أصبت بالضعف؟ قال: نعم! فذهبت إلى مكان قريب وجلبت له بعض الحلوى، فتناول منها وبقي جالساً لعدة دقائق حتّى تمكّن من النهوض بعدها، وكذا الأمر فيما يتعلّق بالأمراض الخاصة بالمعدة والأمعاء والإثني عشري أو الأمراض القلبية، فجميع هذه الحالات حالات غير طبيعية لا يشملها حديثنا؛ فتلك ظروف خاصة، لا بدّ للشخص من مراعاتها، وإلاّ فسيمرض وتحصل له مشاكل صحية وسيُعاق عن الحركة كلياً، فنحن لا نتكلم عن هكذا ظروف، بل نتكلم عن كيفية تصرف الشخص الطبيعي السليم والذي يتمتع بظروف صحية طبيعية، فالإفراط والتفريط قد يفعل فعله بالإنسان.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد كان المرحوم العلاّمة رضوان الله عليه مخالفاً لموضوع تحديد النسل بدون عذر مقبول، وفي ذلك الوقت كانت إحدى السيدات تُعاني من مرض انزلاق الفقرات، وكان الأطباء قد منعوها من الحمل، لكنها لم تستمع لنصيحة الأطباء في ذلك؛ ظناً منها أن ذلك يخالف دستور العلامة، وحملت وتعرضت إثر ذلك إلى مشاكل صحية خطيرة كادت أن تؤدِّي بها إلى عواقب وخيمة. وعندما سمع المرحوم العلاّمة بذلك قال: ومتى كان كلامي ذلك موجّهاً إلى أمثالكِ؟ فكلامي لا يشمل حالتكِ، أنت التي تعانين من انزلاق في الفقرات، وإذا ما حملتِ، فإنَّ ذلك قد يؤدِّي بكِ إلى الإصابة بإمراض شديدة وخطرة، بل كان خطابي موجّهاً إلى النساء الطبيعيات اللواتي لا يُعانين من أمراض.</w:t>
+        <w:t xml:space="preserve">لقد كان المرحوم العلاّمة رضوان الله عليه مخالفاً لموضوع تحديد النسل بدون عذر مقبول، وفي ذلك الوقت كانت إحدى السيدات تُعاني من مرض انزلاق الفقرات، وكان الأطباء قد منعوها من الحمل، لكنها لم تستمع لنصيحة الأطباء في ذلك؛ ظناً منها أن ذلك يخالف دستور العلامة، وحملت وتعرضت إثر ذلك إلى مشاكل صحية خطيرة كادت أن تؤدِّي بها إلى عواقب وخيمة. وعندما سمع المرحوم العلاّمة بذلك قال: ومتى كان كلامي ذلك موجّهاً إلى أمثالكِ؟ فكلامي لا يشمل حالتكِ، أنت التي تعانين من انزلاق في الفقرات، وإذا ما حملتِ، فإنَّ ذلك قد يؤدِّي بكِ إلى الإصابة بأمراض شديدة وخطرة، بل كان خطابي موجّهاً إلى النساء الطبيعيات اللواتي لا يُعانين من أمراض.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تلك الأمور التي طُرحت من قبل العظماء في ذلك الوقت كانت تتعلق بالنساء الطبيعيات اللواتي لا يُعانين من حالة مرضيّة خاصة، أمّا اللواتي يُعانين من بعض الأمراض، فيجب أن يتم الحمل تحت إشراف أطباء متخصصين. فمتى كان ذلك التكليف الذي أمر به العظماء يشمل حالة كهذه؟ فهذا يتنافى بشكل كامل مع القواعد العقلانية للسلوك، إذ السلوك مبنيٌ على أسس وقواعد عقلانية، بل هو يعني أساساً متابعة القواعد العقلية؛ فلينظر الإنسان ليرى ما الذي يحكم به العقل والمنطق في حالة كهذه فيتّبعه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">بالطبع فإنَّه إذا ما كان الأمر يفوق قابلية الإنسان للتشخيص، فذلك أمر آخر، فيُقال عندها دع تشخيصك جانباً، واعمل بما تؤمر به؟ أمّا إن كان الأمر خارجاً عن هذا النطاق، فكيف سيتصرف الإنسان؟ </w:t>
+        <w:t xml:space="preserve">بالطبع فإنَّه إذا ما كان الأمر يفوق قابلية الإنسان للتشخيص، فذلك أمر آخر، فيُقال عندها دع تشخيصك جانباً واعمل بما تؤمر به، أمّا إن كان الأمر خارجاً عن هذا النطاق، فكيف سيتصرف الإنسان؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">علمت في إحدى الحالات التي حصلت، بأنَّ تشخيص الطبيب حين إجراء العملية الجراحية كان يقضي بضرورة استئصال الرحم، فعارض [الزوج] ذلك قائلاً: لا، بل يجب أن يبقى الرحم؛ لأنَّه في حالة استئصاله، لن تكون المرأة قادرة على الحمل، وهو يخالف ما أمر به السيِّد العلاّمة! ولقد ابتليت المرأة على إثر ذلك بمرض السرطان وماتت. [والسؤال الذي يطرح نفسه هنا هو]: متى كان أمر المرحوم العلاّمة يتعلق بحالة كهذه؟! فذلك من الإفراط. فإعمال كلّ من الإفراط والتفريط في تطبيق أوامر العظماء من قبل السالك، يعتبر عملاً خاطئاً وبعيداً عن المنطق والمعايير العقلانية. بل وحتّى بالنسبة لغير السالكين من الأشخاص العاديين، فكيف بالسالك الذي يجب عليه أن يكون دقيقاً في هكذا موارد، تلك من دقائق وظرائف الأمور التي كنت أشاهدها طوال حياة المرحوم العلاّمة.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ضرورة اهتمام الشباب بالتغذية الجيدة</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد كتب لي المرحوم العلاّمة برنامجاً غذائياً عندما قدمت إلى مدينة قم للدراسة، كان سنِّي عند قدومي إلى قم بمعية أخي الأكبر بحدود السبعة عشر عاماً، فقد كان ذلك بعد عودتي من سفر الحج. فقالت لي والدتي: كيف سيكون برنامجك الغذائي هناك؟ فقلت لها: سأتناول الخبز والبصل في الغداء والعشاء! فصعدت إلى غرفة أبي وقالت له: أتريد أن تبعث أبنك المجنون هذا إلى قم ليكون طعامه الخبز والبصل؟ فناداني المرحوم الوالد قائلاً: ما الذي سمعته عنك من والدتك؟ قلت: سألتني ماذا سيكون طعامك هناك، فقلت لها سأتناول الخبز والبصل.</w:t>
+        <w:t xml:space="preserve">لقد كتب لي المرحوم العلاّمة برنامجاً غذائياً عندما قدمت إلى مدينة قم للدراسة، كان سنِّي عند قدومي إلى قم بمعية أخي الأكبر بحدود السبعة عشر عاماً، فقد كان ذلك بعد عودتي من سفر الحج. فقالت لي والدتي: كيف سيكون برنامجك الغذائي هناك؟ فقلت لها: سأتناول الخبز والبصل في الغداء والعشاء! فصعدت إلى غرفة أبي وقالت له: أتريد أن تبعث إبنك المجنون هذا إلى قم ليكون طعامه الخبز والبصل؟ فناداني المرحوم الوالد قائلاً: ما الذي سمعته عنك من والدتك؟ قلت: سألتني ماذا سيكون طعامك هناك، فقلت لها سأتناول الخبز والبصل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وكان المرحوم الوالد قد نقل حكاية عن عمه المرحوم آية الله السيِّد محمّد تقي الذي كان يُصلِّي في مسجد عمّار بن ياسر في منطقة الجسر الخشبي في طهران. وكان أحد الأشخاص من المترددين على مسجد القائم من أصدقاء جدِّي قد ذهب لزيارة عمّي في المدرسة الفيضية في إحدى ليالي الشتاء؛ فقال له عمي: إنَّي لست جائعاً الآن، لكن متى ما جعتَ أنت فأخبرني؛ فقال الرجل: أكمل مطالعتك، ومتى ما انتهيت منها، سنتناول العشاء، فقال: حسناً. يقول الرجل: ولقد كنت أتصوّر بأنَّه قد أعدَّ لي مائدة من اللحم المشوي والمرق والحلوى و ... وعندما انتهى من المطالعة، نهض فمدّ سماطاً واستخرج خبزاً من كيس كان هناك فوضعه على السماط، ثم أدخل يده في صندوق كارتوني موضوع فوق أحد الرفوف فاستخرج منه رأس بصل، وبدون أن يُقشّره، وضعه على السماط وضربه بيده ففلقه، وقال: تفضل كُل على اسم الله. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فلما كنت قد سمعت هذه الحكاية من والدي، قلت فليكن برنامجي الغذائي على هذا النحو! قال لي الوالد: أنت الآن في السابعة عشرة من عمرك، ثم إنَّ ما فعله ذلك الشخص كان لليلة واحدة، وكان ذلك الطعام يتلاءم مع مزاجه. ولما كنت أعاني في تلك الفترة من مرض في المعدة وكنت أراجع الطبيب في حينها، لذا فقد أعدَّ لي برنامجاً غذائياً في أيام الأسبوع؛ ففي يوم الأحد سيكون غذائك هكذا ويوم الاثنين كذا وهكذا إلى نهاية الأسبوع. وكنت أتجاوز هذا البرنامج أحياناً، لكي أتمكن من تقليل ساعات النوم، فانكشف أمري لديه، إذ أخبره البعض بذلك؛ فعمد إلى إيجاب ذلك عليّ، وقال: حرام عليك تخطّي هذا البرنامج، فرأيت أنَّ المسألة جادة ولا يمكنني أن أتخطى ذلك البرنامج. لقد كنت أكتفي بتناول قدح من الحليب أو اللبن في الليل، لكي أتمكن من البقاء يقظاً، حيث كنت أنام لمدة ثلاثة ساعات إلى ثلاثة ساعات ونصف في اليوم والليلة. </w:t>
       </w:r>
@@ -507,51 +508,51 @@
         </w:rPr>
         <w:t xml:space="preserve">أنا أُوصي بذلك الأصدقاء وعلى وجه الخصوص الشباب واليافعين والذين هم في مرحلة النمو والرُشد؛ فقد تراود الإنسان بعض الأفكار والأوهام والتخيلات ويتصوّر الإنسان بأنَّه يقوم بعمل جيد، وسيخطو إثر ذلك خطوة إلى الأمام، دون أن يعلم ما الذي يترتب على فعله هذا من عواقب وتبعات وما سيتبع ذلك من ابتلاءات.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم الحدّاد رضوان الله عليه قد قال للعبد: لا ترتكب خطأً بسبب التفريط والإهمال في موضوع التغذية يجعل منك مركباً لبدنك إلى آخر عمرك، ويتخذ منك البدن واسطةً يركب عليها، وهكذا صار الأمر. كانت تلك هي البرامج والتوصيات التي أوصى بها العظماء، ولكنَّني لم أستمع إليها، ولم أعطها الأهميّة اللازمة، لذا استوجب عليّ الآن أن أراعي الاحتياطات اللازمة وما شابه ذلك.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لقد كان ذلك في الوقت الذي كان فيه المرحوم الحدّاد يعيش ظروفاً مختلفة وكان يتمتع بصحة جيدة؛ ومع أنَّ صحة المرحوم الوالد كانت جيدة كذلك، إلاّ أنَّه لم يكن ليصل إلى حال المرحوم الحدّاد، حيث يقول: كان المرحوم الحدّاد يتناول الخبز وورق الفجل في وجبة السحور، أمّا أنا فلم أكن أستطيع الصيام بهذه الكيفية، فكنت أتناول الخبز والفجل معه، ثم يعود إلى المنزل لتناول ما كانت تعدّه الوالدة من طعام ليكون بمثابة سحوره الأساسي، فكان يقول اجلبوا لي طعام السحور، فقد تناولت الخبز والفجل هناك، ولكنَّ ذلك الطعام لا يلاءم حالي، بل يلاءم حال السيِّد الحداد، فلا أعلم لي كيف كان ذلك الطعام يقيته، أمّا أنا فلا يلائمني ذلك. أتلاحظون؟</w:t>
+        <w:t xml:space="preserve">لقد كان ذلك في الوقت الذي كان فيه المرحوم الحدّاد يعيش ظروفاً مختلفة وكان يتمتع بصحة جيدة؛ ومع أنَّ صحة المرحوم الوالد كانت جيدة كذلك، إلاّ أنَّه لم يكن ليصل إلى حال المرحوم الحدّاد، حيث يقول: كان المرحوم الحدّاد يتناول الخبز وورق الفجل في وجبة السحور، أمّا أنا فلم أكن أستطيع الصيام بهذه الكيفية، فكنت أتناول الخبز والفجل معه، ثم يعود إلى المنزل لتناول ما كانت تعدّه الوالدة من طعام ليكون بمثابة سحوره الأساسي، فكان يقول اجلبوا لي طعام السحور، فقد تناولت الخبز والفجل هناك، ولكنَّ ذلك الطعام لا يلاءم حالي، بل يلاءم حال السيِّد الحداد، فلا أعلم كيف كان ذلك الطعام يقيته، أمّا أنا فلا يلائمني ذلك. أتلاحظون؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا في الوقت الذي كان لكل منهما سيره وحركته، وكان كل منهما يطوي طريقه، غير أنَّ أحدهما كان يطوي طريقه بواسطة هذا النوع من الطعام، بينما لا يتمكن الآخر من ذلك، فقد قدّر الله لكل شخص سعة وقدرة واستعداداً وخصوصيّة معيّنة؛ فلا يمكن أن يكون الجميع على نمط واحد، فالطفل ذي الخمس سنوات يجب أن يأكل باستمرار، وإلاّ لتوقف عن النمو، أمّا ذو العشرين أو الخمسة والعشرين أو الثلاثين عاماً فسيكون أمره مختلفاً، ولا بدّ من تحديد كمية الطعام بالنسبة له.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فالطفل حديث الولادة يحتاج إلى الحليب كلّ ساعةٍ أو ساعتين، وإلاّ لن يدوم بقاؤه، وهكذا كلّ شخص وما يتناسب مع ظروفه الخاصة به، فبناءً على هذا فالأسس والقواعد التي يطرحها العظماء تكون موجّهة للذين يعيشون حياة طبيعية.</w:t>
       </w:r>
@@ -660,123 +661,123 @@
         </w:rPr>
         <w:t xml:space="preserve">، فلا بأس بالإتيان به، ويستطيع كلّ من يريد أن يشتغل بأي ذكر شاء.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">كان المرحوم الوالد قد أعطى أحد الأشخاص في زمان حياته برنامجاً سلوكياً، وعندما نقلت إليه ذلك البرنامج قال: ما الذي سيحصل لو كان حال الشخص مُساعداً ويستطيع أن يأتي به بأكثر مما جاء فيه؟ قلت له: لا شيء، ليفعل ما يحلو له [على نحو التحذير والتهديد]، وسيحصل له ما يحصل! فلم يستمع ذلك الشخص لكلامي هذا. فإن كان المرحوم الوالد قد قال له ردّد هذا الذكر أو الورد كذا مرة، كان يقول: ما دام حالي مُساعداً، فلأكرر ذلك بمقدار الضعف أو الضعفين. ولقد نال جزاء عمله هذا! يا عزيزي يجب عليك الإصغاء لما يُقال لك؛ لأنَّ الذي أعطاك البرنامج له اطلاع أكثر منك بهذا الأمر، وإلاّ كان بإمكانه أن يقول لك كرِّر ذلك ألف مرة، فلماذا يقول لك كرِّره ثلاثمائة مرة فقط، أو مائتي مرة، أو أربعمائة مرة أو مائة مرة؟ فهل يريد مضرّتك أو يريد لك النقصان ولا يريد لك الخير؟ كلاّ! ولكن لكل ظرف حسابه الخاص به، فعندما أمتلك اليوم هذه المقومات وهذا الاستعداد وهذه القدرة الخاصة بي، يُقال لي: عليك ألاّ تحمل ثقلاً يزيد على الثلاثة كيلوغرامات، وإلاّ فسيؤدي ذلك إلى حصول جهد إضافي على قلبك؛ لكنك إن قلت: هذا ما يقولونه هم، [أمّا أنا، فإنَّني أرى في نفسي القدرة] لأحمل عشرين كيلوغراماً على سبيل المثال، فسيؤدِّي ذلك إلى سقوطك في وسط الطريق! نعم، يُقال لذلك الذي يمتلك الاستعداد: تستطيع أنت أن ترفع مائة كيلوغراماً، دون أن يلحق بك الضرر! وليس ثلاثة أو عدة كيلوغرامات فقط، بل تستطيع أن ترفع مائة كيلوغراماً؛ لأنَّ لك القدرة على ذلك، ولأنَّه قد طُلب منك فعله إذاً فتلك البرامج تتعلق بحالات خاصة. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لكني أسمع في بعض الأحيان عن حصول البعض من هذه القضايا، أو أنَّني أُسأل أحياناً من قبل بعض الأصدقاء عن ذلك، [وأنا أقول هنا] لا يستطيع الإنسان بأيّ وجه من الوجوه أن يُقدِم على الإتيان بهذه الأعمال من تلقاء نفسه، وأنا أتذكر بأنَّ المرحوم الوالد كان من النادر أن يُعطي هكذا برنامج لأحد في أيام حياته، لا أدري هل تجاوز عدد من أعطاهم ذلك البرنامج الثلاثة أو الأربعة أشخاص، أو لعلّي لم أكن أعلم بذلك، فما أعلمه ـ بحسب ارتباطي بالمرحوم العلامة ـ هو أنَّ العدد قدلم يتجاوز الاثنين أو الثلاثة أو الأربعة أشخاص، وكان ذلك يتضمن حالات خاصة فقط. وكنت أُلاحظه هو يقوم أحياناً بهكذا أعمال وفقاً لظروفه الخاصة، ولم يكن ذلك بشكل دائم، بل نادراً ما يحصل ذلك في مقاطع زمنية معينة، وبالتأكيد فقد كان لزاماً عليه أن يفعل ذلك، فقد كان وضعه في ذلك الزمان يقتضي قيامه بهذا العمل، ولقد كان واضحاً بأنَّ كلّ ذلك كان يجري بأمر وإشراف الولي الكامل والعارف الواصل.</w:t>
+        <w:t xml:space="preserve">لكني أسمع في بعض الأحيان عن حصول البعض من هذه القضايا، أو أنَّني أُسأل أحياناً من قبل بعض الأصدقاء عن ذلك، [وأنا أقول هنا] لا يستطيع الإنسان بأيّ وجه من الوجوه أن يُقدِم على الإتيان بهذه الأعمال من تلقاء نفسه، وأنا أتذكر بأنَّ المرحوم الوالد كان من النادر أن يُعطي هكذا برنامج لأحد في أيام حياته، لا أدري هل تجاوز عدد من أعطاهم ذلك البرنامج الثلاثة أو الأربعة أشخاص، أو لعلّي لم أكن أعلم بذلك، فما أعلمه ـ بحسب ارتباطي بالمرحوم العلامة ـ هو أنَّ العدد قدلا يتجاوز الاثنين أو الثلاثة أو الأربعة أشخاص، وكان ذلك يتضمن حالات خاصة فقط. وكنت أُلاحظه هو يقوم أحياناً بهكذا أعمال وفقاً لظروفه الخاصة، ولم يكن ذلك بشكل دائم، بل نادراً ما يحصل ذلك في مقاطع زمنية معينة، وبالتأكيد فقد كان لزاماً عليه أن يفعل ذلك، فقد كان وضعه في ذلك الزمان يقتضي قيامه بهذا العمل، ولقد كان واضحاً بأنَّ كلّ ذلك كان يجري بأمر وإشراف الولي الكامل والعارف الواصل.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا فيما يتعلق بالتغذية، فكيف بالأمور الأخرى التي سنتحدَّث عنها إن حالفنا التوفيق في المجالس القادمة إن شاء الله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فبناءً على هذا لا يكون من الصواب أن يشرع الإنسان بالأكل منذ نهوضه من النوم صباحاً، بل عليه أن يصبر [بعد تناول الفطور] إلى الظهر، إلاّ إذا اضطرّته الحاجة لتناول طعام خفيف لتلافي حصول الضعف لديه. ويجب القضاء على تلك العادة [الأكل بين الوجبات]؛ لأنَّها لا تسمح بحصول حالة الجوع والاشتهاء الواقعي لتناول الطعام، بل تجعله دائم الاشتغال بالأكل، كما تجعل فكره مشغولاً بهذا الأمر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">والأمر الآخر الذي يجب الالتفات إليه هو: أن لاّ يسير الإنسان في الاتجاه المضاد؛ أي لا يتبع برنامجاً غذائياً قاسياً يسبب له مشاكل في المعدة والجهاز الهضمي، أو يؤدي إلى الابتلاء ببعض الأمراض. إنَّ ما شاهدته في طول مصاحبتي للعظماء هو مراعاة الحالات الصحية الخاصة للأفراد، فلم يكن لبرامجهم التي يوصون بها طابع العمومية في أي وقت من الأوقات؛ نعم بالنسبة للأشخاص الذين يتمتعون بنفس المواصفات وهم في سطح واحد كانت برامج عامة وبكيفية واحدة. أمّا الذين يتّبعون نظاماً غذائياً خاصاً، فقد كان المرحوم العلاّمة وبقية العظماء يتعاملون معهم بشكل خاص.</w:t>
+        <w:t xml:space="preserve">والأمر الآخر الذي يجب الالتفات إليه هو: أن لا يسير الإنسان في الاتجاه المضاد؛ أي لا يتبع برنامجاً غذائياً قاسياً يسبب له مشاكل في المعدة والجهاز الهضمي، أو يؤدي إلى الابتلاء ببعض الأمراض. إنَّ ما شاهدته في طول مصاحبتي للعظماء هو مراعاة الحالات الصحية الخاصة للأفراد، فلم يكن لبرامجهم التي يوصون بها طابع العمومية في أي وقت من الأوقات؛ نعم بالنسبة للأشخاص الذين يتمتعون بنفس المواصفات وهم في سطح واحد كانت برامج عامة وبكيفية واحدة. أمّا الذين يتّبعون نظاماً غذائياً خاصاً، فقد كان المرحوم العلاّمة وبقية العظماء يتعاملون معهم بشكل خاص.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا كانوا يوصون ـ وبشكل عام ـ الأشخاص المقتدرين على الصيام، صيام ثلاثة أيام في الشهر، والأشخاص الأكثر اقتداراً على الصيام يومين أو ثلاثة أيام في الأسبوع، أو أن يصوم يوماً ويفطر يوم، أو يفطر يومين ويصوم يوم، مع مراعاة الشروط اللازمة لتحقيق المطلوب؛ فلا يكثر من الأكل في السحور أو الإفطار، بل يجب أن يكون بالمقدار الذي يجعل الصوم يُعطي ثماره، فليس المطلوب مجرد الصوم، فلا فائدة من الصوم الذي يملأ فيه الصائم معدته [في السحور] بحيث لا يحصل له الاشتهاء لتناول الطعام حتّى موقع الإفطار، وإلا فلن يكون لهكذا صوم أي نتيجة أو تأثير يُذكر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ السبب الكامن وراء هكذا توصية هو: لكي لا تمنع المشاغل اليومية الشخص من الوصول إلى الهدف المقصود. فلا بدّ من إيجاد فرص بين الفواصل الزمنية تعمل على عدم الابتعاد كثيراً عن الهدف المطلوب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">كان الحديث يدور حول ضرورة تحقق الاشتهاء قبل تناول الطعام، فالمعيار العام للسالك في هذا المجال هو مراعاة مسألة حصول الاشتهاء للطعام، لا أن ينظر لما موجود أمامه ويقدم على تناوله ويشتهيه فإن رأى برتقال فإنه يشتهيه أو رأى تفاحاً فإنه يشتهيه أو رأى المكسرات والحلوى فيحصل عنده الرغبة في تناولها، فإن هذا يجرّ الإنسان إلى تلك الأمور التي هي زائدة عن حاجته الأصليّة، وهذا مما يحرمه من تحقّق أصل القضية التي يجب أن يكون بصدد الوصول إليها.</w:t>
+        <w:t xml:space="preserve">كان الحديث يدور حول ضرورة تحقق الاشتهاء قبل تناول الطعام، فالمعيار العام للسالك في هذا المجال هو مراعاة مسألة حصول الاشتهاء للطعام، لا أن ينظر لما هو موجود أمامه ويقدم على تناوله ويشتهيه فإن رأى برتقال فإنه يشتهيه أو رأى تفاحاً فإنه يشتهيه أو رأى المكسرات والحلوى فيحصل عنده الرغبة في تناولها، فإن هذا يجرّ الإنسان إلى تلك الأمور التي هي زائدة عن حاجته الأصليّة، وهذا مما يحرمه من تحقّق أصل القضية التي يجب أن يكون بصدد الوصول إليها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">فخلاصة كلام الإمام الصادق عليه السلام هي: عليك أن تتناول ما هو مفيد لك، ولا تلتفت إلى زخارف الدنيا، فذلك مما يُسبب الحماقة والبَلَه، فهذا هو معنى الحماقة؛ فالحماقة هي إتعاب الفكر، وإذا تعِبَ الفكر، لن يستطيع عندها تلقي الجذبات والنفحات والواردات التي تأتي من الجانب الربوبي. بل يصل الإنسان نهاره بليله، وليله بنهاره بذهنٍ مُتعَب؛ فلا تكون له القابلية على تلقي تلك الجذبات لا في نهاره ولا ليله.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title1_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">تناول العشاء الخفيف في أول الليل يوجب خفة البدن</w:t>
       </w:r>
@@ -792,51 +793,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> لذا يجب على الإنسان أن يُتابع المنهج الذي يتبنّاه العظماء في كيفية التغذية في الليل، فلم يكن العظماء يتناولون الأطعمة الدّسمة في المساء، بل طعامهم في الليل كان خفيفاً، ولم يكونوا يتأخّرون في تناول طعامهم إلى وقت متأخر من الليل، وهذا هو عين ما يقوله الآن [المتخصصون في هذا المجال]؛ فهم يقولون بوجوب تناول طعام العشاء بعد الغروب مباشرةً، ويجب أن يكون مقدار الطعام قليلاً، وألاّ يتأخر موعده عن ساعة بعد غروب الشمس. فذلك مما يُسبب الثقل على الجسم، إذ نظام الجسم من ناحية السلامة الصحية في الليل غيره في النهار؛ فلا ينبغي والحال هذه أن يقوم الإنسان بتحميل جسمه ما يفوق الطاقة التي قرّرها الله له في الليل، فلا بدّ من مراعاة هذه المسائل؛ فإن مضى من الليل ساعة، يجب أن يكون قد تناول طعامه، حيث تتم التوصية من قبل [المتخصصين في هذا المجال] هذه الأيام بألاّ تقلَّ الفاصلة الزمنية بين تناول طعام العشاء والنوم عن الثلاث ساعات؛ وذلك لكي لا يحصل تحميل على الجسم بما يزيد عن طاقته، ولكي يستطيع جهاز الهضم من أداء مهامه، فلا يتبدّل ذلك الغذاء إلى سمٍّ يتعب البدن، فلا يجب أن تؤدِّي هذه الحالة إلى تحوّل ذلك الطعام الذي يُفترض أن يكون تناوله بهدف إمداد الجسم بالطاقة والقوة، إلى سمٍّ يتم خزنه في الكبد ويؤدِّي فيما بعد إلى حصول أمراض وحالات لا تُحمد عقباها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">هذا ما كنت أشاهده من سيرة وتصرّف العظماء، وبالخصوص ما كنت أشاهده من المرحوم السيِّد الحدّاد رضوان الله عليه في ذلك الوقت الذي كنت فيه بكربلاء؛ فقد كانوا يجلبون طعام العشاء بعد ساعة ونصف أو ساعتين من الغروب، وكان طعاماً خفيفاً على المعدة، حيث كنّا نتشرّف بعد ذلك بزيارة الحرم، ثم نعود بعدها لننام. كما كان يحصل أحياناً أن يكون تناولنا لطعام العشاء بعد عودتنا من زيارة الحرم، ولكنَّ الطعام كان من النوع سريع الهضم. وكانوا ينامون لمدة ساعتين من الزمان ثم ينهضون ويأخذون بالحديث مع بعضهم، لم يكونوا متثاقلين. فكيف تتصوّر شخصاً قد تناول طعاماً دسماً في الليل؟ هل يستطيع هذا الشخص أن ينهض ثلاث مرات في الليل؟ كيف يمكن له أن يُقسّم صلاته في الليل إلى ثلاثة أقسام. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">عندما أذكر هذا الأمر اليوم، فقد يبعث على إثارة التعجّب في نفوس بعض الإخوة، فيتساءلون: إن كان الشخص ينهض ثلاث مرات في الليل، فمتى سينام إذاً؟! فهل يُعدَّ ذلك نوماً؟! ولكن هذا هو واقع الأمر، فقد كانوا يفعلون ذلك، كما أنَّهم أعطوا هكذا برنامج للآخرين. كانوا ينهضون في الليل وينفذّون البرنامج، وكلّما كنت أستيقظ في الليل أجدهم يتحدّثون إلى بعضهم وبنشاط وحيوية! وكأنه لم يكن هنالك ليل، بل كأنَّهم يتحدّثون في النهار، في الساعة العاشرة أو الحادية عشر صباحاً!</w:t>
+        <w:t xml:space="preserve">عندما أذكر هذا الأمر اليوم، فقد يبعث على إثارة التعجّب في نفوس بعض الإخوة، فيتساءلون: إن كان الشخص ينهض ثلاث مرات في الليل، فمتى سينام إذاً؟! فهل يُعدُّ ذلك نوماً؟! ولكن هذا هو واقع الأمر، فقد كانوا يفعلون ذلك، كما أنَّهم أعطوا هكذا برنامج للآخرين. كانوا ينهضون في الليل وينفذّون البرنامج، وكلّما كنت أستيقظ في الليل أجدهم يتحدّثون إلى بعضهم وبنشاط وحيوية! وكأنه لم يكن هنالك ليل، بل كأنَّهم يتحدّثون في النهار، في الساعة العاشرة أو الحادية عشر صباحاً!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">وهكذا كانت سيرة الأئمة عليهم السلام، كما جاء في التواريخ، فقد كانوا يتناولون طعام العشاء في أول الليل وبعد غروب الشمس. وكان رسول الله صلى الله عليه وآله ينهض ثلاث مرات في الليل من فراشه لأداء صلاة الليل، فهل يمكن لشخص يكون قد نام بمعدة ممتلئة بالطعام أن ينهض؟! فحتى لو رنّ جرس المنبّه، لما نهض من فراشه! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">يقول المرحوم العلاّمة: جرى الحديث مع أحد العظماء من تلامذة المرحوم القاضي [حول هذا الموضوع]، فقال: يجب أن تنهض قبل الآذان بمدة لا تقل عن الساعتين لأداء صلاة الليل، فقلت: حسناً، سأقوم بضبط المنبّه لهذا الغرض؛ فقال: وهل تحتاج إلى المنبّه للاستيقاظ من النوم؟!</w:t>
       </w:r>
@@ -1084,51 +1085,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ألا يُعتبر هذا استخفافاً بعناية الله وكرمه؟ فهل أنت نفس ذلك الشخص الذي ابتُلي بهذا البلاء؟! فإذا انتشر مرض وبائي بين الناس، لماذا لا تقول دعني أمرض كما مرِض الناس؟! بل تُسارع إلى أخذ لقاح ضد ذلك المرض، لماذا لا تقول عندها: ها قد أُصيب جاري بالمرض ومات، كما أُصيب جاري الآخر كذلك، فليحصل ما يحصل! هل كنت ستفعل ذلك؟! أم أنَّك ستضع قدح الماء الذي بيدك على الأرض وتُسارع إلى التلقيح ضد المرض، أو أخذ العلاج المضاد له. فلماذا لا تنطق بذلك الكلام في هكذا مورد؟ ولماذا لا تقول عند خروجك من منزلك إلى محل العمل: بأنَّ فلاناً قد ذهب هذا اليوم إلى السوق وخسِر، فلن أذهب أنا! أكنت ستفعل ذلك؟! أم أنك ستقول لأذهب إلى عملي، فهو الذي خسِر، فما علاقتي أنا بهذا الموضوع؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">ما هو مصدر هذه الأمور؟ إنَّها من وساوس الشيطان، فالشيطان واقف متربّص، في هكذا موارد لا ينتظر الإنسان الأمر من الشيطان ليقول له اذهب أو لا تذهب! بل عندما يشعر الإنسان بضرورة التلقيح ضد المرض، فلن ينتظر الإذن بذلك من جبرائيل ولا من غيره، ولن ينتظر أمراً يأتيه في المنام، ولن ينتظر أمر ولي الله له: اذهب وقم بالتلقيح ضد المرض! فلماذا لا تسأل ولي الله، أو لماذا لا تنتظر ما سيُلقى عليك في المنام أو ما سيأمرك به جبرائيل وميكائيل وعزرائيل، في مثل هذه الأحوال؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">لأنَّك تجد بنفسك ضرورة هذا الأمر، فلا يسمح لك ذلك بالتأخير وانتظار الأمر من جهة ما. ولكنَّنا، ولعدم امتلاكنا الأيمان بعد، ولكوننا لا نريد أن نؤمن بالله وبهذا المسير، يحصل لنا اليأس، ثم تأتي تلك الحالات التي شاهدناها من الآخرين لتساعد حال اليأس الذي نحن عليه، فترانا نتشبث بهذه المواقف ونقول: كان لفلان من الناس حالات معنوية، وإذا به يترك هذا الطريق!</w:t>
+        <w:t xml:space="preserve">لأنَّك تجد بنفسك ضرورة هذا الأمر، فلا يسمح لك ذلك بالتأخير وانتظار الأمر من جهة ما. ولكنَّنا، ولعدم امتلاكنا الإيمان بعد، ولكوننا لا نريد أن نؤمن بالله وبهذا المسير، يحصل لنا اليأس، ثم تأتي تلك الحالات التي شاهدناها من الآخرين لتساعد حال اليأس الذي نحن عليه، فترانا نتشبث بهذه المواقف ونقول: كان لفلان من الناس حالات معنوية، وإذا به يترك هذا الطريق!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن كان فلان قد ذهب، فليذهب، فأنت لست بفلان، فهويتك الشخصية تختلف عنه؛ كما أنَّ اسمك واسم عائلتك واسم أبيك وأمك يختلفون عما هو عليه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إن كنت قد تسلقت جبلاً برفقة شخص آخر، وقام هذا الشخص بإلقاء نفسه من أعلى الجبل، هل كنت ستلقي بنفسك من الجبل أيضاً؟ أم كنت ستصف هذا الشخص بأنَّه مجنون؟ وتقول لماذا أُلقي بنفسي، فأنا لست مجنوناً؟ وبما أنك أدركت أهمية الأمر، فأنت تقول هنا بأنَّه مجنون، ولماذا أكون مثله؟ فهذه القضية تشبه تلك، بل هي نفس القضية.</w:t>
       </w:r>
@@ -1144,51 +1145,51 @@
         </w:rPr>
         <w:t xml:space="preserve">عندما يُشاهد الإنسان هكذا حالات، فلماذا تجلب اهتمامه؟ لماذا لا تجلب اهتمامه تلك البشارة التي بَشّر بها الأولياء، وذلك الوعد الذي وعد به العظماء؟ لماذا لا ينصبّ اهتمام الإنسان على موضوع حركتهم ووصولهم ودعوتهم للآخرين لطيّ هذا الطريق؟ أكانوا يهدفون إلى إلهاء وإشغال الآخرين بدعوتهم تلك؟ ما الذي سيجنونه من ذلك؟ ما الذي جناه المرحوم العلاّمة من تأليف كتاب الروح المجرّد؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">قلت للمرحوم العلاّمة يوماً: لقد سمّيتُ كتابكم هذا "لائحة السلوك"، فضحك وقال: هذا الاسم ليس بعيداً عما يتضمّنه الكتاب! لنرى ما الذي جناه المرحوم العلاّمة من تأليفه لهذا الكتاب في واقع الحال؟ وما الفائدة التي عادت عليه من ذلك؟ لقد كان له أستاذ، وكان يطوي الطريق تحت إشراف أستاذه، وقد وصل إلى مقصده وهو مستمر في عروجه، لقد ألّف هذا الكتاب قبل وفاته بثلاث سنوات لي ولكم، أتلاحظون؟ كان يريد أن يقول لنا: لقد ذهبنا ووصلنا، فتفضلوا خذوا هذا الكتاب، ستجدون فيه ما تحتاجون من برنامج وتعليمات؛ فلا تقولوا يوم القيامة بأنَّني لم أدلّكم على الطريق! ولا تقولوا بأنَّني أكلت من تلك المائدة وحدي! ولا تقولوا: لقد حرمتنا من تلك المائدة! فقد مددت هذه المائدة للجميع. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">ما دام الأمر كذلك، فلا ينبغي للإنسان أن يدع اليأس يستولي عليه، ويقطع أمله من رحمة الله. بل عليه أن يعلم بأنَّ رحمة الله هي الغالبة، وأنها وسعت كلّ شيء، غير أنَّنا نسدُّ الطريق على أنفسنا بأيدينا، فعندما يطرق سمعك أمر ما، فبدلاً من أن تؤمن به وتتقبّله، تذهب إلى فلان وتقول له وبشكل ما بأنَّ هذه القضية كاذبة لا صحة لها! فأنت بعملك هذا تقوم بسدّ الطريق على نفسك بنفسك. فلا تقل والحال هذه: إنَّ فلاناً كان تلميذاً عند المرحوم العلاّمة كلّ تلك المدة ثم [ترك]، وفلان كان هكذا ثم حصل له ما حصل! فأنت بعملك هذا تسدَّ طريقك بيدك وبلسانك وبطريقة تفكيرك تلك. إن كان وضع فلان قد انتهى إلى هذا الحال، فقد قيل لفلان في ذلك الوقت نفس هذا الكلام، ولم يعتنِ به، ولو كان قد اعتنى به وأخذه مأخذ الجد، لما وصل حاله إلى ما وصل إليه؟ فأيّ شكوىً، وأيّ يأسٍ، وأي قطع أملٍ، وأيّ حرمانٍ، وأيّ فقرٍ ومسكنةٍ تلك التي يُبتلى بها الإنسان؟ ثم يلقي اللوم والتقصير على الله والملائكة وعالم المدبرات، ويقول: لقد آل مصير فلان إلى ذلك الحال، ولعلي سأكون مثله!</w:t>
+        <w:t xml:space="preserve">ما دام الأمر كذلك، فلا ينبغي للإنسان أن يدع اليأس يستولي عليه، ويقطع أمله من رحمة الله. بل عليه أن يعلم بأنَّ رحمة الله هي الغالبة، وأنها وسعت كلّ شيء، غير أنَّنا نسدُّ الطريق على أنفسنا بأيدينا، فعندما يطرق سمعك أمر ما، فبدلاً من أن تؤمن به وتتقبّله، تذهب إلى فلان وتقول له وبشكل ما بأنَّ هذه القضية كاذبة لا صحة لها! فأنت بعملك هذا تقوم بسدّ الطريق على نفسك بنفسك. فلا تقل والحال هذه: إنَّ فلاناً كان تلميذاً عند المرحوم العلاّمة كلّ تلك المدة ثم [ترك]، وفلان كان هكذا ثم حصل له ما حصل! فأنت بعملك هذا تسدُّ طريقك بيدك وبلسانك وبطريقة تفكيرك تلك. إن كان وضع فلان قد انتهى إلى هذا الحال، فقد قيل لفلان في ذلك الوقت نفس هذا الكلام، ولم يعتنِ به، ولو كان قد اعتنى به وأخذه مأخذ الجد، لما وصل حاله إلى ما وصل إليه؟ فأيّ شكوىً، وأيّ يأسٍ، وأي قطع أملٍ، وأيّ حرمانٍ، وأيّ فقرٍ ومسكنةٍ تلك التي يُبتلى بها الإنسان؟ ثم يلقي اللوم والتقصير على الله والملائكة وعالم المدبرات، ويقول: لقد آل مصير فلان إلى ذلك الحال، ولعلي سأكون مثله!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">إنَّ ما حصل لم يحصل عن طريق الصدفة، فلماذا تُحمِّل الله السبب في ذلك؟ فقد قيل لك لا ترتكب معصية، ولكنَّك ارتكبت تلك الجناية؛ فلا بدّ لك من أن تحصد نتيجتها! فلماذا تُلقي باللوم على الله والملائكة؟ لقد قيل لك: لا تفعل ذلك العمل!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ContentNormal_MS_V1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">استشارني أحد الأشخاص بقضية، فقلت له: لا أراها في صالحك، ولدّي قلق من هذه الناحية! فلم يستمع إلى النصيحة، وحصل له بلاء. ثم جاءني وقال: لقد قمت بذلك العمل، وحصل كذا، فما العمل الآن؟ قلت له: ليس لدي ما أقوله، فلقد عملتَ على اقتلاع عينك من محلّها وعميت، فما الذي أستطيع فعله والحال هذه، فأنا لا أستطيع أن أعيدها إلى مكانها، وقد قلت لك منذ البداية: لا تفعل ذلك! لا شك بأنَّ الله سيفتح أبواب أخرى، ولكن كان عليك ألاّ تفعل ذلك من البداية. فليس الأمر بالشكل الذي يمكن للإنسان أن يفعل ما يحلو له، ثم يتوقع بعدها أن لا يبتلى بشيء، بل تبقى أموره على ما هي عليه؛ كلاّ، لا يكون الأمر على هذه الشاكلة، بل سيترتّب على ما يفعله المرء تبعات أخرى قد لا تزول إلاّ بصعوبة، فقد جعل الله لهذا العالم نظاماً دقيقاً يسير بموجبه، فلا عشوائية في هذا العالم. نعم، لو قيل لك افعل هذا الأمر، وفعلته ثم ابتليت ببلاء جرّاء ذلك، فلك حينئذٍ أن تعتب وتقول: لقد فعلت ما قيل لي وابتليت بهذا البلاء.</w:t>
       </w:r>
@@ -1489,88 +1490,95 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{A6629692-DCD8-44C3-ACE6-FA841A3DCA6B}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{648E54D3-1ECC-454D-ADE4-B96DE30591C0}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{F48D0033-6F77-4B2E-BE20-2D717162A07E}"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{DBBF5AD5-C13D-4366-A64B-BB2F270E74B2}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DecoType Naskh">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KFGQPC Uthmanic Script HAFS">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="KFGQPC Uthman Taha Naskh">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002001" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 light">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="courier new">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1619,61 +1627,61 @@
         <w:tcPr>
           <w:tcW w:w="3671" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4513"/>
             </w:tabs>
             <w:ind w:firstLine="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="514350" cy="281178"/>
                 <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                <wp:docPr id="19" name="_x0000_i0019">
+                <wp:docPr id="1" name="_x0000_i0001">
                   <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic>
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic>
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="_x0000_i0019"/>
+                        <pic:cNvPr id="0" name="_x0000_i0001"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="519493" cy="283989"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
@@ -1776,61 +1784,61 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="cs"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="2329511" cy="456584"/>
           <wp:effectExtent l="0" t="0" r="0" b="635"/>
-          <wp:docPr id="20" name="_x0000_i0020">
+          <wp:docPr id="2" name="_x0000_i0002">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0020"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2329511" cy="456584"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p>
@@ -2469,51 +2477,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="等线" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3292,61 +3300,136 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="763E18" w:themeColor="accent2" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title6_MS_V1">
     <w:name w:val="Title6_MS_V1"/>
     <w:basedOn w:val="Title5_MS_V1"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="009D2710"/>
     <w:pPr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00A87DBB"/>
     <w:rPr>
       <w:color w:val="D0CFCF" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Dua_MS_V1">
+    <w:name w:val="Dua_MS_V1"/>
+    <w:basedOn w:val="ContentNormal_MS_V1"/>
+    <w:rsid w:val="007F43B2"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="KFGQPC Uthman Taha Naskh"/>
+      <w:color w:val="002060"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="352807355">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="581642014">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="930966149">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1428042281">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1983384035">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madrasatalwahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file://D:\Downloads%20E\ArabicBaseStyles.dotx" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3621,63 +3704,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Sadek</dc:creator>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>6</cp:revision>
+  <cp:lastModifiedBy>Sadek</cp:lastModifiedBy>
+  <cp:revision>2</cp:revision>
   <cp:lastPrinted>2022-08-05T18:59:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-07-24T09:39:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-07-29T14:49:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2025-03-24T01:51:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ArabicBaseStyles.dotx</Template>
-  <TotalTime>11</TotalTime>
+  <TotalTime>0</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>